--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -208,486 +208,486 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environnement et construction à Delphes. Observations préliminaires (2022)</w:t>
+                <w:t xml:space="preserve">La pierre à Delphes : matériaux et carrières (2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Gorini</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marilou De Vals</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/baefe.10069⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environnement et construction à Delphes. Observations préliminaires (2022)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Gorini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/baefe.10054⟩</w:t>
-[...33 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Isabelle Moretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Amélie Perrier</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Piccardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marilou De Vals</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Valérie Plagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/baefe.10069⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/baefe.10054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05497419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pierre à Delphes : matériaux et carrières (2021)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilou De Vals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Moretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04939725v1</w:t>
-[...35 lines deleted...]
-                <w:t xml:space="preserve">Amélie Perrier</w:t>
+                <w:t xml:space="preserve">Luigi Piccardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Devolder</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lionel Fadin</w:t>
+                <w:t xml:space="preserve">Tommy Vettor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/baefe.6475⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05497430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...36 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les carrières de calcaire dites « du Stade » et « du Logari » à Delphes (2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Amélie Perrier</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Devolder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tommy Vettor</w:t>
+                <w:t xml:space="preserve">Lionel Fadin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/baefe.6475⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/baefe.6437⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05497430v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05497422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancient repairs and preventive architectural measures in the site of Delphi</w:t>
               </w:r>
@@ -794,51 +794,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Rubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Moretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 191, pp.11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -866,178 +866,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02865449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De l'éloquence et des dangers de l'eau à Delphes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Études Classiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 87, pp.151-170</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03173637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Recherches historiques et géomorphologiques sur la localisation de l’hippodrome de Delphes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de correspondance hellénique-supplément</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Les hippodromes et les concours hippiques dans la Grèce antique, 62, pp.179-196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03173650v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03173637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le portique Ouest à Delphes. Bilan des campagnes de terrain 2010‑2013</w:t>
               </w:r>
@@ -1209,51 +1209,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Malmary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Fadin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Jud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1739,51 +1739,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building a sanctuary: is a high diversity of stones the reflect of an international renown? The case study of Delphi, Greece</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marilou de Vals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Moretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1847,51 +1847,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marilou de Vals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Moretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres géosciences archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2068,64 +2068,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural risks and water management in Delphi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Moretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Piccardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Giovanni Polizzi, Vincent Ollivier, Sophie Bouffier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From Hydrology to Hydroarchaeology in the Ancient Mediterranean. An Interdisciplinary Approach</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archaeopress, https://www.archaeopress.com/Archaeopress/Products/9781803273747, 2022, Paperback: 9781803273747 Digital: 9781803273754</w:t>
@@ -2148,607 +2148,607 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03173683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’Artémis delphienne dans les sources littéraires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hélène Aurigny; Cécile Durvye. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Artémis près d’Apollon. Culte et représentation d’Artémis à Délos, Delphes, Claros et Didymes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kernos Supplément (37), Presses universitaires de Liège, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04696497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Embodying the Aitolian Koinon : the personification of Αἰτωλία</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Catherine Grandjean. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Koinon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03173690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Légende et culte de l’Artémis delphienne dans les sources littéraires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cécile Durvye; Hélène Aurigny. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Artémis près d’Apollon : le culte d’Artémis à Délos, Delphes, Claros et Didymes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 37, Presses universitaires de Liège, pp.183-200, 2021, Kernos. Supplément</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03173706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Embodying the Aitolian Koinon: the personification of Αἰτωλία</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Catherine Grandjean. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Koina of Southern Greece. Historical and Numismatic Studies in Ancient Greek Federalism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Numismatica antiqua (12), Ausonius, 2021, ISSN : 2557-4183 EAN : 9782356133960</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04696462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ancient architectural restoration in the Greek world</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean Vanden Broeck-Parant; Tommaso Isamelli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ancient architectural restoration in the Greek World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Costruire nel mondo antico (4), Quasar, 2021, 978-88-5491-170-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Η Γαλλική Σχολή Αθηνών τον 21ο αιώνα : ανάμεσα σε καινοτομία και παράδοση</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Φιλόξενη Αρχαιολογία και Ευρωπαϊκός Πολιτισμός Ξένες Αρχαιολογικές Σχολές και Ινστιτούτα στην Ελλάδα</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03173696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Cécile Durvye; Hélène Aurigny. </w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’entretien et la restauration des monuments à Delphes dans l’Antiquité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Charles Davoine; Maxime L'Héritier; Ambre Péron d'Harcourt. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Artémis près d’Apollon : le culte d’Artémis à Délos, Delphes, Claros et Didymes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 37, Presses universitaires de Liège, pp.183-200, 2021, Kernos. Supplément</w:t>
+              <w:t xml:space="preserve">Sarta Tecta. De l'entretien à la conservation des édifices. Antiquité, Moyen Âge, début de la période moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Provence, pp.97-112, 2019, 9791032002018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...239 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02473059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réorganisation de l'espace du sanctuaire d'Apollon à Delphes au IVe s. av. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sophie Montel; Airton Pollini. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La question de l’espace au IVe siècle av. J.-C. dans les mondes grec et étrusco-italique : continuités, ruptures, reprises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Franche-Comté, pp.71-91, 2019, 9782848676388</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02472295v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-02473059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cheval et l’équitation à Lamotte-Beuvron</w:t>
               </w:r>
@@ -3705,151 +3705,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">En attendant les barbares&amp;quot; : histoire et représentations des Étoliens dans l'Antiquité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05497492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">De l'analyse des représentations à l'élaboration d'une histoire politique : le cas étolien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497503v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-05497492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'eau à Délos</w:t>
               </w:r>
@@ -3889,51 +3889,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -4061,1893 +4061,2044 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05491213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les vestiges du risque. Comment le bâti témoigne de la perception antique des aléas naturels : le cas de Delphes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Perception et appréhension du risque naturel dans l'Antiquité et au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Amélie PERRIER; Juliette DUMASY, Oct 2024, ORLEANS, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491108v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Dumasy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Perception and apprehension of natural risk in Antiquity and the Middle Ages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Amélie PERRIER; Juliette DUMASY, Oct 2024, ORLEANS, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Des morts au milieu des vivants : en quête de voisinage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table ronde de l'Université d'Orléans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Rendez-vous de l'histoire de Blois, Oct 2023, Blois / Journées de l'histoire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’archéologie sous-marine à l’École française d’Athènes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table ronde des EFE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Rendez-vous de l'histoire de Blois, Oct 2022, Blois / Journées de l'histoire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique des fouilles en ligne/ Archaeology in Greece Online in the era of archaeological Big Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Mulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bouras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Loy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Bennet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAA-GR (Computer Applications &amp; Quantitative Methods in Archaeology, Greek Chapter)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Économie du cheval en Grèce antique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Économie du cheval en Grèce antique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecole française d'Athènes, Oct 2020, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphes et ses alentours. Architecture, topographie et SIG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Fadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AMEFA Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AMAMECAEFA; Ecole française d'Athènes, Feb 2019, PARIS INHA, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05497613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A New Entrance to the Sanctuary of Apollo at Delphi. Results from the 2018 excavation campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archaeological Institute of America (AIA) Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, San Diego (California), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05497524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphes et la gestion du risque naturel : de l’hydrogéologie à l’archéologie hydraulique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Moretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Piccardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WATERTRACES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université d'Aix-Marseille, May 2019, Aix (Aix-Marseille Université), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction et gestion du risque naturel à Delphes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construire face au risque naturel dans les sociétés anciennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, H. Dessales, J. Bonetto, ANR RECAP, Centre Jean Bérard, Naples, Sep 2019, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...124 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Η Γαλλική Σχολή Αθηνών τον 21οαιώνα : ανάμεσα σε καινοτομία και παράδοση</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Φιλό-ξενη Αρχαιολογία και Ευρωπαϊκός Πολιτισμός Ξένες Αρχαιολογικές Σχολές και Ινστιτούτα στην Ελλάδα</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, [Athènes], Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02473357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoi de neuf à Delphes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carte blanche à l’EFA, Festival de l'Histoire de l'art de Fontainebleau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Fontainebleau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’École française d’Athènes au XXIe s., entre tradition et innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Φιλόξενη Αρχαιολογία και Ευρωπαϊκός Πολιτισμός. Ξένες Αρχαιολογικές Σχολές και Ινστιτούτα στην Ελλάδα</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ministère grec de la culture, Oct 2018, Athènes, Musée de l'Acropole, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi la Grèce ancienne aujourd’hui ? Les raisons d’un engagement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De Delphes à Erétrie. L’été grec de Vaison-la-Romaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecole française d'Athènes, May 2017, Vaison-la-Romaine, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technologie de la recherche en sciences humaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technologie de la recherche en sciences humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecole française d'Athènes, 2017, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherches historiques et géomorphologiques sur la localisation de l’hippodrome de Delphes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les hippodromes et les concours hippiques dans la Grèce antique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2016, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02473136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Légende et culte de l’Artémis delphienne dans les sources littéraires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Artémis dans les grands sanctuaires d'Apollon : Délos et Delphes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02473237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Οι γεωγραφικές αναπαραστάσεις της Αιτωλίας στις αρχαίες φιλολογικές πηγές</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Πρακτικά Α ́Διεθνούς Συνεδρίου Τοπικής Ιστορίας &amp; ΠολιτισμούΤριχωνίας</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Ναυπακτίας, Greece. pp.935-946</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’éloquence et des dangers de l’eau à Delphes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'eau et la religion grecque : paysages, usages et mythologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Tufts University, Jul 2015, Boston (Massachusetts), États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entretien et restauration des monuments à Delphes dans l'Antiquité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De l’entretien quotidien des édifices à la conservation du patrimoine bâti aux époques antique et médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ch. Davoine, M. L’Héritier (Université Paris 8) et A. Peron (ENS-Ulm), Oct 2014, Musée d’Art et d’Histoire de Saint-Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques de construction et datation des monuments à Delphes : le cas du portique Ouest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'architecture monumentale grecque au IIIe siècle A.C.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A. Perrier, Ecole française d'Athènes; J. des Courtils, Université de Bordeaux Montaigne, Apr 2013, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Οι γεωγραφικές αναπαραστάσεις της Αιτωλίας στις αρχαίες φιλολογικές πηγές</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ΔΙΕΘΝΕΣ ΣΥΝΕΔΡΙΟ ΤΟΠΙΚΗΣ ΙΣΤΟΡΙΑΣ ΚΑΙ ΑΡΧΑΙΟΛΟΓΙΑΣ ΤΡΙΧΩΝΙΑΣ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, J. Nerantzis, Jun 2012, Trichonion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles recherches sur le portique dit ''des Étoliens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Delphes, sa cité, sa région, ses relations internationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Toulouse Le Mirail, Sep 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Aetolians and the Ptolemies in the second half of the 3rd and early 2nd century B.C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Classical Association Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cardiff University, Apr 2010, Cardiff, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Étoliens : une histoire de demi-barbares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antiquité méditerranéenne : à la rencontre de l’autre. Perceptions et représentations de l’étranger dans les littératures antiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour, Mar 2009, Pau (Université de Pau et des Pays de l'Adour), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guimard et le chapiteau ionique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyse des Transferts Culturels à partir de l’Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, séminaire de l’ATCA, Paris IV Sorbonne, Mar 2008, Paris Sorbonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léon Heuzey et les Étoliens : les montagnards d’un siècle à l’autre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le temps et ses découpages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris IV Sorbonne, Jan 2007, PARIS Sorbonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5957,606 +6108,606 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">École française d'Athènes. Rapport d'activité pour l'année 2019.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Farnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Chankowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastassios Anastassiadis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Franceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ecole française d'Athènes. 2020, 171 p., https://www.efa.gr/rapports/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-05509074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">École française d'Athènes. Rapport d'activité pour l'année 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastassios Anastassiadis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laure Franceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Stahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ecole française d'Athènes. 2020, 171 p., https://www.efa.gr/rapports/</w:t>
+              <w:t xml:space="preserve">Ecole française d'Athènes. 2019, 153 p., https://www.efa.gr/rapports/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">École française d'Athènes. Rapport d'activité pour l'année 2018</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">École française d'Athènes. Rapport d'activité pour l'année 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Farnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastassios Anastassiadis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laure Franceschi</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Stahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ecole française d'Athènes; Académie des Inscriptions et Belles Lettres. 2018, 133 p., https://www.efa.gr/rapports/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05497723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">École française d'Athènes. Rapport d'activité pour l'année 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Stahl</w:t>
+                <w:t xml:space="preserve">Anastassios Anastassiadis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ecole française d'Athènes. 2019, 153 p., https://www.efa.gr/rapports/</w:t>
+              <w:t xml:space="preserve">Ecole française d'Athènes; Académie des Inscriptions et Belles Lettres. 2017, 116 p., https://www.efa.gr/rapports/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Farnoux</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05497706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’architecture du monastère bouddhiste Zayiin Khuree à Tsetserleg (Mongolie) : étude, relevés, restauration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Ecole française d'Athènes; Académie des Inscriptions et Belles Lettres. 2018, 133 p., https://www.efa.gr/rapports/</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Magail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée d’Anthropologie préhistorique de la principauté de Monaco; Unesco. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...203 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId130"/>
+      <w:footerReference w:type="default" r:id="rId133"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6624,51 +6775,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F8C1B267"/>
+    <w:nsid w:val="113B9A67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6855,51 +7006,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amelie-perrier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5384-1802" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120677431" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/283906465" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497419v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Perrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gorini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Moretti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Piccardi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Plagnes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.10054" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939725v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou De Vals" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.10069" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497422v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Devolder" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fadin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.6437" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497430v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Vettor" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.6475" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173676v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02865449v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou de Vals" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaldo Gastineau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rubi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2020011" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173650v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chabrol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173637v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472235v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Malmary" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bch.420" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02470163v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02467606v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Jud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2012.7986" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02466855v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.1915" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02466910v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2011.7893" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02464744v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/reg.2009.7947" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02464296v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2008.7502" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02459707v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Robine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976551v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173665v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173615v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Petrochilos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173683v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696450v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173696v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173706v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696462v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173690v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696497v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472295v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02473059v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472179v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472349v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Farnoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472465v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02467661v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02464794v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464704v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491188v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491226v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497667v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497660v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497556v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497459v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497514v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497509v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497503v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497492v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497457v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491231v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491213v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497543v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497551v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497585v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Mulot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouras" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Loy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bennet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497535v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497597v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497524v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497590v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497613v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laroche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jacquemin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02473357v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497530v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497620v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497638v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497539v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02473136v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02473237v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497520v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02470210v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497511v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497499v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497487v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497484v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497480v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497476v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497467v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497464v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509074v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chankowski" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastassios Anastassiadis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Franceschi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509042v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Stahl" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497723v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Andre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497706v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fournier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497646v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Magail" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amelie-perrier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5384-1802" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120677431" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/283906465" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939725v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Perrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou De Vals" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.10069" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497419v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gorini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Moretti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Piccardi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Plagnes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.10054" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497430v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Vettor" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.6475" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497422v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Devolder" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fadin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.6437" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173676v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02865449v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou de Vals" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaldo Gastineau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rubi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2020011" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173637v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173650v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chabrol" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472235v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Malmary" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bch.420" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02470163v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02467606v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Jud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2012.7986" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02466855v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.1915" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02466910v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2011.7893" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02464744v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/reg.2009.7947" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02464296v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2008.7502" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02459707v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Robine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976551v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173665v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173615v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Petrochilos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173683v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696497v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173690v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173706v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696462v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696450v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173696v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02473059v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472295v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472179v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472349v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Farnoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472465v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02467661v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02464794v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464704v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491188v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491226v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497667v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497660v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497556v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497459v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497514v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497509v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497492v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497503v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497457v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491231v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491213v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491108v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491124v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dumasy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497543v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497551v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497585v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Mulot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouras" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Loy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bennet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497535v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497613v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laroche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jacquemin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497524v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497597v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497590v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02473357v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497530v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497620v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497638v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497539v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02473136v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02473237v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02470210v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497520v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497511v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497499v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497487v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497484v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497480v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497476v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497467v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497464v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509074v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chankowski" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastassios Anastassiadis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Franceschi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509042v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Stahl" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497723v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Andre" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497706v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fournier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497646v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Magail" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>