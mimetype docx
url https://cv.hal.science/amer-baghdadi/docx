--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -686,295 +686,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04178607v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Latency and Complexity Analysis of Flexible Semi-Parallel Decoding Architectures for 5G NR Polar Codes</w:t>
+                <w:t xml:space="preserve">MOL-based In-Memory Computing of Binary Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oualid Mouhoubi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
+                <w:t xml:space="preserve">Khaled Alhaj Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Dupraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Léonardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3216292⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Very Large Scale Integration (VLSI) Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 30 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVLSI.2022.3163233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04198351v1</w:t>
+                <w:t xml:space="preserve">hal-03659297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MOL-based In-Memory Computing of Binary Neural Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Khaled Alhaj Ali</w:t>
+                <w:t xml:space="preserve">Latency and Complexity Analysis of Flexible Semi-Parallel Decoding Architectures for 5G NR Polar Codes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oualid Mouhoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Very Large Scale Integration (VLSI) Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 30 (7), </w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.113980-113994. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TVLSI.2022.3163233⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3216292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03659297v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04198351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Literature Survey on Algorithms and Hardware Architectures of Max-Log-MAP Demapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1028,278 +1028,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03668081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Memristor–CMOS Implementation of Combinational Logic Based on X-MRL</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">Parallel and Flexible 5G LDPC Decoder Architecture Targeting FPGA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jalal Jomaah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/electronics10091018⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Very Large Scale Integration (VLSI) Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29 (6), pp.1141-1151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVLSI.2021.3072866⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03344269v1</w:t>
+                <w:t xml:space="preserve">hal-03344261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel and Flexible 5G LDPC Decoder Architecture Targeting FPGA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jeremy Nadal</w:t>
+                <w:t xml:space="preserve">Hybrid Memristor–CMOS Implementation of Combinational Logic Based on X-MRL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Alhaj Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Jomaah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Very Large Scale Integration (VLSI) Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 29 (6), pp.1141-1151. </w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (9), pp.1018. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TVLSI.2021.3072866⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/electronics10091018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03344261v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03344269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">No-instruction-set-computer design experience of flexible and efficient architectures for digital communication applications: two case studies on MIMO turbo detection and universal turbo demapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1379,572 +1379,572 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03344273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Memristive Computational Memory Using Memristor Overwrite Logic (MOL)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">Overlap-Save FBMC Receivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Leduc-Primeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Very Large Scale Integration (VLSI) Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVLSI.2020.3011522⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Wireless Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (8), pp.5307-5320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TWC.2020.2991995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02933285v1</w:t>
+                <w:t xml:space="preserve">hal-02929375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hardware Implementation of Overlap-Save based Fading Channel Emulator</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">NISC-based MIMO MMSE Detector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amer Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Atat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mohanna</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TCSII.2020.3020724⟩</w:t>
+              <w:t xml:space="preserve">Journal of Circuits, Systems, and Computers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.2150069. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0218126621500699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02929812v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NISC-based MIMO MMSE Detector</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Memristive Computational Memory Using Memristor Overwrite Logic (MOL)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Alhaj Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Jomaah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Circuits, Systems, and Computers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S0218126621500699⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Very Large Scale Integration (VLSI) Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (11), pp.2370-2382. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVLSI.2020.3011522⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02933398v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overlap-Save FBMC Receivers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Hardware Implementation of Overlap-Save based Fading Channel Emulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Najam-Ul-Islam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Nauman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Wireless Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 19 (8), pp.5307-5320. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 68 (3), pp.918-922. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TWC.2020.2991995⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TCSII.2020.3020724⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02929375v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02929812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational Complexity Reduction of MMSE-IC MIMO Turbo Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1998,1624 +1998,1624 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02276067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Evaluation of a Novel Short Prototype Filter for FBMC/OQAM Modulation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
+                <w:t xml:space="preserve">Networked Power-Gated MRAMs for Memory-Based Computing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naoya Onizawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Sepúlveda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2018.2818883⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Very Large Scale Integration (VLSI) Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26 (12), pp.1 - 13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVLSI.2018.2856458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01766062v1</w:t>
+                <w:t xml:space="preserve">hal-01869484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible and efficient hardware platform and architectures for waveform design and proof-of-concept in the context of 5G</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Design and Evaluation of a Novel Short Prototype Filter for FBMC/OQAM Modulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AEÜ - International Journal of Electronics and Communications / Archiv für Elektronik und Übertragungstechnik</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aeue.2018.09.030⟩</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2018.2818883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01879650v1</w:t>
+                <w:t xml:space="preserve">hal-01766062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Networked Power-Gated MRAMs for Memory-Based Computing</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Johanna Sepúlveda</w:t>
+                <w:t xml:space="preserve">Flexible and efficient hardware platform and architectures for waveform design and proof-of-concept in the context of 5G</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Very Large Scale Integration (VLSI) Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AEÜ - International Journal of Electronics and Communications / Archiv für Elektronik und Übertragungstechnik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aeue.2018.09.030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TVLSI.2018.2856458⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01869484v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01879650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel UF-OFDM transmitter: significant complexity reduction without signal approximation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
+                <w:t xml:space="preserve">Heterogeneous Multi-ASIP and NoC Based Architecture for Adaptive Parallel TBICM-ID-SSD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Najam Ul Islam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVT.2017.2764379⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 64 (3), pp.259 - 263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCSII.2016.2555018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01759085v1</w:t>
+                <w:t xml:space="preserve">hal-01511299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic configuration management of a multi-standard and multi-mode reconfigurable multi-ASIP architecture for turbo decoding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vianney Lapotre</w:t>
+                <w:t xml:space="preserve">High-Throughput and Area-Efficient Rotated and Cyclic Q Delayed Constellations Demapper for Future Wireless Standards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Gogniat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
+                <w:t xml:space="preserve">Muhammad Waqas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Najam Ul Islam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURASIP Journal on Advances in Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 2017 (1), </w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (1), pp.3077 - 3084. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13634-017-0468-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2017.2660579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01595772v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01511363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient quantization and fixed-point representation for MIMO turbo-detection and turbo-demapping</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">Dynamic configuration management of a multi-standard and multi-mode reconfigurable multi-ASIP architecture for turbo decoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Lapotre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Gogniat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Youssef Atat</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURASIP Journal on Embedded Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13639-017-0081-y⟩</w:t>
+              <w:t xml:space="preserve">EURASIP Journal on Advances in Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2017 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13634-017-0468-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01779990v1</w:t>
+                <w:t xml:space="preserve">hal-01595772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Throughput and Area-Efficient Rotated and Cyclic Q Delayed Constellations Demapper for Future Wireless Standards</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
+                <w:t xml:space="preserve">Efficient quantization and fixed-point representation for MIMO turbo-detection and turbo-demapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Muhammad Najam Ul Islam</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mohanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Atat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 5 (1), pp.3077 - 3084. </w:t>
+              <w:t xml:space="preserve">EURASIP Journal on Embedded Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2017, pp.33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2017.2660579⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13639-017-0081-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01511363v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01779990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneous Multi-ASIP and NoC Based Architecture for Adaptive Parallel TBICM-ID-SSD</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
+                <w:t xml:space="preserve">Novel UF-OFDM transmitter: significant complexity reduction without signal approximation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 64 (3), pp.259 - 263. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.2141 - 2154. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TCSII.2016.2555018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2017.2764379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01511299v1</w:t>
+                <w:t xml:space="preserve">hal-01759085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Prototyping Flow of Flexible and Efficient NISC-based Architectures for MIMO Turbo Equalization and Demapping</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">Low-complexity pipelined architecture for FBMC/OQAM transmitter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Youssef Atat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 5 (3), pp.art.50 - </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 63 (1), pp.19 - 23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/electronics5030050⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TCSII.2015.2468926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01444207v1</w:t>
+                <w:t xml:space="preserve">hal-01270780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-complexity pipelined architecture for FBMC/OQAM transmitter</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
+                <w:t xml:space="preserve">A Dynamically Reconfigurable Multi-ASIP Architecture for Multistandard and Multimode Turbo Decoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Lapotre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Gogniat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Hübner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TCSII.2015.2468926⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Very Large Scale Integration (VLSI) Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 24 (1), pp.383 - 387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVLSI.2015.2396941⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01270780v1</w:t>
+                <w:t xml:space="preserve">hal-01121754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Dynamically Reconfigurable Multi-ASIP Architecture for Multistandard and Multimode Turbo Decoding</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guy Gogniat</w:t>
+                <w:t xml:space="preserve">Design and Prototyping Flow of Flexible and Efficient NISC-based Architectures for MIMO Turbo Equalization and Demapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mohanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Atat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Very Large Scale Integration (VLSI) Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 24 (1), pp.383 - 387. </w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5 (3), pp.art.50 - </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TVLSI.2015.2396941⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/electronics5030050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01121754v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01444207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing the dissipated energy in multi-standard turbo and LDPC decoders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carlo Condo</w:t>
+                <w:t xml:space="preserve">NISC-based universal soft-input soft-output demapper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guido Masera</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mohanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Atat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circuits, Systems, and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00034-014-9915-1⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 62 (11), pp.1098 - 1102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCSII.2015.2455991⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01174563v1</w:t>
+                <w:t xml:space="preserve">hal-01271184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NISC-based universal soft-input soft-output demapper</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">Reducing the dissipated energy in multi-standard turbo and LDPC decoders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Condo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Youssef Atat</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Masera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 62 (11), pp.1098 - 1102. </w:t>
+              <w:t xml:space="preserve">Circuits, Systems, and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 34 (5), pp.1571 - 1593. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TCSII.2015.2455991⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00034-014-9915-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01271184v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01174563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy-efficient multi-standard early stopping criterion for low-density-parity-check iterative decoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Condo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Masera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IET Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8 (12), pp.2171 - 2180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3643,382 +3643,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01170224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible Radio Design: Trends and Challenges in Digital Baseband Implementation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guido Masera</w:t>
+                <w:t xml:space="preserve">On the Convergence Speed of Turbo Demodulation with Turbo Decoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Moy</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VLSI Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2012/549768⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 60 (8), pp.4452 - 4458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TSP.2012.2198550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00732783v1</w:t>
+                <w:t xml:space="preserve">hal-00739630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Convergence Speed of Turbo Demodulation with Turbo Decoding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">Complexity adaptive iterative receiver performing TBICM-ID-SSD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salim Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TSP.2012.2198550⟩</w:t>
+              <w:t xml:space="preserve">EURASIP Journal on Advances in Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2012, pp.131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1687-6180-2012-131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00739630v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00739596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexity adaptive iterative receiver performing TBICM-ID-SSD</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Salim Haddad</w:t>
+                <w:t xml:space="preserve">Flexible Radio Design: Trends and Challenges in Digital Baseband Implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Masera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Jezequel</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Kienle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Moy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURASIP Journal on Advances in Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 2012, pp.131. </w:t>
+              <w:t xml:space="preserve">VLSI Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2012, Editorial, 2 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1687-6180-2012-131⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1155/2012/549768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00739596v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00732783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel MIMO turbo equalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atif Raza Jafri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4091,51 +4091,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On chip interconnects for multiprocessor turbo decoding architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurizio Martina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Masera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazem Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4415,51 +4415,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ASIP-based universal demapper for multiwireless standards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atif Raza Jafri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4936,419 +4936,419 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00008165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architecture design space exploration for hardware/software codesign: system-level performance estimation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Application-specific multiprocessor systems-on-chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.A. Jerraya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Cesario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Jerraya</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L. Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lyonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/tsi.21.9-35⟩</w:t>
+              <w:t xml:space="preserve">Microelectronics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Volume 33, Issue 11 November 2002, pp.891-898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0026-2692(02)00070-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01457056v1</w:t>
+                <w:t xml:space="preserve">hal-00008058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application-specific multiprocessor systems-on-chip</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combining a performance estimation methodology with a hardware/software codesign flow supporting multiprocessor systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amer Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer-Eddine Zergainoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Cesario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.A. Jerraya</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0026-2692(02)00070-8⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Software Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Volume 28 Issue 9 (September 2002), pp.822 - 831. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TSE.2002.1033223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00008058v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00008065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining a performance estimation methodology with a hardware/software codesign flow supporting multiprocessor systems</w:t>
+                <w:t xml:space="preserve">Architecture design space exploration for hardware/software codesign: system-level performance estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer-Eddine Zergainoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Cesario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A.A. Jerraya</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Jerraya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Software Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Vol.21 (1), pp.9-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/tsi.21.9-35⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TSE.2002.1033223⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00008065v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01457056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (105)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5608,51 +5608,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Stephenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Artificial Intelligence, Robotics and Automation in Space (i-SAIRAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Brisbane, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5690,51 +5690,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel transmission technique based on intentional overlapping to improve spectral efficiency of multicarrier systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Hamdar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5794,90 +5794,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Real-Time Human Detection in Maritime Environment Using Embedded Deep Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on System-Integrated Intelligence (SYSINT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Genova, Italy. pp.583-593, </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5905,620 +5905,620 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05385234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing embedded AI-based object detection using multi-view approach</w:t>
+                <w:t xml:space="preserve">Marine Object Detection Based on Top-View Scenes Using Deep Learning on Edge Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zijie Ning</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">J. Sharafaldeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Heller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J -Ph. Diguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSP 2022: IEEE International Workshop on Rapid System Prototyping, part of Embedded Systems Week (ESWEEK)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/RSP57251.2022.10039026⟩</w:t>
+              <w:t xml:space="preserve">IC2SPM 2022: International Conference on Smart Systems and Power Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Beirut, Lebanon. pp.35-40, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IC2SPM56638.2022.9988928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03836472v1</w:t>
+                <w:t xml:space="preserve">hal-04198386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Human Detection in Marine Environment Using Deep Learning on Edge Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">Overlap-Save FBMC receivers for massive MIMO systems under channel impairments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Hamdar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J-Ph Diguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR SoC2: Groupe de recherche System on Chip – Systèmes embarqués et Objets Connectés, Colloque National</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">VTC2022-Spring: IEEE 95th Vehicular Technology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, helsinki, Finland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VTC2022-Spring54318.2022.9860538⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03698760v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608993v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Object Detection Based on Top-View Scenes Using Deep Learning on Edge Devices</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D. Heller</w:t>
+                <w:t xml:space="preserve">Low Latency Architecture Design for Decoding 5G NR Polar Codes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oualid Mouhoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J -Ph. Diguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC2SPM 2022: International Conference on Smart Systems and Power Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IC2SPM56638.2022.9988928⟩</w:t>
+              <w:t xml:space="preserve">DASIP 2022: Workshop on Design and Architectures for Signal and Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Budapest, Hungary. pp.16-28, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-12748-9_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04198386v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low Latency Architecture Design for Decoding 5G NR Polar Codes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
+                <w:t xml:space="preserve">Real-Time Human Detection in Marine Environment Using Deep Learning on Edge Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-Ph Diguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DASIP 2022: Workshop on Design and Architectures for Signal and Image Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GDR SoC2: Groupe de recherche System on Chip – Systèmes embarqués et Objets Connectés, Colloque National</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03707939v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03698760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overlap-Save FBMC receivers for massive MIMO systems under channel impairments</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
+                <w:t xml:space="preserve">Enhancing embedded AI-based object detection using multi-view approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zijie Ning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VTC2022-Spring: IEEE 95th Vehicular Technology Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, helsinki, Finland. </w:t>
+              <w:t xml:space="preserve">RSP 2022: IEEE International Workshop on Rapid System Prototyping, part of Embedded Systems Week (ESWEEK)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Shanghai, China. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/VTC2022-Spring54318.2022.9860538⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/RSP57251.2022.10039026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03608993v2</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03836472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Latency and Complexity of Semi-Parallel Decoding Architectures for 5G NR Polar Codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oualid Mouhoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6578,51 +6578,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of Deep-Learning Detection of Humans in Marine Environment on Edge Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Heller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6630,51 +6630,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Douguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICECS 2022: IEEE International Conference on Electronics Circuits and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Glasgow, United Kingdom. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6721,90 +6721,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Objects Detection Using Deep Learning on Embedded Edge Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Heller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Douguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSP 2022: IEEE International Workshop on Rapid System Prototyping, part of Embedded Systems Week (ESWEEK)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Shanghai (virtual), China. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6832,343 +6832,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03836444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid design and verification experience using flexible cycle-accurate NoC simulator</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
+                <w:t xml:space="preserve">Low Complexity Non-binary Turbo Decoding based on the Local-SOVA Algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Le Blevec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rami Klaimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Weithoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMCET 2021: IEEE 3rd International Multidisciplinary Conference on Engineering Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/imcet53404.2021.9665518⟩</w:t>
+              <w:t xml:space="preserve">ISTC 2021: 11th International Symposium on Topics in Coding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Montreal, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISTC49272.2021.9594236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03668066v1</w:t>
+                <w:t xml:space="preserve">hal-03279861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low Complexity Non-binary Turbo Decoding based on the Local-SOVA Algorithm</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
+                <w:t xml:space="preserve">Rapid design and verification experience using flexible cycle-accurate NoC simulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISTC 2021: 11th International Symposium on Topics in Coding</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Montreal, Canada. </w:t>
+              <w:t xml:space="preserve">IMCET 2021: IEEE 3rd International Multidisciplinary Conference on Engineering Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Beirut, Lebanon. pp.77-83, </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISTC49272.2021.9594236⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/imcet53404.2021.9665518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03279861v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03668066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Memristor Overwrite Logic (MOL) for In-Memory DNN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Alhaj Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khaled Alhaj Ali</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Jomaah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCAS 2020 : IEEE International Symposium on Circuits and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Seville, Spain. </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7202,103 +7202,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MRL Crossbar-Based Full Adder Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Alhaj Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khaled Alhaj Ali</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Jomaah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 26th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Genoa, Italy. pp.674-677, </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7332,103 +7332,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crossbar Memory Architecture Performing Memristor Overwrite Logic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Alhaj Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khaled Alhaj Ali</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Jomaah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 26th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Genoa, Italy. pp.723-726, </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7456,503 +7456,525 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02502460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NISC Design Experience of Flexible Architectures for Digital Communication Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">A Block FBMC Receiver Designed For Short Filters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Leduc-Primeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ali Chamas Al Ghouwayel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCA 2018 : International Conference on Computer and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/COMAPP.2018.8460355⟩</w:t>
+              <w:t xml:space="preserve">ICC 2018 : IEEE International Conference on Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Kansas City, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICC.2018.8422215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02276298v1</w:t>
+                <w:t xml:space="preserve">hal-01814194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Block FBMC Receiver Designed For Short Filters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Nadal</w:t>
+                <w:t xml:space="preserve">Rapid Prototyping of Parameterized Rotated and Cyclic Q Delayed Constellations Demapper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Waqas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Leduc-Primeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
+                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Najam-Ul-Islam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICC 2018 : IEEE International Conference on Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICC.2018.8422215⟩</w:t>
+              <w:t xml:space="preserve">RSP 2018 : International Symposium on Rapid System Prototyping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Torino, Italy. pp.29-35, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RSP.2018.8631988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01814194v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02276291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid Prototyping of Parameterized Rotated and Cyclic Q Delayed Constellations Demapper</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
+                <w:t xml:space="preserve">NISC Design Experience of Flexible Architectures for Digital Communication Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Najam-Ul-Islam</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Chamas Al Ghouwayel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSP 2018 : International Symposium on Rapid System Prototyping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Torino, Italy. pp.29-35, </w:t>
+              <w:t xml:space="preserve">ICCA 2018 : International Conference on Computer and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Beirut, Lebanon. pp.123-129, </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/RSP.2018.8631988⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/COMAPP.2018.8460355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02276291v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02276298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hardware demonstration of post-OFDM waveforms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Reduced Complexity FPGA Implementation for UF-OFDM Frequency Domain Transmitter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Medjkouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuCNC 2017: European Conference on Networks and Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SIPS 2017: IEEE Workshop on Signal Processing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Lorient, France. pp.1 - 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SiPS.2017.8110013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01614064v1</w:t>
+                <w:t xml:space="preserve">hal-01656134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proof-of-concept for post-OFDM waveforms as candidates for 5G</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7967,360 +7989,338 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIPS 2017: IEEE International Workshop on Signal Processing Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Lorient, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01759088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible hardware platform for demonstrating new 5G waveform candidates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICM 2017 : 29th IEEE International Conference on Microelectronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Beirut, Lebanon. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICM.2017.8268851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01759087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced Complexity FPGA Implementation for UF-OFDM Frequency Domain Transmitter</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Hardware demonstration of post-OFDM waveforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIPS 2017: IEEE Workshop on Signal Processing Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EuCNC 2017: European Conference on Networks and Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Oulu, Finland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SiPS.2017.8110013⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01656134v1</w:t>
+                <w:t xml:space="preserve">hal-01614064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Memristor-based Reconfigurable FFT Architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Alhaj Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khaled Alhaj Ali</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Jomaah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICM 2017 : 29th IEEE International Conference on Microelectronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Beirut, Lebanon. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8354,77 +8354,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NoC-MRAM Architecture for Memory-Based Computing: database-search case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naoya Onizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8488,51 +8488,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible PoC for Post-OFDM waveforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8694,2107 +8694,2107 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01292792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FBMC/OQAM baseband for 5G mobile communication systems: hardware design and on-board prototyping</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
+                <w:t xml:space="preserve">Design and prototyping flow of NISC-based flexible MIMO turbo-equalizer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hao Lin</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mohanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Atat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR ISIS workshop 2014: 5G &amp; Beyond: Promises and Challenges</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RSP 2014 : IEEE International Symposium on Rapid System Prototyping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, New Delhi, India. pp.16 - 21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RSP.2014.6966687⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01170367v1</w:t>
+                <w:t xml:space="preserve">hal-01170238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UWB-IR digital baseband architecture for IEEE 802.15.6 wireless BAN</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Henri Horrein</w:t>
+                <w:t xml:space="preserve">Implementation of NISC-based flexible architecture for MIMO MMSE-IC turbo-equalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Dehmas</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mohanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Atat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICESS : 21st IEEE International Conference on Electronics, Circuits and Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JNRDM 2014 : 17èmes Journées Nationales du Réseau Doctoral en Micro-Nanoélectronique,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Lille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01217830v1</w:t>
+                <w:t xml:space="preserve">hal-01864517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hardware Implementation of a Non-Coherent IR-UWB Receiver Synchronization Algorithm Targeting IEEE 802.15.6 Wireless BAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chougrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schwoerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Horrein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICUWB 2014 : International Conference on Ultra-WideBand</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Paris, France. pp.444 - 449, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICUWB.2014.6959023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01185867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of NISC-based flexible architecture for MIMO MMSE-IC turbo-equalization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">UWB-IR digital baseband architecture for IEEE 802.15.6 wireless BAN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chougrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schwoerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Horrein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Youssef Atat</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dehmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNRDM 2014 : 17èmes Journées Nationales du Réseau Doctoral en Micro-Nanoélectronique,</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICESS : 21st IEEE International Conference on Electronics, Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Marseille, France. pp.866 - 869, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICECS.2014.7050123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01864517v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and prototyping flow of NISC-based flexible MIMO turbo-equalizer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">Hardware prototyping of FBMC/OQAM baseband for 5G mobile communication systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Youssef Atat</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Lin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSP 2014 : IEEE International Symposium on Rapid System Prototyping</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2014, New Delhi, India. pp.16 - 21, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/RSP.2014.6966687⟩</w:t>
+              <w:t xml:space="preserve">, Oct 2014, New Delhi, India. pp.135 - 141, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RSP.2014.6966904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01170238v1</w:t>
+                <w:t xml:space="preserve">hal-01170362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hardware prototyping of FBMC/OQAM baseband for 5G mobile communication systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">FBMC/OQAM-related new waveform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Lin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSP 2014 : IEEE International Symposium on Rapid System Prototyping</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EuCNC 2015 : 24th European Conference on Networks and Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Bologna, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/RSP.2014.6966904⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01170362v1</w:t>
+                <w:t xml:space="preserve">hal-01170370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FBMC/OQAM-related new waveform</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
+                <w:t xml:space="preserve">Energy-Efficient FPGA Implementation for Binomial Option Pricing Using OpenCL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Mena Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Horrein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hao Lin</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Hochapfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Vaton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuCNC 2015 : 24th European Conference on Networks and Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Bologna, Italy</w:t>
+              <w:t xml:space="preserve">DATE 2014 : Design, Automation and Test in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01170370v1</w:t>
+                <w:t xml:space="preserve">hal-00979390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-Efficient FPGA Implementation for Binomial Option Pricing Using OpenCL</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Henri Horrein</w:t>
+                <w:t xml:space="preserve">FBMC/OQAM baseband for 5G mobile communication systems: hardware design and on-board prototyping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Vaton</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Lin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE 2014 : Design, Automation and Test in Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">GDR ISIS workshop 2014: 5G &amp; Beyond: Promises and Challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00979390v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient synchronization technique for non-coherent IR-UWB receiver targeting IEEE 802.15.6 wireless BAN</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Henri Horrein</w:t>
+                <w:t xml:space="preserve">Parameterized area-efficient multi-standard turbo decoder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BODYNETS 2013 : 8th International Conference on Body Area Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Boston, United States. pp.181 - 184</w:t>
+              <w:t xml:space="preserve">DATE 2013 : IEEE/ACM Design, Automation &amp; Test in Europe Conference &amp; Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Grenoble, France. pp.109 - 114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00933591v1</w:t>
+                <w:t xml:space="preserve">hal-00876086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An efficient on-chip configuration infrastructure for a flexible multi-ASIP turbo decoder architecture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Rapid Design and Prototyping of a Reconfigurable Decoder Architecture for QC-LDPC Codes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Lapotre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ReCoSoC 2013 : 8th IEEE International Workshop on Reconfigurable and Communication-Centric Systems-on-Chip</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">RSP 2013 : 24th IEEE International Symposium on Rapid System Prototyping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Montreal, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00873978v1</w:t>
+                <w:t xml:space="preserve">hal-00876088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A reconfigurable multi-standard ASIP-based turbo decoder for an efficient dynamic reconfiguration in a multi-ASIP</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Plateforme multi-ASIP reconfigurable dynamiquement pour le turbo décodage dans un contexte multi-standard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Lapotre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Gogniat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISVLSI 2013 : IEEE Computer Society Annual Symposium on VLSI</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GRETSI 2013 : 24ème colloque du Groupement de Recherche en Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Brest, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01002828v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00876009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statically-scheduled application-specific processor design: A case-study on MMSE MIMO equalization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">A reconfigurable multi-standard ASIP-based turbo decoder for an efficient dynamic reconfiguration in a multi-ASIP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Lapotre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Gogniat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE 2013 : IEEE/ACM Design, Automation &amp; Test in Europe Conference &amp; Exhibition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISVLSI 2013 : IEEE Computer Society Annual Symposium on VLSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Natal, Brazil. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISVLSI.2013.6654620⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00876068v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01002828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameterized area-efficient multi-standard turbo decoder</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
+                <w:t xml:space="preserve">Statically-scheduled application-specific processor design: A case-study on MMSE MIMO equalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mohanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Atat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DATE 2013 : IEEE/ACM Design, Automation &amp; Test in Europe Conference &amp; Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2013, Grenoble, France. pp.109 - 114</w:t>
+              <w:t xml:space="preserve">, Mar 2013, Grenoble, France. pp.677 - 680</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00876086v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00876068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid Design and Prototyping of a Reconfigurable Decoder Architecture for QC-LDPC Codes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">An efficient on-chip configuration infrastructure for a flexible multi-ASIP turbo decoder architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Lapotre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hübner Michael</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Gogniat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSP 2013 : 24th IEEE International Symposium on Rapid System Prototyping</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ReCoSoC 2013 : 8th IEEE International Workshop on Reconfigurable and Communication-Centric Systems-on-Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Darmstadt, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ReCoSoC.2013.6581518⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00876088v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00873978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plateforme multi-ASIP reconfigurable dynamiquement pour le turbo décodage dans un contexte multi-standard</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guy Gogniat</w:t>
+                <w:t xml:space="preserve">Efficient synchronization technique for non-coherent IR-UWB receiver targeting IEEE 802.15.6 wireless BAN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chougrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schwoerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Horrein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2013 : 24ème colloque du Groupement de Recherche en Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Brest, France</w:t>
+              <w:t xml:space="preserve">BODYNETS 2013 : 8th International Conference on Body Area Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Boston, United States. pp.181 - 184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00876009v1</w:t>
+                <w:t xml:space="preserve">hal-00933591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantization and fixed-point arithmetic for MIMO MMSE-IC linear turbo-equalization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">A joint communication and application simulator for NoC-based custom SoCs: LDPC and turbo codes parallel decoding case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Condo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Youssef Atat</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Masera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICM 2013 : 25th IEEE International Conference on MicroelectronicsMicroelectronics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">DSD 2013 : 16th Euromicro Conference on Digital System Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Santander, Spain. pp.168 - 174</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01058011v1</w:t>
+                <w:t xml:space="preserve">hal-00876080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A joint communication and application simulator for NoC-based custom SoCs: LDPC and turbo codes parallel decoding case study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carlo Condo</w:t>
+                <w:t xml:space="preserve">Quantization and fixed-point arithmetic for MIMO MMSE-IC linear turbo-equalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guido Masera</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mohanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Atat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DSD 2013 : 16th Euromicro Conference on Digital System Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICM 2013 : 25th IEEE International Conference on MicroelectronicsMicroelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Beirut, Lebanon. pp.1 - 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICM.2013.6735008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00876080v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01058011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizations for an efficient reconfiguration of an ASIP-based turbo decoder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Lapotre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Gogniat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCAS 2013 : IEEE International Symposium on Circuits and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Beijing, Chine. pp.493 - 496, </w:t>
@@ -10832,51 +10832,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible and efficient architecture design for MIMO MMSE-IC linear turbo-equalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10962,51 +10962,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing a NISC-based flexible architecture for MIMO MMSE-IC turbo-equalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11083,77 +11083,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stopping-free dynamic configuration of a multi-ASIP turbo decoder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Lapotre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Gogniat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11202,1042 +11202,1025 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00876005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An analytical approach for sizing of heterogeneous multiprocessor flexible platform for iterative demapping and channel decoding</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Salim Haddad</w:t>
+                <w:t xml:space="preserve">Flexible Multi-ASIP SoC for Turbo/LDPC Decoder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pallavi Reddy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Al Khayat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on ReConFigurable Computing and FPGAs (Reconfig)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SOC-SIP : colloque national du groupe de recherches System On Chip - System In Package</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00747714v1</w:t>
+                <w:t xml:space="preserve">hal-00725184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Complexity MIMO Turbo Receiver Applying Turbo Demodulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Salim Haddad</w:t>
+                <w:t xml:space="preserve">FPGA Prototyping and Performance Evaluation of Multi-standard Turbo/LDPC Encoding and Decoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISTC 2012: 7th International Symposium on International Symposium onTurbo Codes and Iterative Information Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Gothenburg, Sweden. pp.235 - 239</w:t>
+              <w:t xml:space="preserve">RSP 2012: IEEE International Symposium on Rapid System Prototyping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Tampere, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00786473v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00797561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergence and Complexity Analysis of Turbo Demodulation with Turbo Decoding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Salim Haddad</w:t>
+                <w:t xml:space="preserve">Architecture Efﬁciency of Application-Speciﬁc Processors: a 170Mbit/s 0.644mm2 Multi-standard Turbo Decoder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Al Khayat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque national du groupe de recherches System On Chip - System In Package (SOC-SIP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">SOC 2012 IEEE International Symposium on System-on-Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Tampere, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725058v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00797562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FPGA Prototyping and Performance Evaluation of Multi-standard Turbo/LDPC Encoding and Decoding</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Noël Bazin</w:t>
+                <w:t xml:space="preserve">Convergence and Complexity Analysis of Turbo Demodulation with Turbo Decoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSP 2012: IEEE International Symposium on Rapid System Prototyping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Tampere, Finland</w:t>
+              <w:t xml:space="preserve">Colloque national du groupe de recherches System On Chip - System In Package (SOC-SIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00797561v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architecture Efﬁciency of Application-Speciﬁc Processors: a 170Mbit/s 0.644mm2 Multi-standard Turbo Decoder</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rachid Al Khayat</w:t>
+                <w:t xml:space="preserve">Complexity reduction of shuffled parallel iterative demodulation with turbo decoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar David Sanchez Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOC 2012 IEEE International Symposium on System-on-Chip</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICT 2012: 19th International Conference on Telecommunications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Jounieh, Lebanon. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTEL.2012.6221298⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00797562v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible Multi-ASIP SoC for Turbo/LDPC Decoder</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Noël Bazin</w:t>
+                <w:t xml:space="preserve">Adaptive Complexity MIMO Turbo Receiver Applying Turbo Demodulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOC-SIP : colloque national du groupe de recherches System On Chip - System In Package</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">ISTC 2012: 7th International Symposium on International Symposium onTurbo Codes and Iterative Information Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Gothenburg, Sweden. pp.235 - 239</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725184v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00786473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexity reduction of shuffled parallel iterative demodulation with turbo decoding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">An analytical approach for sizing of heterogeneous multiprocessor flexible platform for iterative demapping and channel decoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Lapotre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Gogniat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salim Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICT 2012: 19th International Conference on Telecommunications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Jounieh, Lebanon. </w:t>
+              <w:t xml:space="preserve">International Conference on ReConFigurable Computing and FPGAs (Reconfig)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Cancun, Mexico. </w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICTEL.2012.6221298⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ReConFig.2012.6416728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725057v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00747714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management of reconfigurable multi-standards ASIP-based receiver</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guy Gogniat</w:t>
+                <w:t xml:space="preserve">A flexible high throughput multi-ASIP architecture for LDPC and turbo decoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Al Khayat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOC-SIP : colloque national du groupe de recherches System On Chip - System In Package</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Lyon, France</w:t>
+              <w:t xml:space="preserve">DATE'11: IEEE/ACM Design, Automation and Test in Europe Conference &amp; Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00724998v1</w:t>
+                <w:t xml:space="preserve">hal-00632764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FPGA Prototype of Flexible Heterogeneous multi-ASIP NoC-based Unified Turbo Receiver</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
+                <w:t xml:space="preserve">Reducing the number of iterations in iterative demodulation with turbo decoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE 2011: Demonstration at the University Booth of the Design, Automation and Test in Europe Conference &amp; Exhibition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Grenoble, France</w:t>
+              <w:t xml:space="preserve">SoftCOM : International Conference on Software, Telecommunications and Computer Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Split, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00797560v1</w:t>
+                <w:t xml:space="preserve">hal-00725133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A low complexity stopping criterion for reducing power consumption in turbo decoders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pallavi Reddy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Clermidy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12301,64 +12284,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Area and throughput optimized ASIP for multi-standard turbo decoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Al Khayat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12412,2254 +12395,2284 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00725134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A flexible high throughput multi-ASIP architecture for LDPC and turbo decoding</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rachid Al Khayat</w:t>
+                <w:t xml:space="preserve">Management of reconfigurable multi-standards ASIP-based receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Lapotre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Gogniat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Diguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE'11: IEEE/ACM Design, Automation and Test in Europe Conference &amp; Exhibition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Grenoble, France</w:t>
+              <w:t xml:space="preserve">SOC-SIP : colloque national du groupe de recherches System On Chip - System In Package</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00632764v1</w:t>
+                <w:t xml:space="preserve">hal-00724998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing the number of iterations in iterative demodulation with turbo decoding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Salim Haddad</w:t>
+                <w:t xml:space="preserve">FPGA Prototype of Flexible Heterogeneous multi-ASIP NoC-based Unified Turbo Receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SoftCOM : International Conference on Software, Telecommunications and Computer Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Split, Croatia</w:t>
+              <w:t xml:space="preserve">DATE 2011: Demonstration at the University Booth of the Design, Automation and Test in Europe Conference &amp; Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725133v1</w:t>
+                <w:t xml:space="preserve">hal-00797560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring parallel processing levels in turbo demodulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
+                <w:t xml:space="preserve">Iterative MIMO detection: flexibility and convergence analysis of soft-input soft-output list sphere decoding and linear MMSE detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micaela Troglia Gamba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Masera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Turbo Codes and Iterative Information Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SoftCOM 2010 : International Conference on Software, Telecommunications and Computer Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Split, Dubrovnik, Croatia. pp.175 - 179</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00632781v1</w:t>
+                <w:t xml:space="preserve">hal-00876106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TurbASIP power consumption analysis and optimization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId269" w:history="1">
+                <w:t xml:space="preserve">Power consumption analysis and energy efficient optimization for turbo decoder implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pallavi Reddy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Clermidy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Al Khayat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque national du groupe de recherches System On Chip - System In Package (SOC-SIP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Symposium on System-on-Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Tampere, Finland. pp.12 - 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISSOC.2010.5625565⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00632784v1</w:t>
+                <w:t xml:space="preserve">hal-00632782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iterative MIMO detection: flexibility and convergence analysis of soft-input soft-output list sphere decoding and linear MMSE detection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guido Masera</w:t>
+                <w:t xml:space="preserve">TurbASIP power consumption analysis and optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pallavi Reddy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Clermidy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Al Khayat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SoftCOM 2010 : International Conference on Software, Telecommunications and Computer Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Split, Dubrovnik, Croatia. pp.175 - 179</w:t>
+              <w:t xml:space="preserve">Colloque national du groupe de recherches System On Chip - System In Package (SOC-SIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00876106v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00632784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power consumption analysis and energy efficient optimization for turbo decoder implementation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rachid Al Khayat</w:t>
+                <w:t xml:space="preserve">DemASIP : universal demapper for multiwireless standards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on System-on-Chip</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Colloque national du groupe de recherches "System On Chip - System In Package" (SOC-SIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00632782v1</w:t>
+                <w:t xml:space="preserve">hal-00632787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DemASIP : universal demapper for multiwireless standards</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Rapid design and prototyping of universal soft demapper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atif Raza Jafri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque national du groupe de recherches "System On Chip - System In Package" (SOC-SIP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">ISCAS : IEEE International Symposium on Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00632787v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00488694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid design and prototyping of universal soft demapper</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Exploring parallel processing levels in turbo demodulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atif Raza Jafri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISCAS : IEEE International Symposium on Circuits and Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Symposium on Turbo Codes and Iterative Information Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Brest, France. pp.359 - 363, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISTC.2010.5613904⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00488694v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00632781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid prototyping of ASIP-based flexible MMSE-IC linear equalizer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">ASIP-based flexible MMSE-IC linear equalizer for MIMO turbo-equalization applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atif Raza Jafri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSP09 : IEEE International Symposium on Rapid System Prototyping</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">DATE09 : Design, Automation &amp; Test in Europe Conference &amp; Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Nice, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00424960v1</w:t>
+                <w:t xml:space="preserve">hal-00423920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FPGA prototypes for turbo communication applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-level system modeling for rapid HW/SW architecture exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chafic Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Jego</w:t>
+                <w:t xml:space="preserve">Andreas Kanstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Apvrille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Muller</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Le Moënner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">University Booth of DATE 09 : Design, Automation &amp; Test in Europe Conference &amp; Exhibition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE/IFIP International Symposium on Rapid System Prototyping (RSP '09)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Paris, France. pp.88-94, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RSP.2009.27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01841144v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02124754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-level system modeling for rapid HW/SW architecture exploration</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FPGA-based radar signal processing for automotive driver assistance system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Apvrille</w:t>
+                <w:t xml:space="preserve">Jean Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Le Moënner</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frantz Bodereau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/IFIP International Symposium on Rapid System Prototyping (RSP '09)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Paris, France. pp.88-94, </w:t>
+              <w:t xml:space="preserve">RSP09 : IEEE/IFIP International Symposium on Rapid System Prototyping,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Paris, France. pp.196-199, </w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/RSP.2009.27⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/RSP.2009.26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02124754v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00424189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ASIP-based flexible MMSE-IC linear equalizer for MIMO turbo-equalization applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
+                <w:t xml:space="preserve">Flexible architectures for LDPC decoders based on network on chip paradigm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Vacca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Masera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazem Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE09 : Design, Automation &amp; Test in Europe Conference &amp; Exhibition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Nice, France</w:t>
+              <w:t xml:space="preserve">DSD 2009 : 12th Euromicro Conference on Digital System Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Patras, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00423920v1</w:t>
+                <w:t xml:space="preserve">hal-00423917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FPGA-based radar signal processing for automotive driver assistance system</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Saad</w:t>
+                <w:t xml:space="preserve">Shared resources high-level modeling in embedded systems using virtual nodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chafic Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Kanstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Apvrille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frantz Bodereau</w:t>
+                <w:t xml:space="preserve">Renaud Pacalet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSP09 : IEEE/IFIP International Symposium on Rapid System Prototyping,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Paris, France. pp.196-199, </w:t>
+              <w:t xml:space="preserve">Joint IEEE North-East Workshop on Circuits and Systems and TAISA Conference 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Toulouse, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/RSP.2009.26⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2009.5290506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00424189v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00423997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible architectures for LDPC decoders based on network on chip paradigm</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hazem Moussa</w:t>
+                <w:t xml:space="preserve">Rapid prototyping of ASIP-based flexible MMSE-IC linear equalizer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atif Raza Jafri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DSD 2009 : 12th Euromicro Conference on Digital System Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RSP09 : IEEE International Symposium on Rapid System Prototyping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Paris, France. pp.130-133, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RSP.2009.17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00423917v1</w:t>
+                <w:t xml:space="preserve">hal-00424960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shared resources high-level modeling in embedded systems using virtual nodes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Apvrille</w:t>
+                <w:t xml:space="preserve">FPGA prototypes for turbo communication applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazem Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint IEEE North-East Workshop on Circuits and Systems and TAISA Conference 2009</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">University Booth of DATE 09 : Design, Automation &amp; Test in Europe Conference &amp; Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Nice, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00423997v1</w:t>
+                <w:t xml:space="preserve">hal-01841144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From application to ASIP-based FPGA prototype : a case study on turbo decoding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Muller</w:t>
+                <w:t xml:space="preserve">Binary de Bruijn interconnection network for a flexible LDPC/turbo decoder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazem Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSP'2008 : the 19th IEEE/IFIP international symposium on rapid system prototyping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Monterey, United States. pp.128 - 134, </w:t>
+              <w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems (ISCAS 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Seattle, WA, United States. pp.97-100, </w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/RSP.2008.16⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2008.4541363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194910v1</w:t>
+                <w:t xml:space="preserve">hal-02194923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Binary de Bruijn on-chip network for a flexible multiprocessor LDPC decoder</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Architectures des systèmes numériques de traitement : de l'électronique à l'informatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DAC 2008 : 45th ACM/IEEE design automation conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10èmes journées pédagogiques du CNFM (Coordination nationale de la formation en micro et nanoélectronique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Saint Malo, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194802v1</w:t>
+                <w:t xml:space="preserve">hal-00424199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architectures des systèmes numériques de traitement : de l'électronique à l'informatique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Binary de Bruijn on-chip network for a flexible multiprocessor LDPC decoder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazem Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10èmes journées pédagogiques du CNFM (Coordination nationale de la formation en micro et nanoélectronique)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DAC 2008 : 45th ACM/IEEE design automation conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Anaheim, United States. pp.429 - 434, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DAC.2008.4555856⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00424199v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Binary de Bruijn interconnection network for a flexible LDPC/turbo decoder</w:t>
+                <w:t xml:space="preserve">On-chip communication network for flexible multiprocessor turbo decoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazem Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems (ISCAS 2008)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICTTA '08 : 3d International Conference on Information and Communication Technologies : From Theory to Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Damas, Syria. pp.1 - 6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194923v1</w:t>
+                <w:t xml:space="preserve">hal-02194798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-chip communication network for flexible multiprocessor turbo decoding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hazem Moussa</w:t>
+                <w:t xml:space="preserve">From application to ASIP-based FPGA prototype : a case study on turbo decoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICTTA '08 : 3d International Conference on Information and Communication Technologies : From Theory to Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RSP'2008 : the 19th IEEE/IFIP international symposium on rapid system prototyping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Monterey, United States. pp.128 - 134, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RSP.2008.16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02194798v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible and scalable on-chip communication network for multiprocessor turbo decoding</w:t>
+                <w:t xml:space="preserve">Butterfly and benes-based on-chip communication networks for multiprocessor turbo decoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazem Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Premier Colloque National du GDR SOC-SIP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Paris, France</w:t>
+              <w:t xml:space="preserve">DATEC 2007 : Design, Automation &amp; Test in Europe Conference &amp; Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Nice, France. pp.654 - 659</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02280094v1</w:t>
+                <w:t xml:space="preserve">hal-02194929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millimetre communication system for IVC</w:t>
               </w:r>
@@ -14773,135 +14786,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02136649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Butterfly and benes-based on-chip communication networks for multiprocessor turbo decoding</w:t>
+                <w:t xml:space="preserve">Flexible and scalable on-chip communication network for multiprocessor turbo decoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazem Moussa</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATEC 2007 : Design, Automation &amp; Test in Europe Conference &amp; Exhibition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2007, Nice, France. pp.654 - 659</w:t>
+              <w:t xml:space="preserve">Premier Colloque National du GDR SOC-SIP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194929v1</w:t>
+                <w:t xml:space="preserve">hal-02280094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible Multi-ASIP SoC for High-Throughput Turbo Decoders</w:t>
               </w:r>
@@ -14976,147 +14976,138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ASIP-based multiprocessor SoC design for simple and double binary turbo decoding</w:t>
+                <w:t xml:space="preserve">Parallélisme et turbocodes convolutifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE 06 : Design, Automation and Test in Europe</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MajecSTIC 2006 : MAnifestation des JEunes Cherchercheurs STIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Lorient, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194947v1</w:t>
+                <w:t xml:space="preserve">hal-02280103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring parallel processing levels for convolutional turbo decoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15145,152 +15136,161 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCTA'06 : IEEE International Conference on Information and Communication Technologies : from theory to applications, April 24-28, Damas, Syria</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2006, Damas, Syria. pp.2353 - 2358</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02279574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallélisme et turbocodes convolutifs</w:t>
+                <w:t xml:space="preserve">ASIP-based multiprocessor SoC design for simple and double binary turbo decoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jezequel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MajecSTIC 2006 : MAnifestation des JEunes Cherchercheurs STIC</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DATE 06 : Design, Automation and Test in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Munich, Germany. pp.1 - 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DATE.2006.244126⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02280103v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the parallelism of convolutional turbo decoding and interleaving interference</w:t>
               </w:r>
@@ -15985,51 +15985,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Cesario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lyonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Yoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16097,51 +16097,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration et conception systématique d'architectures multiprocesseurs monopuces dédiées à des applications spécifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Jerraya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer-Eddine Zergainoh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16205,64 +16205,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Cesario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lyonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Nicolescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16307,624 +16307,624 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00008062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An efficient architecture model for systematic design of application-specific multiprocessor SoC</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A generic wrapper architecture for multi-processor SoC cosimulation and design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Yoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Nicolescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lyonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nacer-Eddine Zergainoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.A. Jerraya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE 2001 : Design, Automation and Test in Europe. Conference and Exhibition.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2001, Munich, Germany. pp.55-62, </w:t>
+              <w:t xml:space="preserve">CODES '01 : Ninth international symposium on Hardware/software codesign</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Copenhague, Denmark. pp.195-200, </w:t>
             </w:r>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/DATE.2001.915001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/371636.371722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00008086v1</w:t>
+                <w:t xml:space="preserve">hal-00008087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A generic wrapper architecture for multi-processor SoC cosimulation and design</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
+                <w:t xml:space="preserve">Generic architecture platform for multiprocessor system-on-chip design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amer Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer-Eddine Zergainoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lyonnard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.A. Jerraya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CODES '01 : Ninth international symposium on Hardware/software codesign</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">DIPES 2000: Architecture and Design of Distributed Embedded Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2000, Schloß Eringerfeld, Germany. pp.53-63</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00008087v1</w:t>
+                <w:t xml:space="preserve">hal-00008077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generic architecture platform for multiprocessor system-on-chip design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automatic generation of application-specific architectures for heterogeneous multiprocessor system-on-chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lyonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Yoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Lyonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.A. Jerraya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DIPES 2000: Architecture and Design of Distributed Embedded Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DAC '01 : 38th annual Design Automation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Las Vegas, United States. pp.518-23, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/378239.379015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00008077v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00008074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic generation of application-specific architectures for heterogeneous multiprocessor system-on-chip</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Lyonnard</w:t>
+                <w:t xml:space="preserve">Application-specific multiprocessor systems-on-chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amer Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Nicolescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Yoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Jerraya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DAC '01 : 38th annual Design Automation Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Tenth Workshop on Synthesis And System Integration of Mixed Technologies (SASIMI'01)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2001, Nara, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00008074v1</w:t>
+                <w:t xml:space="preserve">hal-01391627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application-specific multiprocessor systems-on-chip</w:t>
+                <w:t xml:space="preserve">An efficient architecture model for systematic design of application-specific multiprocessor SoC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lyonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer-Eddine Zergainoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.A. Jerraya</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Tenth Workshop on Synthesis And System Integration of Mixed Technologies (SASIMI'01)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DATE 2001 : Design, Automation and Test in Europe. Conference and Exhibition.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2001, Munich, Germany. pp.55-62, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DATE.2001.915001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01391627v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00008086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generic architecture platform for multiprocessor embedded system-on-chip design</w:t>
               </w:r>
@@ -16936,64 +16936,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer-Eddine Zergainoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lyonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Jerraya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Distributed and Parallel Embedded Systems (DIPES'00)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2000, Paderborn, Allemagne. pp.53-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17187,64 +17187,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tambour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lyonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Distributed and Parallel Embedded Systems (DIPES'00)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2000, Paderborn, Allemagne</w:t>
@@ -17413,51 +17413,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible FBMC air interface for 5G</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17532,303 +17532,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01170210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient dynamic configuration of a multi-ASIP turbo decoder</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guy Gogniat</w:t>
+                <w:t xml:space="preserve">Application-Specific Processor Design: a Case-Study on MMSE MIMO equalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mohanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Atat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR SoC-SiP 2013 : Colloque National du Groupe de Recherche System on Chip -System in Package</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2013, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Jun 2013, Lyon, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00876017v1</w:t>
+                <w:t xml:space="preserve">hal-00876041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application-Specific Processor Design: a Case-Study on MMSE MIMO equalization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Rizk</w:t>
+                <w:t xml:space="preserve">Efficient dynamic configuration of a multi-ASIP turbo decoder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Lapotre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Gogniat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR SoC-SiP 2013 : Colloque National du Groupe de Recherche System on Chip -System in Package</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2013, Lyon, France. 2013</w:t>
+              <w:t xml:space="preserve">, Jun 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00876041v1</w:t>
+                <w:t xml:space="preserve">hal-00876017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing a NISC-based flexible architecture for MIMO MMSE-IC turbo-equalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17937,51 +17937,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ASIP Design for Multi-Standard Channel Decoders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purushotham Murugappa Velayuthan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18041,51 +18041,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ASIP design and prototyping for wireless communication applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atif Raza Jafri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18130,302 +18130,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00699677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hardware/Software Codesign</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+                <w:t xml:space="preserve">Hardware/Software Co-design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Jerraya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M. Daveau</w:t>
+                <w:t xml:space="preserve">Jean-Marc Daveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Marchioro</w:t>
+                <w:t xml:space="preserve">Gilberto Marchioro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Valderrama</w:t>
+                <w:t xml:space="preserve">Carlos Valderrama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Romdhani</w:t>
+                <w:t xml:space="preserve">Mohamed Romdhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Design of Systems on Chip, Design and test</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Design of Systems on a Chip : Design and Test</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.133 - 158, 2007, 978-0-387-32499-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/0-387-32500-X_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00265185v1</w:t>
+                <w:t xml:space="preserve">hal-02124753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hardware/Software Co-design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+                <w:t xml:space="preserve">Hardware/Software Codesign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Jerraya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Valderrama</w:t>
+                <w:t xml:space="preserve">J.M. Daveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Romdhani</w:t>
+                <w:t xml:space="preserve">A. Marchioro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Valderrama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Romdhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Reis Ricardo, Lubaszewski Marcelo, Jess Jochen A.G. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Design of Systems on a Chip : Design and Test</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Design of Systems on Chip, Design and test</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.133-158, 2007</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02124753v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00265185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Framework for system design, validation and fast prototyping of multiprocessor SoCs</w:t>
               </w:r>
@@ -18450,64 +18450,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tambour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lyonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Architecture and Design of Distributed Embedded Systems Series: IFIP International Federation for Information Processing,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kluwer Academic Publishers, 2001, Vol. 61</w:t>
@@ -18562,64 +18562,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer-Eddine Zergainoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lyonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Jerraya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Architecture and Design of Distributed Embedded Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, kluwer academic publishers, pp.53-63, 2001, 978-0-387-35409-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18670,51 +18670,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer-Eddine Zergainoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lyonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.A. Jerraya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18782,171 +18782,171 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DIGITAL WIRELESS TRANSMITTER AND RECEIVER, METHOD OF ENCODING A DIGITAL DATASTREAM FOR WIRELESS TRANSMISSION, AND OF DECODING RECEIVED DIGITAL DATASTREAM</w:t>
+                <w:t xml:space="preserve">System and method for channel estimation in multicarrier modulation based communications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Hamdar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Nadal</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, Patent n° : EP25305050. 2025</w:t>
+              <w:t xml:space="preserve">France, Patent n° : WO2025073603. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05045823v1</w:t>
+                <w:t xml:space="preserve">hal-04556909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible method implementing advanced receiver processing for filtered waveforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Hamdar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18984,158 +18984,158 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05252336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">System and method for channel estimation in multicarrier modulation based communications</w:t>
+                <w:t xml:space="preserve">DIGITAL WIRELESS TRANSMITTER AND RECEIVER, METHOD OF ENCODING A DIGITAL DATASTREAM FOR WIRELESS TRANSMISSION, AND OF DECODING RECEIVED DIGITAL DATASTREAM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Hamdar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jeremy Nadal</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, Patent n° : WO2025073603. 2025</w:t>
+              <w:t xml:space="preserve">France, Patent n° : EP25305050. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04556909v1</w:t>
+                <w:t xml:space="preserve">hal-05045823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimised circular convolutions stage for os/osb fbmc receivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19179,51 +19179,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudo-guard intervals insertion in an FBMC transmitter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19267,51 +19267,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overlap-Save FBMC receiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19355,51 +19355,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced complexity transmitter for universal filtered ofdm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19437,379 +19437,379 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03773684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Receiver architecture for filter bank multi-carrier communication systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Filter for linear modulation based communication systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, Patent n° : EP3261310. DI-TBN-16-010. 2017</w:t>
+              <w:t xml:space="preserve">France, Patent n° : EP3236626. DI-TBN-16-005. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03773412v1</w:t>
+                <w:t xml:space="preserve">hal-01873262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filter for linear modulation based communication systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Receiver architecture for filter bank multi-carrier communication systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, Patent n° : EP3236626. DI-TBN-16-005. 2017</w:t>
+              <w:t xml:space="preserve">France, Patent n° : EP3261310. DI-TBN-16-010. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01873262v1</w:t>
+                <w:t xml:space="preserve">hal-03773412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital encoder and method of encoding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Receiver architecture for linear modulation based communication systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, Patent n° : EP16306056. 2016</w:t>
+              <w:t xml:space="preserve">France, Patent n° : EP16305752. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01873256v1</w:t>
+                <w:t xml:space="preserve">hal-01873258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Receiver architecture for linear modulation based communication systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Digital encoder and method of encoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, Patent n° : EP16305752. 2016</w:t>
+              <w:t xml:space="preserve">France, Patent n° : EP16306056. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01873258v1</w:t>
+                <w:t xml:space="preserve">hal-01873256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -19827,51 +19827,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enabling 5G new services – Post-OFDM waveforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19915,90 +19915,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New candidate waveform for 5G</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Jahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -20033,90 +20033,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible FBMC air interface for 5G</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Jahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -20151,51 +20151,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FBMC-OQAM, a candidate waveform for 5G</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20432,51 +20432,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CF195B9C"/>
+    <w:nsid w:val="D0634A08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20663,51 +20663,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amer-baghdadi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6181-6500" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067318398" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226339v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Hamdar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Nadal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Abdel Nour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amer Baghdadi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2025.3597802" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05319837v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelsalam Baltagi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehya Nasser" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCAD.2025.3625109" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04466280v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2024.3364542" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178607v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Maria Gabriel Gussen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJVT.2023.3303034" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04198351v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualid Mouhoubi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3216292" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03659297v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Alhaj Ali" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Dupraz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu L&#233;onardon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Rizk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2022.3163233" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668081v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S021812662230001X" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03344269v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Diguet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Jomaah" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10091018" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03344261v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2021.3072866" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03344273v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jezequel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Mohanna" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Atat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10617-021-09245-x" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02933285v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2020.3011522" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929812v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Najam-Ul-Islam" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Nauman" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atif Raza Jafri" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Nadal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2020.3020724" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02933398v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218126621500699" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929375v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leduc-Primeau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2020.2991995" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02276067v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218126619502281" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766062v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2018.2818883" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879650v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeue.2018.09.030" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SNG7GZWM-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01869484v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoya Onizawa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Sep&#250;lveda" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2018.2856458" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759085v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2017.2764379" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595772v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Lapotre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Gogniat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13634-017-0468-x" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779990v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13639-017-0081-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511363v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Waqas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Najam Ul Islam" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2017.2660579" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511299v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2016.2555018" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444207v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics5030050" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270780v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2015.2468926" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121754v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Purushotham Murugappa Velayuthan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael H&#252;bner" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2015.2396941" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174563v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Condo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Masera" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00034-014-9915-1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271184v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2015.2455991" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170224v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-com.2013.0869" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00732783v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Kienle" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/549768" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739630v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Haddad" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2012.2198550" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739596v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-6180-2012-131" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632765v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2011.011311.102109" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632760v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Martina" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Moussa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpro.2010.08.004" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W5L7P9PT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569878v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Muller" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2010/927920" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853650v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2008.2003164" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424173v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LES.2009.2028041" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853652v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20062209" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079214v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer-Eddine Zergainoh" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Jerraya" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334729v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jerraya A." TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008165v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arif Sasongko" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rousseau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:DAEM.0000003960.00662.d7" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5NPXBHQZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457056v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Cesario" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Jerraya" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.21.9-35" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C3BB8FD2630038201424A8429C6EF86C97967238/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008058v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gauthier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lyonnard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2692(02)00070-8" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4RBZ5S6X-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008065v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSE.2002.1033223" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05429003v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05045885v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Abdel Salam Salam" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803823v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ardianto Wibowo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Santos" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Stephenson" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168067v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC56721.2023.10293842" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385234v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Slim" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16281-7_55" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836472v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijie Ning" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP57251.2022.10039026" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698760v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Ph Diguet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04198386v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sharafaldeen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rizk" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heller" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J -Ph. Diguet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC2SPM56638.2022.9988928" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707939v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12748-9_2" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608993v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2022-Spring54318.2022.9860538" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608938v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC54825.2022.9800721" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789216v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Heller" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Douguet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS202256217.2022.9970780" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836444v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP57251.2022.10039025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668066v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/imcet53404.2021.9665518" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03279861v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Le Blevec" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Klaimi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Weithoffer" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC49272.2021.9594236" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02513024v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS45731.2020.9180549" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02502450v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS46596.2019.8964702" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02502460v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS46596.2019.8964910" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02276298v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Chamas Al Ghouwayel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMAPP.2018.8460355" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814194v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2018.8422215" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02276291v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2018.8631988" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614064v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759088v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759087v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2017.8268851" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656134v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Medjkouh" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SiPS.2017.8110013" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761355v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2017.8268885" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528137v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Johanna Sepulveda Florez" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2017.8010167" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444260v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292792v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mena Morales" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Brakni" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Horrein" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2015.7416549" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170367v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Lin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217830v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Chougrani" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schwoerer" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dehmas" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2014.7050123" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185867v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUWB.2014.6959023" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864517v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170238v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2014.6966687" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170362v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2014.6966904" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170370v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979390v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hochapfel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vaton" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933591v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873978v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#252;bner Michael" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ReCoSoC.2013.6581518" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002828v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISVLSI.2013.6654620" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876068v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876086v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876088v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876009v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058011v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2013.6735008" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876080v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873979v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2013.6571888" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876051v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCITechnology.2013.6579576" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876045v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876005v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hubner" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747714v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ReConFig.2012.6416728" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786473v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725058v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797561v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Bazin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797562v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Al Khayat" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725184v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallavi Reddy" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725057v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar David Sanchez Gonzalez" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTEL.2012.6221298" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724998v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797560v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725610v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Clermidy" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725134v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2011.5929979" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632764v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725133v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632781v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC.2010.5613904" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632784v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876106v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micaela Troglia Gamba" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632782v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSOC.2010.5625565" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632787v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488694v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424960v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2009.17" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841144v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jego" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leroux" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124754v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafic Jaber" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kanstein" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Apvrille" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Mo&#235;nner" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2009.27" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423920v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424189v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saad" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Bodereau" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2009.26" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423917v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Vacca" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423997v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Pacalet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2009.5290506" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194910v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2008.16" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194802v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DAC.2008.4555856" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424199v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194923v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2008.4541363" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194798v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280094v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136649v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Yattoun" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Labia" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Peden" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Landrac" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ney" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2007.4295879" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194929v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280092v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194947v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2006.244126" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279574v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280103v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194954v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2006.558" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137868v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Le Roux" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138091v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferid Gharsalli" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Bonaciu" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Majauskas" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008046v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Il Han" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonaciu" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soo-Ik Chae" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/996566.996636" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008037v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008052v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWRSP.2003.1207027" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380859v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yoo" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Bianchi" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393248v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008062v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nicolescu" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DAC.2002.1012730" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008086v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2001.915001" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008087v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/371636.371722" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008077v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008074v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/378239.379015" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391627v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381242v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008096v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Roudier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWRSP.2000.854975" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384189v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tambour" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690454v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Hmamouche" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Oliver Pahl" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170210v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Siohan" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Hao" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876017v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876041v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876046v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170472v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10569-7" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699677v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265185v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Daveau" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marchioro" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valderrama" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Romdhani" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124753v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Daveau" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Marchioro" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Valderrama" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Romdhani" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-387-32500-X_7" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D88BE3D1AA9B98BD5E720BDD2D106432CDA59800/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016207v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467243v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016206v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05045823v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252336v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04556909v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03774098v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873248v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873253v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03773684v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03773412v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873262v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873256v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873258v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874477v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873285v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jahan" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873296v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874482v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00002932v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/amer-baghdadi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6181-6500" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067318398" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226339v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Hamdar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Nadal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Abdel Nour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amer Baghdadi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2025.3597802" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05319837v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelsalam Baltagi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehya Nasser" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCAD.2025.3625109" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04466280v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2024.3364542" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178607v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Maria Gabriel Gussen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJVT.2023.3303034" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03659297v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Alhaj Ali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Dupraz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu L&#233;onardon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Rizk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2022.3163233" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04198351v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualid Mouhoubi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3216292" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668081v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S021812662230001X" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03344261v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2021.3072866" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03344269v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Diguet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Jomaah" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10091018" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03344273v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jezequel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Mohanna" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Atat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10617-021-09245-x" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929375v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Nadal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leduc-Primeau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2020.2991995" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02933398v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218126621500699" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02933285v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2020.3011522" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929812v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Najam-Ul-Islam" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Nauman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atif Raza Jafri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2020.3020724" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02276067v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218126619502281" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01869484v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoya Onizawa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Sep&#250;lveda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2018.2856458" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766062v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2018.2818883" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879650v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeue.2018.09.030" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SNG7GZWM-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511299v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Najam Ul Islam" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2016.2555018" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511363v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Waqas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2017.2660579" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595772v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Lapotre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Gogniat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13634-017-0468-x" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779990v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13639-017-0081-y" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759085v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2017.2764379" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270780v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2015.2468926" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121754v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Purushotham Murugappa Velayuthan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael H&#252;bner" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2015.2396941" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444207v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics5030050" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271184v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2015.2455991" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174563v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Condo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Masera" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00034-014-9915-1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170224v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-com.2013.0869" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739630v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Haddad" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2012.2198550" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739596v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-6180-2012-131" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00732783v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Kienle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/549768" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632765v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2011.011311.102109" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632760v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Martina" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Moussa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpro.2010.08.004" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W5L7P9PT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569878v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Muller" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2010/927920" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853650v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2008.2003164" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424173v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LES.2009.2028041" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853652v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20062209" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079214v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer-Eddine Zergainoh" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Jerraya" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334729v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jerraya A." TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008165v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arif Sasongko" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rousseau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:DAEM.0000003960.00662.d7" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5NPXBHQZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008058v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Cesario" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gauthier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lyonnard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0026-2692(02)00070-8" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4RBZ5S6X-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008065v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSE.2002.1033223" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457056v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Jerraya" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.21.9-35" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C3BB8FD2630038201424A8429C6EF86C97967238/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05429003v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05045885v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Abdel Salam Salam" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803823v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ardianto Wibowo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Santos" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Stephenson" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168067v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC56721.2023.10293842" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385234v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Slim" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16281-7_55" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04198386v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sharafaldeen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rizk" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heller" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J -Ph. Diguet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC2SPM56638.2022.9988928" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608993v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2022-Spring54318.2022.9860538" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707939v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12748-9_2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698760v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Ph Diguet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836472v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijie Ning" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP57251.2022.10039026" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608938v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC54825.2022.9800721" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789216v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Heller" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Douguet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS202256217.2022.9970780" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836444v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP57251.2022.10039025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03279861v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Le Blevec" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Klaimi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Weithoffer" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC49272.2021.9594236" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668066v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/imcet53404.2021.9665518" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02513024v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS45731.2020.9180549" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02502450v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS46596.2019.8964702" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02502460v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS46596.2019.8964910" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814194v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2018.8422215" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02276291v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2018.8631988" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02276298v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Chamas Al Ghouwayel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMAPP.2018.8460355" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656134v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Medjkouh" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SiPS.2017.8110013" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759088v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759087v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2017.8268851" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614064v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761355v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2017.8268885" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528137v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Johanna Sepulveda Florez" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2017.8010167" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444260v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292792v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mena Morales" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Brakni" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Horrein" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2015.7416549" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170238v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2014.6966687" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864517v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185867v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Chougrani" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schwoerer" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUWB.2014.6959023" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217830v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dehmas" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2014.7050123" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170362v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Lin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2014.6966904" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170370v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979390v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hochapfel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vaton" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170367v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876086v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876088v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876009v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002828v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISVLSI.2013.6654620" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876068v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873978v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#252;bner Michael" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ReCoSoC.2013.6581518" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933591v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876080v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058011v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2013.6735008" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873979v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2013.6571888" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876051v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCITechnology.2013.6579576" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876045v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876005v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hubner" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725184v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallavi Reddy" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Al Khayat" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Bazin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797561v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797562v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725058v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725057v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar David Sanchez Gonzalez" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTEL.2012.6221298" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786473v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747714v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ReConFig.2012.6416728" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632764v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725133v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725610v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Clermidy" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725134v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2011.5929979" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724998v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797560v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876106v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micaela Troglia Gamba" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632782v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSOC.2010.5625565" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632784v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632787v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488694v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632781v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC.2010.5613904" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423920v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124754v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafic Jaber" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kanstein" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Apvrille" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Mo&#235;nner" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2009.27" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424189v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saad" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Bodereau" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2009.26" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423917v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Vacca" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423997v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Pacalet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2009.5290506" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424960v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2009.17" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841144v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jego" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leroux" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194923v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2008.4541363" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424199v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194802v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DAC.2008.4555856" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194798v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194910v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2008.16" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194929v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136649v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Yattoun" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Labia" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Peden" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Landrac" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ney" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2007.4295879" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280094v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280092v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280103v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279574v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194947v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2006.244126" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194954v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2006.558" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137868v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Le Roux" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138091v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferid Gharsalli" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Bonaciu" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Majauskas" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008046v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Il Han" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonaciu" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soo-Ik Chae" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/996566.996636" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008037v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008052v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWRSP.2003.1207027" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380859v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yoo" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Bianchi" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393248v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008062v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nicolescu" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DAC.2002.1012730" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008087v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/371636.371722" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008077v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008074v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/378239.379015" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391627v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008086v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2001.915001" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381242v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008096v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Roudier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWRSP.2000.854975" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384189v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tambour" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690454v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Hmamouche" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Oliver Pahl" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170210v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Siohan" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Hao" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876041v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876017v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876046v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170472v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10569-7" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699677v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124753v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Daveau" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Marchioro" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Valderrama" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Romdhani" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-387-32500-X_7" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D88BE3D1AA9B98BD5E720BDD2D106432CDA59800/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265185v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Daveau" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marchioro" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valderrama" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Romdhani" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016207v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467243v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016206v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04556909v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252336v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05045823v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03774098v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873248v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873253v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03773684v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873262v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03773412v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873258v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873256v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874477v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873285v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jahan" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873296v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874482v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00002932v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>