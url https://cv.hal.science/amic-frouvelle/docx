--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,213 +100,213 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macroscopic limit of a Fokker-Planck model of swarming rigid bodies</w:t>
+                <w:t xml:space="preserve">Body-attitude coordination in arbitrary dimension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Degond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Frouvelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Mathematics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Panoramas et synthèses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 65, pp.1--48</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04173242v2</w:t>
+                <w:t xml:space="preserve">hal-03423952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Body-attitude coordination in arbitrary dimension</w:t>
+                <w:t xml:space="preserve">Macroscopic limit of a Fokker-Planck model of swarming rigid bodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Degond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Frouvelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Panoramas et synthèses</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Applied Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 36, pp.349-397. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0956792524000111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03423952v1</w:t>
+                <w:t xml:space="preserve">hal-04173242v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Fisher infinitesimal model without variability</w:t>
               </w:r>
@@ -396,51 +396,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperbolicity and non-conservativity of a hydrodynamic model of swarming rigid bodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Degond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Frouvelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Merino-Aceituno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2246,64 +2246,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swarming by curvature control in arbitrary dimension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Degond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Frouvelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2584,51 +2584,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173242v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Degond" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Frouvelle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956792524000111" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423952v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Diez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168272v4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amic Frouvelle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Taing" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-024-03386-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833710v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Merino-Aceituno" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Trescases" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/qam/1651" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784344v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Kanzler" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schmeiser" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2023059" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275272v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Degond" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Guo Liu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2021047" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126060v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Diez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Merino Aceituno" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00332-020-09632-x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962259v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Merino-Aceituno" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Trescases" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534887v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218202517400085" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811454v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00205-014-0800-7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962234v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Raoul" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-014-1062-3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621766v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00332-012-9157-y" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816752v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Motsch" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Navoret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438174v3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S021820251250011X" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555006v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/110823912" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615222v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Arichetogaray" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2011.4.901" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765704v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027574v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82946-9_7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894368v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-15096-9_16" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894363v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-15096-9_2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05392902v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04034643v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423952v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Degond" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Diez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Frouvelle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173242v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956792524000111" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168272v4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amic Frouvelle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Taing" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-024-03386-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833710v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Merino-Aceituno" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Trescases" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/qam/1651" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784344v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Kanzler" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schmeiser" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2023059" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275272v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Degond" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Guo Liu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2021047" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126060v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Diez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Merino Aceituno" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00332-020-09632-x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962259v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Merino-Aceituno" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Trescases" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534887v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218202517400085" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811454v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00205-014-0800-7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962234v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Raoul" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-014-1062-3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621766v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00332-012-9157-y" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816752v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Motsch" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Navoret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438174v3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S021820251250011X" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555006v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/110823912" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615222v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Arichetogaray" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2011.4.901" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765704v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027574v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82946-9_7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894368v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-15096-9_16" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894363v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-15096-9_2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05392902v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04034643v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>