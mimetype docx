--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -509,264 +509,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04856872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Politiques de la violence</w:t>
+                <w:t xml:space="preserve">Cheminements révolutionnaires. Un an de mobilisations en Algérie (2019-2020)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Dorronsoro</w:t>
+                <w:t xml:space="preserve">Layla Baamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Grojean</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Leyla Dakhli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karthala</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9782811129378</w:t>
+                <w:t xml:space="preserve">Giulia Fabbiano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03857190v1</w:t>
+                <w:t xml:space="preserve">halshs-03857167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheminements révolutionnaires. Un an de mobilisations en Algérie (2019-2020)</w:t>
+                <w:t xml:space="preserve">Politiques de la violence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dorronsoro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Grojean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karthala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9782811129378</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layla Baamara</w:t>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">halshs-03857167v1</w:t>
+                <w:t xml:space="preserve">halshs-03857190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Esprit de la révolte. Archives et actualité des révolutions arabes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Dakhli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -834,296 +834,296 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03036935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction aux mondes arabes en (r)évolution</w:t>
+                <w:t xml:space="preserve">Quand l'industrie proteste : fondements moraux des (in)soumissions ouvrières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assia Boutaleb</w:t>
+                <w:t xml:space="preserve">Myriam Catusse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Vannetzel</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2018</w:t>
+                <w:t xml:space="preserve">Montserrat Emperador Badimon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes, 2018, Res Publica, 978-2-7535-7440-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03857157v1</w:t>
+                <w:t xml:space="preserve">halshs-01860584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand l'industrie proteste : fondements moraux des (in)soumissions ouvrières</w:t>
+                <w:t xml:space="preserve">Tunisie : une démocratisation au dessus de tout soupçon ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Geisser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Catusse</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Presses universitaires de Rennes, 2018, Res Publica, 978-2-7535-7440-3</w:t>
+                <w:t xml:space="preserve">Cnrs éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 978-2-271-11807-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01860584v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02110641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunisie : une démocratisation au dessus de tout soupçon ?</w:t>
+                <w:t xml:space="preserve">Introduction aux mondes arabes en (r)évolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assia Boutaleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Geisser</w:t>
+                <w:t xml:space="preserve">Marie Vannetzel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cnrs éditions</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 978-2-271-11807-3</w:t>
+                <w:t xml:space="preserve">De Boeck Supérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02110641v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03857157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turquie autoritaire, turquie contestataire</w:t>
               </w:r>
@@ -1422,51 +1422,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cité étudiante ou les ambivalences de l’engagement et de la mobilité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layla Baamara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mondes arabes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, N° 8 (2), pp.11-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1563,326 +1563,326 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04945434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le choix et la constance. Parcours et enjeux de recherche</w:t>
+                <w:t xml:space="preserve">Introduction. Aréal parce que je le vaux bien !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assia Boutaleb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Camau</w:t>
+                <w:t xml:space="preserve">Manon-Nour Tannous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mondes arabes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Faire des sciences sociales du politique, 1, pp.143-164. </w:t>
+              <w:t xml:space="preserve">, 2022, Faire des sciences sociales du politique, 1 (1), pp.5-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/machr2.001.0143⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/machr2.001.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03858077v1</w:t>
+                <w:t xml:space="preserve">halshs-03857293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Aréal parce que je le vaux bien !</w:t>
+                <w:t xml:space="preserve">Les constructions illégales de la révolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Manon-Nour Tannous</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef El Chazli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mondes arabes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Faire des sciences sociales du politique, 1 (1), pp.5-15. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/machr2.001.0005⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 1 (1), pp.19-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/machr2.001.0019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03857293v1</w:t>
+                <w:t xml:space="preserve">hal-03932290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les constructions illégales de la révolution</w:t>
+                <w:t xml:space="preserve">Le choix et la constance. Parcours et enjeux de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Youssef El Chazli</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assia Boutaleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Camau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mondes arabes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 1 (1), pp.19-45. </w:t>
+              <w:t xml:space="preserve">, 2022, Faire des sciences sociales du politique, 1, pp.143-164. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/machr2.001.0019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/machr2.001.0143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03932290v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03858077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hirak, Algérie en révolution(s). Éditorial</w:t>
               </w:r>
@@ -2442,416 +2442,416 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02487570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disillusioning tomorrows? Toward a sociology of moments of restoration</w:t>
+                <w:t xml:space="preserve">Des lendemains qui déchantent ? Pour une sociologie des moments de restauration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vannetzel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politique africaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 146</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 146 (2), pp.5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/polaf.146.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03858250v1</w:t>
+                <w:t xml:space="preserve">hal-03614605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des lendemains qui déchantent ? Pour une sociologie des moments de restauration</w:t>
+                <w:t xml:space="preserve">Des lendemains qui déchantent ? Pour une sociologie des moments de restauration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vannetzel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politique africaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 146 (2), pp.5. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, Politique africaine, 146, pp.5-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/polaf.146.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/polaf.146.0005⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03614605v1</w:t>
+                <w:t xml:space="preserve">hal-03101269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des lendemains qui déchantent ? Pour une sociologie des moments de restauration</w:t>
+                <w:t xml:space="preserve">Éditorial : Turquie autoritaire, Turquie contestataire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Deboulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noé Le Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gulcin Lelandais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Massicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politique africaine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Mouvements, 90 (2), pp.7-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03101269v1</w:t>
+                <w:t xml:space="preserve">hal-02460837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditorial : Turquie autoritaire, Turquie contestataire</w:t>
+                <w:t xml:space="preserve">Disillusioning tomorrows? Toward a sociology of moments of restoration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Vannetzel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Mouvements, 90 (2), pp.7-9</w:t>
+              <w:t xml:space="preserve">Politique africaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02460837v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03858250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser global, agir dans un bocal&amp;quot;. Participation locale, régulation néo-libérale et situation autoritaire en Tunisie</w:t>
               </w:r>
@@ -3056,174 +3056,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02555502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supporters ou révolutionnaires ? Les ultras du Caire. Entretien avec Céline Lebrun</w:t>
+                <w:t xml:space="preserve">Éditorial : Peut-on être de gauche et aimer le football ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Mouvements, 78 (2), pp.110-116. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2014, Mouvements, 78 (2), pp.7-12</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03109332v1</w:t>
+                <w:t xml:space="preserve">hal-02460842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditorial : Peut-on être de gauche et aimer le football ?</w:t>
+                <w:t xml:space="preserve">Supporters ou révolutionnaires ? Les ultras du Caire. Entretien avec Céline Lebrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Mouvements, 78 (2), pp.7-12</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, Mouvements, 78 (2), pp.110-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mouv.078.0110⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02460842v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03109332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on aimer le football?</w:t>
               </w:r>
@@ -3410,809 +3410,809 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03858278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avant on tenait le mur, maintenant on tient le quartier !</w:t>
+                <w:t xml:space="preserve">Des révoltes de Gafsa à la situation révolutionnaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politique africaine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Lettre de l'IRMC : Institut de recherche sur le Maghreb contemporain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6, pp.10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03858306v1</w:t>
+                <w:t xml:space="preserve">hal-03859639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle relève à Tunis ?</w:t>
+                <w:t xml:space="preserve">Il movimento e i suoi problemi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Monde Diplomatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, pp.14</w:t>
+              <w:t xml:space="preserve">Revue Lostraniero</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 131, pp.37-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859575v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Il movimento e i suoi problemi</w:t>
+                <w:t xml:space="preserve">Enjeux politiques en Tunisie des protestations de 2008 à la fuite de Ben Ali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Lostraniero</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 131, pp.37-40</w:t>
+              <w:t xml:space="preserve">Moyen-Orient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Révolutions, le réveil du monde arabe, 10, pp.26-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859612v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des révoltes de Gafsa à la situation révolutionnaire</w:t>
+                <w:t xml:space="preserve">Opérations révolutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Samir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef El Chazli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerim Bouzouita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Lettre de l'IRMC : Institut de recherche sur le Maghreb contemporain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 6, pp.10</w:t>
+              <w:t xml:space="preserve">Vacarme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 57, pp.185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859639v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux politiques en Tunisie des protestations de 2008 à la fuite de Ben Ali</w:t>
+                <w:t xml:space="preserve">Premesse dell'ingresso in politica dei giovani a Tunisi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Moyen-Orient</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Révolutions, le réveil du monde arabe, 10, pp.26-32</w:t>
+              <w:t xml:space="preserve">Revue Twaï</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859600v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opérations révolutions</w:t>
+                <w:t xml:space="preserve">Les mouvements protestataires de Gafsa (Tunisie) et Sidi Ifni (Maroc) de 2005 à 2009</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kerim Bouzouita</w:t>
+                <w:t xml:space="preserve">Karine Bennafla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vacarme</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Tiers Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, HS (5), pp.27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rtm.hs01.0027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859566v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premesse dell'ingresso in politica dei giovani a Tunisi</w:t>
+                <w:t xml:space="preserve">La Tunisie de l’après-Ben Ali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Geisser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Twaï</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cultures &amp; conflits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 83, pp.118 - 125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/conflits.18216⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859607v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01681947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Tunisie de l’après-Ben Ali</w:t>
+                <w:t xml:space="preserve">Chronicle of a Revolutionary Moment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Geisser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cultures &amp; conflits</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Idiomag</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01681947v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronicle of a Revolutionary Moment</w:t>
+                <w:t xml:space="preserve">Quelle relève à Tunis ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Idiomag</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011</w:t>
+              <w:t xml:space="preserve">Le Monde Diplomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859616v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mouvements protestataires de Gafsa (Tunisie) et Sidi Ifni (Maroc) de 2005 à 2009</w:t>
+                <w:t xml:space="preserve">Avant on tenait le mur, maintenant on tient le quartier !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karine Bennafla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Tiers Monde</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, HS (5), pp.27. </w:t>
+              <w:t xml:space="preserve">Politique africaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, La Tunisie en révolution ?, 121, pp.53-68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rtm.hs01.0027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/polaf.121.0053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02431724v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03858306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réformes néolibérales, clientélismes et protestations en situation autoritaire</w:t>
               </w:r>
@@ -4569,372 +4569,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03858968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Introduction : &amp;quot;Good-Bye Ben Ali !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amin Allal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Geisser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tunisie : une démocratisation au dessus de tout soupçon ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.9-41, 2018</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cnrs éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 9-41, 2018, 978-2-271-11807-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02317505v1</w:t>
+                <w:t xml:space="preserve">hal-02110666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction : &amp;quot;Good-Bye Ben Ali !</w:t>
+                <w:t xml:space="preserve">Neoliberal reforms, Patronage and Protest Movements in an Authoritarian Context : The cas of the Gafsa mining region in Tunisia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Hibou; B. Samuel; L. Fouchard. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tunisie : une démocratisation au dessus de tout soupçon ?</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, p. 9-41, 2018, 978-2-271-11807-3</w:t>
+              <w:t xml:space="preserve">The Spirits of Neoliberal Reforms and Everyday Politics of the State in Africa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Amalion Publishing, pp.127-147, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02110666v1</w:t>
+                <w:t xml:space="preserve">halshs-03858966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neoliberal reforms, Patronage and Protest Movements in an Authoritarian Context : The cas of the Gafsa mining region in Tunisia</w:t>
+                <w:t xml:space="preserve">En attendant le grand soir : comparer les fondements moraux des (in)soumission ouvrières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Catusse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montserrat Emperador Badimon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Spirits of Neoliberal Reforms and Everyday Politics of the State in Africa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Amalion Publishing, pp.127-147, 2018</w:t>
+              <w:t xml:space="preserve">Quand l’industrie proteste. Fondements moraux des (in)soumissions ouvrières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.11-32, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03858966v1</w:t>
+                <w:t xml:space="preserve">halshs-03858967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">En attendant le grand soir : comparer les fondements moraux des (in)soumission ouvrières</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Geisser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Montserrat Emperador Badimon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quand l’industrie proteste. Fondements moraux des (in)soumissions ouvrières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.11-32, 2018</w:t>
+              <w:t xml:space="preserve">Tunisie : une démocratisation au dessus de tout soupçon ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.9-41, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03858967v1</w:t>
+                <w:t xml:space="preserve">halshs-02317505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les partis se tiennent par leurs noyaux durs&amp;quot; ? Jalons pour une analyse du lien partisan</w:t>
               </w:r>
@@ -5387,186 +5387,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03859403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opposition within the State: Governance in Egypt, Morocco and Tunisia</w:t>
+                <w:t xml:space="preserve">Ici, si ça ne ‘bouge’ pas ça n’avance pas !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Holger Albrecht. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Myriam Catusse; Blandine Destremau; Éric Verdier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contentious Politics in the Middle East: Political Opposition under Authoritarianism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Press of Florida, pp.181-204, 2010</w:t>
+              <w:t xml:space="preserve">L’État face aux débordements du social au Maghreb. Formation, travail et protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Karthala, pp.173-186, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03859411v1</w:t>
+                <w:t xml:space="preserve">hal-03859431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ici, si ça ne ‘bouge’ pas ça n’avance pas !</w:t>
+                <w:t xml:space="preserve">Opposition within the State: Governance in Egypt, Morocco and Tunisia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Myriam Catusse; Blandine Destremau; Éric Verdier. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Kohstall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Holger Albrecht. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’État face aux débordements du social au Maghreb. Formation, travail et protection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Karthala, pp.173-186, 2010</w:t>
+              <w:t xml:space="preserve">Contentious Politics in the Middle East: Political Opposition under Authoritarianism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Press of Florida, pp.181-204, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859431v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le parachutage raté d’un héritier politique socialiste.</w:t>
               </w:r>
@@ -5752,51 +5752,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tunisie : La fin de l’autoritarisme en questions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Catusse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Collège d'Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Varsovie, Pologne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5911,51 +5911,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="874FFF71"/>
+    <w:nsid w:val="D34100A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6059,51 +6059,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="AEFCF86F"/>
+    <w:nsid w:val="8D304A5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6293,51 +6293,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04856872v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Yon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rouxel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Quijoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Allal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Slim Ben Youssef" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesciencespo.fr/fr/book/?gcoi=27246100452250" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857190v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dorronsoro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grojean" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/politiques-de-la-violence--9782811129378.htm?contenu=presentation" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857167v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Baamara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Dakhli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Fabbiano" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/relations-internationales/cheminements-revolutionnaires/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036935v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kmar Bendana" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Slim Benyoussef" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef El Chazli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857157v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Boutaleb" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vannetzel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807306035-introduction-aux-mondes-arabes-en-revolution" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01860584v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Catusse" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Emperador Badimon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02110641v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Geisser" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr/science-politique/7646-tunisie.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684940v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Deboulet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allal Amin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanc No&#233; Le" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lelandais G&#252;l&#231;in" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Massicard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02466570v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bu&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857239v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pierret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471802v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr2.008.0011" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04945434v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858077v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Camau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr2.001.0143" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857293v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon-Nour Tannous" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr2.001.0005" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932290v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr2.001.0019" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858112v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Chekkar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalia Chenoufi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Gu&#233;nif-Souilamas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Geze" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.102.0007" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955040v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.087.0015" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102687v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Benzenine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Dris" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Souiah" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.102.0057" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102673v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois G&#232;ze" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Gu&#233;nif" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02487570v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Scala" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Longuenesse" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/come.111.0009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858250v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614605v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.146.0005" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03101269v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02460837v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Le Blanc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulcin Lelandais" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03109308v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.162.0153" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03101316v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pouv.156.0017" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02555502v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03109332v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.078.0110" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02460842v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03221077v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859534v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858278v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858306v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.121.0053" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859575v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859612v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859639v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859600v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859566v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Samir" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerim Bouzouita" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859607v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01681947v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.18216" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859616v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431724v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bennafla" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.hs01.0027" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858338v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858325v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858357v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858369v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858968v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02317505v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02110666v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858966v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858967v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03198682v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858971v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859393v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859371v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859381v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859403v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859411v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kohstall" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859431v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859522v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.tn/books?id=MqXCPnS1OWEC&amp;amp;pg=PA75&amp;amp;lpg=PA75&amp;amp;dq=Le+parachutage+rat%C3%A9+d%E2%80%99un+h%C3%A9ritier+politique+socialiste.+La+campagne+USFP+dans+la+circonscription+de+Tanger-Assilah&amp;amp;source=bl&amp;amp;ots=Fkq0oosR87&amp;amp;sig=ACfU3U3rcGmugyxFhwuchLp5253_gsv1nA&amp;amp;hl=fr&amp;amp;sa=X&amp;amp;ved=2ahUKEwjtjcTUxrf7AhWRi_0HHV2cCWQQ6AF6BAgKEAM#v=onepage&amp;amp;q=Le%20parachutage%20rat%C3%A9%20d%E2%80%99un%20h%C3%A9ritier%20politique%20socialiste.%20La%20campagne%20USFP%20dans%20la%20circonscription%20de%20Tanger-Assilah&amp;amp;f=false" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500614v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03166443v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04856872v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Yon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rouxel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Quijoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Allal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Slim Ben Youssef" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesciencespo.fr/fr/book/?gcoi=27246100452250" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857167v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Baamara" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Dakhli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Fabbiano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/relations-internationales/cheminements-revolutionnaires/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857190v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dorronsoro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grojean" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/politiques-de-la-violence--9782811129378.htm?contenu=presentation" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036935v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kmar Bendana" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Slim Benyoussef" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef El Chazli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01860584v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Catusse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Emperador Badimon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02110641v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Geisser" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr/science-politique/7646-tunisie.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857157v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Boutaleb" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vannetzel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807306035-introduction-aux-mondes-arabes-en-revolution" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684940v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Deboulet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allal Amin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanc No&#233; Le" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lelandais G&#252;l&#231;in" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Massicard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02466570v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bu&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857239v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pierret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471802v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr2.008.0011" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04945434v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857293v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon-Nour Tannous" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr2.001.0005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932290v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr2.001.0019" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858077v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Camau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr2.001.0143" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858112v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Chekkar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalia Chenoufi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Gu&#233;nif-Souilamas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Geze" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.102.0007" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955040v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.087.0015" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102687v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Benzenine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Dris" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Souiah" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.102.0057" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102673v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois G&#232;ze" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Gu&#233;nif" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02487570v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Scala" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Longuenesse" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/come.111.0009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614605v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.146.0005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03101269v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02460837v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Le Blanc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulcin Lelandais" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858250v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03109308v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.162.0153" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03101316v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pouv.156.0017" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02555502v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02460842v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03109332v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.078.0110" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03221077v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859534v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858278v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859639v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859612v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859600v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859566v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Samir" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerim Bouzouita" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859607v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431724v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bennafla" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.hs01.0027" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01681947v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.18216" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859616v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859575v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858306v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.121.0053" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858338v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858325v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858357v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858369v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858968v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02110666v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858966v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858967v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02317505v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03198682v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03858971v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859393v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859371v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859381v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859403v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859431v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859411v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kohstall" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859522v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.tn/books?id=MqXCPnS1OWEC&amp;amp;pg=PA75&amp;amp;lpg=PA75&amp;amp;dq=Le+parachutage+rat%C3%A9+d%E2%80%99un+h%C3%A9ritier+politique+socialiste.+La+campagne+USFP+dans+la+circonscription+de+Tanger-Assilah&amp;amp;source=bl&amp;amp;ots=Fkq0oosR87&amp;amp;sig=ACfU3U3rcGmugyxFhwuchLp5253_gsv1nA&amp;amp;hl=fr&amp;amp;sa=X&amp;amp;ved=2ahUKEwjtjcTUxrf7AhWRi_0HHV2cCWQQ6AF6BAgKEAM#v=onepage&amp;amp;q=Le%20parachutage%20rat%C3%A9%20d%E2%80%99un%20h%C3%A9ritier%20politique%20socialiste.%20La%20campagne%20USFP%20dans%20la%20circonscription%20de%20Tanger-Assilah&amp;amp;f=false" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500614v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03166443v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>