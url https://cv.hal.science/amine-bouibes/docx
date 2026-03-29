--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -529,2044 +529,1733 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04137629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural stability of belite sulfoaluminate clinkering polymorphs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of advanced electrolytes in Na-ion batteries: application of the Red Moon method for molecular structure design of the SEI layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bouibes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Laanaiya</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Bouibes</w:t>
+                <w:t xml:space="preserve">Norio Takenaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Zaoui</w:t>
+                <w:t xml:space="preserve">Kei Kubota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shinichi Komaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masataka Nagaoka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Ionics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ssi.2021.115641⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (2), pp.971-984. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1RA07333H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04137614v1</w:t>
+                <w:t xml:space="preserve">hal-04137594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of advanced electrolytes in Na-ion batteries: application of the Red Moon method for molecular structure design of the SEI layer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Frontiers in Theoretical Analysis of Solid Electrolyte Interphase Formation Mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norio Takenaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Bouibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kei Kubota</w:t>
+                <w:t xml:space="preserve">Yuki Yamada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masataka Nagaoka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shinichi Komaba</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Masataka Nagaoka</w:t>
+                <w:t xml:space="preserve">Atsuo Yamada</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (2), pp.971-984. </w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (37), pp.2100574. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D1RA07333H⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adma.202100574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04137594v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04137568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frontiers in Theoretical Analysis of Solid Electrolyte Interphase Formation Mechanism</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Amine Bouibes</w:t>
+                <w:t xml:space="preserve">Ground state properties of fluorine from DFT-hybrid functional</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majdouline Laanaiya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bouibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuki Yamada</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Atsuo Yamada</w:t>
+                <w:t xml:space="preserve">Ali Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adma.202100574⟩</w:t>
+              <w:t xml:space="preserve">Vacuum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 187, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vacuum.2021.110118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04137568v1</w:t>
+                <w:t xml:space="preserve">hal-03256545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ground state properties of fluorine from DFT-hybrid functional</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High-pressure phase transitions of forsterite from first-principles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bouibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vacuum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vacuum.2021.110118⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 136, pp.109161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2019.109161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03256545v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03256477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-pressure phase transitions of forsterite from first-principles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ali Zaoui</w:t>
+                <w:t xml:space="preserve">Theoretically predicting the feasibility of highly-fluorinated ethers as promising diluents for non-flammable concentrated electrolytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bouibes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumen Saha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masataka Nagaoka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 136, pp.109161. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.21966. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2019.109161⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-79038-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04137609v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04137600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretically predicting the feasibility of highly-fluorinated ethers as promising diluents for non-flammable concentrated electrolytes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Understanding why Alite is responsible of the main mechanical characteristics in Portland cement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soumen Saha</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Masataka Nagaoka</w:t>
+                <w:t xml:space="preserve">M. Laanaiya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bouibes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.21966. </w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 126, pp.105916. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-79038-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2019.105916⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04137600v1</w:t>
+                <w:t xml:space="preserve">hal-04137581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-pressure phase transitions of forsterite from first-principles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ali Zaoui</w:t>
+                <w:t xml:space="preserve">Microscopic Origin of the Solid Electrolyte Interphase Formation in Fire-Extinguishing Electrolyte: Formation of Pure Inorganic Layer in High Salt Concentration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bouibes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norio Takenaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumen Saha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masataka Nagaoka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2019.109161⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (19), pp.5949-5955. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.9b02392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03256477v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04137590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding why Alite is responsible of the main mechanical characteristics in Portland cement</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Promising optical characteristics of zinc peroxide from first-principles investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bouibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ahuja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Solid State Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 263, pp.106--124</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-03254321v1</w:t>
+                <w:t xml:space="preserve">hal-03254183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding why Alite is responsible of the main mechanical characteristics in Portland cement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Concentration Effect of Fluoroethylene Carbonate on the Formation of Solid Electrolyte Interphase Layer in Sodium-Ion Batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bouibes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Laanaiya</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Bouibes</w:t>
+                <w:t xml:space="preserve">Norio Takenaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takuya Fujie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Zaoui</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kei Kubota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shinichi Komaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2019.105916⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (34), pp.28525-28532. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.8b07530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04137581v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04137424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic Origin of the Solid Electrolyte Interphase Formation in Fire-Extinguishing Electrolyte: Formation of Pure Inorganic Layer in High Salt Concentration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microscopic Formation Mechanism of Solid Electrolyte Interphase Film in Lithium-Ion Batteries with Highly Concentrated Electrolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norio Takenaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takuya Fujie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Bouibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Yamada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atsuo Yamada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.9b02392⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122 (5), pp.2564-2571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b11650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04137590v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04137573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic Formation Mechanism of Solid Electrolyte Interphase Film in Lithium-Ion Batteries with Highly Concentrated Electrolyte</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Amine Bouibes</w:t>
+                <w:t xml:space="preserve">Promising optical characteristics of zinc peroxide from first-principles investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bouibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuki Yamada</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ali Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ahuja</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b11650⟩</w:t>
+              <w:t xml:space="preserve">Solid State Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 263, pp.6-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ssc.2017.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04137573v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04137622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promising optical characteristics of zinc peroxide from first-principles investigation</w:t>
+                <w:t xml:space="preserve">Investigating new polyphorms of Zn–O from variable composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bouibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Zaoui</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Ahuja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid State Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 263, pp.106--124</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 220, pp.36-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ssc.2015.07.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03254183v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04137598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concentration Effect of Fluoroethylene Carbonate on the Formation of Solid Electrolyte Interphase Layer in Sodium-Ion Batteries</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A route to possible civil engineering materials: the case of high-pressure phases of lime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bouibes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.8b07530⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (1), pp.12330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep12330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04137424v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04137616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promising optical characteristics of zinc peroxide from first-principles investigation</w:t>
+                <w:t xml:space="preserve">High-pressure polymorphs of ZnCO3: Evolutionary crystal structure prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bouibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Zaoui</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Ahuja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ssc.2017.06.012⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (1), pp.5172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep05172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04137622v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04137579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating new polyphorms of Zn–O from variable composition</w:t>
+                <w:t xml:space="preserve">Bonds, bands and elasticity of smithsonite rock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bouibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Tunega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid State Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 220, pp.36-38. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ssc.2015.07.004⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 166, pp.76-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ssc.2013.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
-              <w:r>
-[...274 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04137586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId74"/>
+      <w:footerReference w:type="default" r:id="rId70"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2713,51 +2402,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685051v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouail Reguieg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bouibes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Lacarri&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.137763" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542746v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouibes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdouline Laanaiya" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.19811" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137627v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nisrine Sakaki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masataka Nagaoka" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.2c06224" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137629v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aslam Kunhi Mohamed" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bauchy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziga Casar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21809/rilemtechlett.2022.175" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137614v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laanaiya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zaoui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssi.2021.115641" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137594v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norio Takenaka" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei Kubota" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichi Komaba" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1RA07333H" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137568v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Yamada" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsuo Yamada" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202100574" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256545v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vacuum.2021.110118" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137609v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2019.109161" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137600v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumen Saha" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79038-y" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256477v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254321v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2019.105916" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W6J30CJ8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137581v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137590v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.9b02392" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137573v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Fujie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b11650" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254183v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Luo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ahuja" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137424v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b07530" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137622v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2017.06.012" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5D9Z9RF6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137598v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2015.07.004" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5G4FPT8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137616v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep12330" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137579v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep05172" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137586v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tunega" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2013.05.005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X8MSNF3F-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685051v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouail Reguieg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bouibes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Lacarri&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.137763" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542746v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouibes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdouline Laanaiya" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.19811" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137627v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nisrine Sakaki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masataka Nagaoka" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.2c06224" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137629v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aslam Kunhi Mohamed" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bauchy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziga Casar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21809/rilemtechlett.2022.175" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137594v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norio Takenaka" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei Kubota" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichi Komaba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1RA07333H" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137568v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Yamada" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsuo Yamada" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202100574" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256545v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zaoui" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vacuum.2021.110118" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256477v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2019.109161" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137600v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumen Saha" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79038-y" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137581v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laanaiya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2019.105916" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W6J30CJ8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137590v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.9b02392" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254183v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Luo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ahuja" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137424v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Fujie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b07530" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137573v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b11650" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137622v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2017.06.012" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5D9Z9RF6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137598v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2015.07.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5G4FPT8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137616v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep12330" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137579v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep05172" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04137586v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tunega" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2013.05.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X8MSNF3F-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>