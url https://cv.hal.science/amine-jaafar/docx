--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Amine JAAFAR </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-mortem analysis of high-frequency current ripples effects on HT-PEMFC aging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Stodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 138, pp.175-182. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.IJHYDENE.2025.05.145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formations autour des systèmes hydrogène sur le futur Technocampus Hydrogène Occitanie dans le cadre du projet GENHYO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlie Heuls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Parache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Plait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 24 (27), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20250027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05518755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of a post-processing methodology to readjust the voltage of a high-temperature PEM fuel cell according to the atmospheric pressure on a 2753h aging test at different constant currents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Escande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Grignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofyane Abbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 97, pp.727-737. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.11.322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Courbes de Polarisation de deux stacks de pile à Combustible à Oxyde Solide (SOFC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zineb Takarli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Chnani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Chrenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Péra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier de la donnée en Bourgogne-Franche-Comté dat@UBFC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25666/DATAUBFC-2025-07-08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05518665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aging modeling and lifetime prediction of a proton exchange membrane fuel cell using an extended Kalman filter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serigne Daouda Pene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gamboa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Savy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 234, pp.151-168. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matcom.2025.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583935v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steady-State Voltage Modelling of a HT-PEMFC under Various Operating Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jollys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (3), pp.573. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en17030573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Air Over-Stoichiometry Dependent Voltage Model for HT-PEMFC MEAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jollys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (12), pp.3002. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en17123002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage reconstruction laws based on operating conditions for a low-temperature PEM fuel cell cycling a mission profile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Grignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rakotondrainibe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Guenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 92, pp.949-958. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.10.267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post mortem Study of Catalyst Degradations Occurring in High-Temperature Proton Exchange Membrane Fuel Cells Upon Start-Stop Operation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Roussel-Dherbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Berthomé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of The Electrochemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 171 (10), pp.104513. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/1945-7111/ad8599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of high frequency current ripples on the degradation of high-temperature PEM fuel cells (HT-PEMFC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48 (54), pp.20734-20742. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijhydene.2023.03.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the potential degradation due to the polarization curve of a high temperature proton exchange membrane fuel cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofyane Abbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48 (54), pp.20945-20956. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijhydene.2022.12.344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04285372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage Readjustment Methodology According to Pressure and Temperature Applied to a High Temperature PEM Fuel Cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rondeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofyane Abbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (9), pp.3031. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en15093031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of cadmium ions biosorption by fish scale from aqueous solutions using factorial design analysis and Monte Carlo simulation studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Darchen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.E. Hamzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Lakbaibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Driouich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (1), pp.104727. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jece.2020.104727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03157951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Sizing of a Fuel Cell-Lithium-Ion Battery Direct Hybridization System for Aeronautical Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Scohy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (22), pp.7655. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en14227655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing Tests at Constant Currents and Associated Modeling of High Temperature PEMFC MEAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.‐b. Jollys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuel Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (3), pp.272-284. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fuce.201900086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of an Aging Estimation Tool for a PEM Fuel Cell Submitted to a Mission Profile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Pessot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuel Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (3), pp.253-262. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fuce.201900083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution to the modelling of a low temperature PEM fuel cell in aeronautical conditions by design of experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Pessot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 158, pp.179-198. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matcom.2018.07.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy management of a hybrid system based on a fuel cell and a Lithium Ion battery: Experimental tests and integrated optimal design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 131, pp.21-37. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matcom.2016.01.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design methodologies for sizing a battery bank devoted to a stand-alone and electronically passive wind turbine system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malek Belouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Belhadj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, vol. 60, pp. 144-154. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rser.2016.01.111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01290385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Hybridization Fuel Cell – Ultracapacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dries van Laethem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphan Astier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuel Cells - From Fundamentals to Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (3), pp.500-507. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fuce.201300218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03789252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of compact wind profiles using evolutionary algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malek Belouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Belhadj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems in Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp. 1-19. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17415977.2013.823414⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01061336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Systemic Approach Integrating Driving Cycles for the Design of Hybrid Locomotives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 62, pp.3541-3550. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2013.2267099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00876675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct observation of a highly spin-polarized organic spinterface at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Djeghloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ibrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bowen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, 7 p. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep01272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01572846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrepancy of room temperature ferromagnetism in Mo-doped In 2 O 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Lemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Bououdina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.K Hlil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Al-Saie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 36 (1), pp.25-29. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12034-013-0430-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01993352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated optimal design and sensitivity analysis of a stand alone wind turbine system with storage for rural electrification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malek Belouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Belhadj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28, pp.616-624</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00873030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutron diffraction study and ab-initio calculations of nanostructured doped ZnO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bououdina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mamouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Al-Saie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 536, pp.66-72. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2012.04.055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01991413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal synthesis by means of evolutionary algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems in Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 20, pp. 93-104. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17415977.2011.624619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00760938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering analysis of railway driving missions with niching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 31, pp.920-931. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/03321641211209807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00762266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rules for tight-binding calculations in bi-metallic compounds based on density functional theory: the case of Co–Au</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Goyhenex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tréglia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 22, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0953-8984/22/50/505503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rules for tight-binding calculations in bimetallic compounds based on density functional theory: the case of CoAu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Goyhenex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tréglia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 22, pp.505503</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00696843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sizing and energy management of a hybrid locomotive based on flywheel and accumulators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cossi Rockys Akli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Jeunesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 58 (8), pp.3947-3958. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2009.2027328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03789406v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of sp-d hybridization in the formamtion of stacking defects at metal surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Goyhenex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Treglia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 602 (15), pp.2681-2688</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00386877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pigs xenografts to the immunocompetent rat brain: Survival rates using distinct neurotoxic lesions in the nigrostriatal pathway and two rat strains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Robichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Terqui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Brachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Peschanski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 194, pp.333-340. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expneurol.2004.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACTIVE AND PASSIVE STUDIES OF AMORPHOUS CHALCOGENIDE IR EMITTERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Walsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thompson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Adler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique Colloques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1981, 42 (C4), pp.C4-317-C4-322. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphyscol:1981467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00220924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuel cell performance prediction under variable conditions based on Extented Kalman Filter and Random Forests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serigne Daouda Pene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Savy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE Symposium on Diagnostics for Electric Machines, Power Electronics and Drives (SDEMPED)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Dallas, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SDEMPED53223.2025.11154145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05347030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation quasi statique d'un stack de pile à combustible à oxyde solide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zineb Takarli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dr. Daniela Chrenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Pera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation quasi-statique d'un stack de pile à combustible à oxyde solide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zineb Takarli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Chrenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Péra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionnement d'une hybridation directe Pile à combustible PEM-HT -Batterie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Scohy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 07-11 Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, La grande motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des mécanismes de dégradation dans un système pile à combustible PEM-BT selon différents modes de circulation de l'hydrogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tifenn Jegado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Hernan Suarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 07-11 Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, La Grande-Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse post-mortem de l’impact des harmoniques de courant hautes fréquences sur le vieillissement d’une PEMFC-HT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Stodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, La Grande-Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal instantaneous power dispatch in hybridised modular fuel cell systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noé Rivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Kergus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Regnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE Conference on Control Technology and Applications (CCTA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Newcastle upon Tyne, United Kingdom. pp.426-432, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCTA60707.2024.10666511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04700106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparative du passage à l'échelle d'une pile à combustible de 1kW à une puissance de 10kW</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Dijoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Parache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Grignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, La grande motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phénomènes réversibles au sein des PEMFC : état de l'art, retour d'expérience, réflexions et suggestions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Grignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Tognan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 07-11 Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, La grande motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche hybride pour la prédiction de la dégradation des performances d'une pile à combustible de type PEM basse température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serigne Daouda Pene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gamboa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Savy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 07-11 Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, La grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model predictive control applied to hybridised modular fuel cell systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noé Rivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Kergus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Regnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Electrical Systems for Aircraft, Railway, Ship Propulsion and Road Vehicles & International Transportation Electrification Conference (ESARS-ITEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Naples, Italy. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ESARS-ITEC60450.2024.10819911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04713999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation aware control of a hybridized multi stack fuel cell system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noé Rivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Kergus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Regnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 07-11 Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, La Grande-Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des harmoniques de courant sur les piles à combustible et les électrolyseurs de type PEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Parache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 22-26 Mai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, La réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principe de superposition pour l’étude du vieillissement des piles à combustible : état des lieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Grignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 22 – 26 Mai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, La réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-temperature PEM Fuel Cell Characterization: an Experimental Study Focused on Potential Degradation due to the Polarization Curve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofyane Abbou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Fuel Cells and Hydrogen Piero Lunghi Conference (EFC21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Online (covid), Italy. pp.04017, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/e3sconf/202233404017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'impact d'harmoniques de courant hautes fréquences sur le vieillissement de monocellules PEM-HT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Scohy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 30 Mai – 3 Juin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'impact d'harmoniques de courant hautes fréquences sur le vieillissement de monocellules PEM-HT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Scohy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 31 Mai – 4 Juin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, En visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionnement par optimisation d'une hybridation directe Pile à combustible PEM-HT -Batterie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Scohy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, NANTES, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453940v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal sizing of a passive hybridization fuel cell-battery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Scohy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Electrical Computer and Energy Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03555656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisations des piles à combustible PEM-HT : une investigation expérimentale focalisée sur les dégradations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofyane Abbou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 31 Mai – 4 Juin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, En visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology for readjusting the voltage according to the operating conditions of a high temperature proton exchange membrane fuel cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rondeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofyane Abbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 International Conference on Electrical, Computer and Energy Technologies (ICECET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Cape Town, South Africa. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECET52533.2021.9698576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steady-state modelling of a HT-PEMFC under various operating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chadourne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Jollys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE 12th International Symposium on Diagnostics for Electrical Machines, Power Electronics and Drives (SDEMPED)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Toulouse, France. pp.439-445, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DEMPED.2019.8864904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steady state model for IT-SOFC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Lesmayoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fundamentals and Developments of Fuel Cells Conference (FDFC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation quasi-statique d’un stack de pile à combustible à oxydes solides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Lesmayoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HySPàC, 11-13 Juin 2019, Le Croisic (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Le Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of an aging estimation tool for a PEM fuel cell submitted to a mission profile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Pessot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fundamentals and Developments of Fuel Cells Conference (FDFC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing tests at constant currents and modelling of a High-Temperature PEMFC MEAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chadourne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Fundamentals and Development of Fuel Cells (FDFC2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travaux de recherche menés dans le cadre projet PIPAA (Pile à combustible pour applications aéronautiques)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Mullins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HySPàC, 11-13 Juin 2019, Le Croisic (FRANCE), 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Le Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du vieillissement d’une pile à combustible PEM haute température à courant constant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HySPàC, 23-25 Mai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and modelling approaches for PEM-HT fuel cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Hydrogen and Fuel Cells Conference (IHFC), May 14-15, 2018, Trondheim (NORWAY)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Trondheim, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction d’un outil d’évaluation du vieillissement d’une pile à combustible PEM Basse Température soumise à un profil de mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Pessot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HySPàC, 23-25 Mai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et modélisation d’un stack de pile à combustible à oxydes solides fonctionnant à 650°C (IT-SOFC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Lesmayoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HySPàC, 23-25 Mai 2018, Grenoble (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution to the modelling of a PEM-LT fuel cell in aeronautical conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Pessot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. d'Arbigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Fundamentals &amp; Development of Fuel Cells (FDFC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Stuttgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution to the modelling of a Low Temperature PEM Fuel Cell in aeronautical conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Pessot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien D’arbigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Modeling and Simulation of Electric Machines, Converters and Systems (ELECTRIMACS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04850768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and modeling of a commercially available High Temperature PBI-H3PO4 based Membrane Electrode Assembly in various operating conditions defined by a design of experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Modeling and Simulation of Electric Machines, Converters and Systems (ELECTRIMACS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and modeling of a commercially available High Temperature PBI-H3PO4 based Membrane Electrode Assembly in various operating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Fundamentals &amp; Development of Fuel Cells (FDFC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Stuttgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et modélisation dans différentes conditions opératoires d’un Assemblage Membrane Électrode Haute Température commercial utilisant un électrolyte en PolyBenzImidazole dopé à l’acide phosphorique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HySPàC, 16-18 Mai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and modeling of commercially available High Temperature PBI-H3PO4 based MEAs in various operating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Discussion on Hydrogen Energy and Applications (IDHEA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception optimale d’un système hybride à base d’une pile à combustible et d’une batterie Li-ion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HysPAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy concept-based nonlinear stabilization and control for Modular Multilevel Converters for voltage oscillation reduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Bergna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-C Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Lefranc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power Electronics and Applications (EPE'14-ECCE Europe), 2014 16th European Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Lappeenranta, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Management of a Hybrid System based on a Fuel Cell and a Battery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Modeling and Simulation of Electric Machines, Converters and Systems (ELECTRIMACS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Hybridization Fuel Cell – Ultracapacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dries van Laethem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphan Astier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fundamentals and Developments of Fuel Cells Conference (FDFC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04885866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From an integrated optimal design to a systemic optimization of a stand alone passive wind turbine system with storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malek Belouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Belhadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Electrical Engineering and Software Applications (ICEESA 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Hammamet, Tunisia. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of a compact wind profile using evolutionary algorithms for wind turbine system with storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malek Belouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Belhadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th IEEE Mediterranean Electrotechnical Conference (MELECON 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Hammamet, Tunisia. pp.425-429, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MELCON.2012.6196464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04041318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of reverse current on the dark properties of photovoltaic solar modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sidawi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Habchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Abboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Al Allouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MedGreen 2011- LB: Impact of Integrated Clean Energy on the Future of the Mediterranean Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Beyrouth, Lebanon. pp.743-749, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egypro.2011.05.084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00600730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Two Common Maximum Power Point Trackers by Simulating of PV Generators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Zegaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Sawicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MedGreen 2011- LB: Impact of Integrated Clean Energy on the Future of the Mediterranean Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Beyrouth, Lebanon. pp.678-687, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egypro.2011.05.077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal synthesis by means of Evolutionary algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Workshop on Optimization and Inverse Problems in Electromagnetism (OIPE 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Sofia, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04850903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering analysis of railway driving missions with niching genetic algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Workshop on Optimization and Inverse Problems in Electromagnetism (OIPE 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Sofia, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement de la Mission pour l’éco-conception d’une Locomotive Hybride par Optimisation Multicritère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thiounn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFREGE 2010: Conférence Francophone sut l’éco-conception en Génie Electrique, Toulouse, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sizing of a hybrid locomotive based on accumulators and ultracapacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thiounn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Vehicle Power and Propulsion Conference (VPPC 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Lille, France. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VPPC.2010.5729131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing modelling and lifetime prediction of a PEMFC-LT using an Extended Kalman Filter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serigne Daouda Pene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gamboa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Fundamentals &amp; Development of Fuel Cells (FDFC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Ulm, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04847782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mission and Environmental Data Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Design by Optimization of Electrical Energy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE &amp; J. Wiley, pp.1-41, 2012, 978-1-84821-389-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04052139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement de la mission et des données environnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conception systémique pour la conversion d'énergie électrique 2 : approche intégrée par optimisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04052140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes prédictives des processus de vieillissement des piles à combustible à membrane d'échange de protons par approche hybride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serigne Daouda Pene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gamboa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement de la mission et des variables environnementales et intégration au processus de conception systémique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Institut National Polytechnique de Toulouse - INPT, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011INPT0070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00646708v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId247"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Amine JAAFAR </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-mortem analysis of high-frequency current ripples effects on HT-PEMFC aging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Stodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 138, pp.175-182. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.IJHYDENE.2025.05.145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formations autour des systèmes hydrogène sur le futur Technocampus Hydrogène Occitanie dans le cadre du projet GENHYO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlie Heuls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Parache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Plait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 24 (27), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20250027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05518755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of a post-processing methodology to readjust the voltage of a high-temperature PEM fuel cell according to the atmospheric pressure on a 2753h aging test at different constant currents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Escande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Grignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofyane Abbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 97, pp.727-737. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.11.322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Courbes de Polarisation de deux stacks de pile à Combustible à Oxyde Solide (SOFC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zineb Takarli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Chnani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Chrenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Péra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier de la donnée en Bourgogne-Franche-Comté dat@UBFC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25666/DATAUBFC-2025-07-08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05518665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aging modeling and lifetime prediction of a proton exchange membrane fuel cell using an extended Kalman filter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serigne Daouda Pene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gamboa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Savy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 234, pp.151-168. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matcom.2025.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583935v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Air Over-Stoichiometry Dependent Voltage Model for HT-PEMFC MEAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jollys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (12), pp.3002. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en17123002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steady-State Voltage Modelling of a HT-PEMFC under Various Operating Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jollys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (3), pp.573. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en17030573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage reconstruction laws based on operating conditions for a low-temperature PEM fuel cell cycling a mission profile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Grignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Rakotondrainibe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Guenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 92, pp.949-958. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.10.267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post mortem Study of Catalyst Degradations Occurring in High-Temperature Proton Exchange Membrane Fuel Cells Upon Start-Stop Operation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Roussel-Dherbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Berthomé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of The Electrochemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 171 (10), pp.104513. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/1945-7111/ad8599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04773458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of high frequency current ripples on the degradation of high-temperature PEM fuel cells (HT-PEMFC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48 (54), pp.20734-20742. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijhydene.2023.03.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the potential degradation due to the polarization curve of a high temperature proton exchange membrane fuel cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofyane Abbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48 (54), pp.20945-20956. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijhydene.2022.12.344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04285372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage Readjustment Methodology According to Pressure and Temperature Applied to a High Temperature PEM Fuel Cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rondeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofyane Abbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (9), pp.3031. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en15093031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of cadmium ions biosorption by fish scale from aqueous solutions using factorial design analysis and Monte Carlo simulation studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Darchen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.E. Hamzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Lakbaibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Driouich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (1), pp.104727. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jece.2020.104727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03157951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Sizing of a Fuel Cell-Lithium-Ion Battery Direct Hybridization System for Aeronautical Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Scohy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (22), pp.7655. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en14227655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing Tests at Constant Currents and Associated Modeling of High Temperature PEMFC MEAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.‐b. Jollys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuel Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (3), pp.272-284. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fuce.201900086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of an Aging Estimation Tool for a PEM Fuel Cell Submitted to a Mission Profile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Pessot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuel Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (3), pp.253-262. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fuce.201900083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution to the modelling of a low temperature PEM fuel cell in aeronautical conditions by design of experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Pessot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 158, pp.179-198. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matcom.2018.07.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy management of a hybrid system based on a fuel cell and a Lithium Ion battery: Experimental tests and integrated optimal design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 131, pp.21-37. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matcom.2016.01.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design methodologies for sizing a battery bank devoted to a stand-alone and electronically passive wind turbine system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malek Belouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Belhadj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, vol. 60, pp. 144-154. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rser.2016.01.111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01290385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Hybridization Fuel Cell – Ultracapacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dries van Laethem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphan Astier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuel Cells - From Fundamentals to Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (3), pp.500-507. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fuce.201300218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03789252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of compact wind profiles using evolutionary algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malek Belouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Belhadj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems in Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp. 1-19. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17415977.2013.823414⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01061336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Systemic Approach Integrating Driving Cycles for the Design of Hybrid Locomotives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 62, pp.3541-3550. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2013.2267099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00876675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct observation of a highly spin-polarized organic spinterface at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Djeghloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ibrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bowen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, 7 p. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep01272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01572846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrepancy of room temperature ferromagnetism in Mo-doped In 2 O 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Lemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Bououdina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.K Hlil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Al-Saie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 36 (1), pp.25-29. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12034-013-0430-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01993352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated optimal design and sensitivity analysis of a stand alone wind turbine system with storage for rural electrification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malek Belouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Belhadj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28, pp.616-624</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00873030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutron diffraction study and ab-initio calculations of nanostructured doped ZnO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bououdina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mamouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Al-Saie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 536, pp.66-72. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2012.04.055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01991413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal synthesis by means of evolutionary algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems in Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 20, pp. 93-104. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17415977.2011.624619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00760938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering analysis of railway driving missions with niching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 31, pp.920-931. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/03321641211209807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00762266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rules for tight-binding calculations in bi-metallic compounds based on density functional theory: the case of Co–Au</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Goyhenex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tréglia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 22, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0953-8984/22/50/505503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rules for tight-binding calculations in bimetallic compounds based on density functional theory: the case of CoAu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Goyhenex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tréglia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 22, pp.505503</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00696843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sizing and energy management of a hybrid locomotive based on flywheel and accumulators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cossi Rockys Akli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Jeunesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 58 (8), pp.3947-3958. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVT.2009.2027328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03789406v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of sp-d hybridization in the formamtion of stacking defects at metal surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Goyhenex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Treglia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 602 (15), pp.2681-2688</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00386877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pigs xenografts to the immunocompetent rat brain: Survival rates using distinct neurotoxic lesions in the nigrostriatal pathway and two rat strains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Robichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Terqui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Brachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Peschanski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 194, pp.333-340. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expneurol.2004.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACTIVE AND PASSIVE STUDIES OF AMORPHOUS CHALCOGENIDE IR EMITTERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Walsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thompson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Adler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique Colloques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1981, 42 (C4), pp.C4-317-C4-322. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphyscol:1981467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00220924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuel cell performance prediction under variable conditions based on Extented Kalman Filter and Random Forests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serigne Daouda Pene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Savy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE Symposium on Diagnostics for Electric Machines, Power Electronics and Drives (SDEMPED)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Dallas, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SDEMPED53223.2025.11154145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05347030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation quasi statique d'un stack de pile à combustible à oxyde solide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zineb Takarli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dr. Daniela Chrenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Pera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation quasi-statique d'un stack de pile à combustible à oxyde solide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zineb Takarli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Chrenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Péra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionnement d'une hybridation directe Pile à combustible PEM-HT -Batterie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Scohy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 07-11 Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, La grande motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparative du passage à l'échelle d'une pile à combustible de 1kW à une puissance de 10kW</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Dijoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Parache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Grignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, La grande motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phénomènes réversibles au sein des PEMFC : état de l'art, retour d'expérience, réflexions et suggestions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Grignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Tognan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 07-11 Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, La grande motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des mécanismes de dégradation dans un système pile à combustible PEM-BT selon différents modes de circulation de l'hydrogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tifenn Jegado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Hernan Suarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 07-11 Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, La Grande-Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse post-mortem de l’impact des harmoniques de courant hautes fréquences sur le vieillissement d’une PEMFC-HT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Stodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, La Grande-Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal instantaneous power dispatch in hybridised modular fuel cell systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noé Rivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Kergus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Regnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE Conference on Control Technology and Applications (CCTA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Newcastle upon Tyne, United Kingdom. pp.426-432, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCTA60707.2024.10666511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04700106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche hybride pour la prédiction de la dégradation des performances d'une pile à combustible de type PEM basse température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serigne Daouda Pene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gamboa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Savy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 07-11 Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, La grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model predictive control applied to hybridised modular fuel cell systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noé Rivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Kergus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Regnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Electrical Systems for Aircraft, Railway, Ship Propulsion and Road Vehicles & International Transportation Electrification Conference (ESARS-ITEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Naples, Italy. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ESARS-ITEC60450.2024.10819911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04713999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation aware control of a hybridized multi stack fuel cell system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noé Rivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Kergus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Regnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 07-11 Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, La Grande-Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des harmoniques de courant sur les piles à combustible et les électrolyseurs de type PEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Parache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 22-26 Mai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, La réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principe de superposition pour l’étude du vieillissement des piles à combustible : état des lieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Grignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 22 – 26 Mai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, La réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'impact d'harmoniques de courant hautes fréquences sur le vieillissement de monocellules PEM-HT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Scohy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 30 Mai – 3 Juin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-temperature PEM Fuel Cell Characterization: an Experimental Study Focused on Potential Degradation due to the Polarization Curve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofyane Abbou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Fuel Cells and Hydrogen Piero Lunghi Conference (EFC21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Online (covid), Italy. pp.04017, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/e3sconf/202233404017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'impact d'harmoniques de courant hautes fréquences sur le vieillissement de monocellules PEM-HT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Scohy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 31 Mai – 4 Juin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, En visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionnement par optimisation d'une hybridation directe Pile à combustible PEM-HT -Batterie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Scohy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, NANTES, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453940v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal sizing of a passive hybridization fuel cell-battery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lacressonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Scohy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Electrical Computer and Energy Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03555656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisations des piles à combustible PEM-HT : une investigation expérimentale focalisée sur les dégradations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofyane Abbou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières FRH2, 31 Mai – 4 Juin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, En visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology for readjusting the voltage according to the operating conditions of a high temperature proton exchange membrane fuel cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rondeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofyane Abbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 International Conference on Electrical, Computer and Energy Technologies (ICECET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Cape Town, South Africa. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECET52533.2021.9698576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steady-state modelling of a HT-PEMFC under various operating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chadourne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Jollys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE 12th International Symposium on Diagnostics for Electrical Machines, Power Electronics and Drives (SDEMPED)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Toulouse, France. pp.439-445, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DEMPED.2019.8864904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steady state model for IT-SOFC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Lesmayoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fundamentals and Developments of Fuel Cells Conference (FDFC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation quasi-statique d’un stack de pile à combustible à oxydes solides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Lesmayoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HySPàC, 11-13 Juin 2019, Le Croisic (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Le Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of an aging estimation tool for a PEM fuel cell submitted to a mission profile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Pessot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fundamentals and Developments of Fuel Cells Conference (FDFC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing tests at constant currents and modelling of a High-Temperature PEMFC MEAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chadourne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Fundamentals and Development of Fuel Cells (FDFC2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02412714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travaux de recherche menés dans le cadre projet PIPAA (Pile à combustible pour applications aéronautiques)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Baudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jarry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Mullins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HySPàC, 11-13 Juin 2019, Le Croisic (FRANCE), 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Le Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du vieillissement d’une pile à combustible PEM haute température à courant constant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HySPàC, 23-25 Mai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and modelling approaches for PEM-HT fuel cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Hydrogen and Fuel Cells Conference (IHFC), May 14-15, 2018, Trondheim (NORWAY)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Trondheim, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction d’un outil d’évaluation du vieillissement d’une pile à combustible PEM Basse Température soumise à un profil de mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Pessot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HySPàC, 23-25 Mai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et modélisation d’un stack de pile à combustible à oxydes solides fonctionnant à 650°C (IT-SOFC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Lesmayoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Hordé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HySPàC, 23-25 Mai 2018, Grenoble (FRANCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution to the modelling of a PEM-LT fuel cell in aeronautical conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Pessot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. d'Arbigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Fundamentals &amp; Development of Fuel Cells (FDFC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Stuttgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and modeling of a commercially available High Temperature PBI-H3PO4 based Membrane Electrode Assembly in various operating conditions defined by a design of experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Modeling and Simulation of Electric Machines, Converters and Systems (ELECTRIMACS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution to the modelling of a Low Temperature PEM Fuel Cell in aeronautical conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Pessot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien D’arbigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Modeling and Simulation of Electric Machines, Converters and Systems (ELECTRIMACS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04850768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and modeling of a commercially available High Temperature PBI-H3PO4 based Membrane Electrode Assembly in various operating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Fundamentals &amp; Development of Fuel Cells (FDFC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Stuttgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et modélisation dans différentes conditions opératoires d’un Assemblage Membrane Électrode Haute Température commercial utilisant un électrolyte en PolyBenzImidazole dopé à l’acide phosphorique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HySPàC, 16-18 Mai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and modeling of commercially available High Temperature PBI-H3PO4 based MEAs in various operating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Discussion on Hydrogen Energy and Applications (IDHEA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception optimale d’un système hybride à base d’une pile à combustible et d’une batterie Li-ion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plénières du GDR HysPAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy concept-based nonlinear stabilization and control for Modular Multilevel Converters for voltage oscillation reduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Bergna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-C Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Lefranc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power Electronics and Applications (EPE'14-ECCE Europe), 2014 16th European Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Lappeenranta, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Management of a Hybrid System based on a Fuel Cell and a Battery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Modeling and Simulation of Electric Machines, Converters and Systems (ELECTRIMACS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Hybridization Fuel Cell – Ultracapacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dries van Laethem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rallières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphan Astier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fundamentals and Developments of Fuel Cells Conference (FDFC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04885866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From an integrated optimal design to a systemic optimization of a stand alone passive wind turbine system with storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malek Belouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Belhadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Electrical Engineering and Software Applications (ICEESA 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Hammamet, Tunisia. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of a compact wind profile using evolutionary algorithms for wind turbine system with storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malek Belouda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Belhadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th IEEE Mediterranean Electrotechnical Conference (MELECON 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Hammamet, Tunisia. pp.425-429, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MELCON.2012.6196464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04041318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of reverse current on the dark properties of photovoltaic solar modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sidawi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Habchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Abboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Al Allouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MedGreen 2011- LB: Impact of Integrated Clean Energy on the Future of the Mediterranean Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Beyrouth, Lebanon. pp.743-749, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egypro.2011.05.084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00600730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Two Common Maximum Power Point Trackers by Simulating of PV Generators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Zegaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Sawicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MedGreen 2011- LB: Impact of Integrated Clean Energy on the Future of the Mediterranean Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Beyrouth, Lebanon. pp.678-687, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egypro.2011.05.077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal synthesis by means of Evolutionary algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Workshop on Optimization and Inverse Problems in Electromagnetism (OIPE 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Sofia, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04850903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering analysis of railway driving missions with niching genetic algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Workshop on Optimization and Inverse Problems in Electromagnetism (OIPE 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Sofia, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement de la Mission pour l’éco-conception d’une Locomotive Hybride par Optimisation Multicritère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thiounn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFREGE 2010: Conférence Francophone sut l’éco-conception en Génie Electrique, Toulouse, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sizing of a hybrid locomotive based on accumulators and ultracapacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thiounn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Vehicle Power and Propulsion Conference (VPPC 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Lille, France. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VPPC.2010.5729131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing modelling and lifetime prediction of a PEMFC-LT using an Extended Kalman Filter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serigne Daouda Pene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gamboa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Fundamentals &amp; Development of Fuel Cells (FDFC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Ulm, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04847782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mission and Environmental Data Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Design by Optimization of Electrical Energy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE &amp; J. Wiley, pp.1-41, 2012, 978-1-84821-389-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04052139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement de la mission et des données environnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sareni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roboam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conception systémique pour la conversion d'énergie électrique 2 : approche intégrée par optimisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04052140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes prédictives des processus de vieillissement des piles à combustible à membrane d'échange de protons par approche hybride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serigne Daouda Pene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gamboa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement de la mission et des variables environnementales et intégration au processus de conception systémique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Jaafar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Institut National Polytechnique de Toulouse - INPT, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011INPT0070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00646708v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId247"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073169v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Stodel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pons" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jarry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Jaafar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lacressonni&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.IJHYDENE.2025.05.145" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518755v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lie Heuls" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Parache" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Plait" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bru" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20250027" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844474v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Baudy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rigal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Escande" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Grignon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofyane Abbou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.11.322" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518665v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Takarli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Chnani" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Chrenko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile P&#233;ra" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25666/DATAUBFC-2025-07-08" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583935v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serigne Daouda Pene" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Picot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gamboa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Savy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Turpin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2025.02.022" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837181v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Hord&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Jollys" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17030573" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837571v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17123002" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844483v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Rakotondrainibe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Guenot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.10.267" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04773458v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Baudy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Durand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Roussel-Dherbey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Berthom&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sergent" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ad8599" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04042863v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bru" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2023.03.027" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285372v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2022.12.344" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04828832v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rondeau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15093031" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157951v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Darchen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Hamzi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Lakbaibi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Driouich" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2020.104727" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03430673v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Scohy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14227655" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886366v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;b. Jollys" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.201900086" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844453v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Pessot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Soyez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ralli&#232;res" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.201900083" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412665v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2018.07.008" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753335v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Roboam" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2016.01.007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290385v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Belouda" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sareni" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel Belhadj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2016.01.111" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789252v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Morin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dries van Laethem" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Astier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.201300218" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9JN9QSSF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061336v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17415977.2013.823414" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876675v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2013.2267099" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572846v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Djeghloul" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ibrahim" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cantoni" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bowen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Joly" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep01272" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01993352v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Lemine" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bououdina" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.K Hlil" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Al-Saie" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12034-013-0430-y" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873030v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991413v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bououdina" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mamouni" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al-Saie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2012.04.055" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JVX8V5M2-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760938v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17415977.2011.624619" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762266v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641211209807" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038198v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Goyhenex" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tr&#233;glia" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/22/50/505503" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696843v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goyhenex" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789406v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cossi Rockys Akli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jeunesse" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2009.2027328" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386877v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Treglia" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672642v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Robichon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Terqui" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Brachet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Peschanski" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2004.12.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00220924v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Walsh" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thompson" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Adler" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:1981467" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/916D161C68ED9C67A56A9D55EBE9C200C9E205B3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347030v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SDEMPED53223.2025.11154145" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506876v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dr. Daniela Chrenko" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Pera" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411430v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855675v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855685v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Jegado" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Hernan Suarez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852647v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700106v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Rivier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kergus" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Regnier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCTA60707.2024.10666511" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855680v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dijoux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Soyez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855673v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Tognan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852650v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713999v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS-ITEC60450.2024.10819911" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855693v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852113v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852122v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848355v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202233404017" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852081v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852156v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453940v2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03555656v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852139v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04820784v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECET52533.2021.9698576" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412915v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chadourne" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Jollys" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DEMPED.2019.8864904" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412719v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lesmayoux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877668v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412688v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412714v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877669v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Mullins" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877703v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hord&#233;" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877671v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877702v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877704v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877673v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gager" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. d'Arbigny" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850768v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gager" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien D&#8217;arbigny" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877677v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877676v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877701v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877675v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865711v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329091v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bergna" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Vannier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lefranc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865687v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885866v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281123v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041318v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELCON.2012.6196464" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600730v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sidawi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Habchi" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abboud" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Al Allouch" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2011.05.084" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248451v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Zegaoui" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aillerie" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petit" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Sawicki" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2011.05.077" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850903v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865575v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865580v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thiounn" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865578v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2010.5729131" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847782v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052139v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052140v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852017v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00646708v2" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011INPT0070" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073169v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Stodel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pons" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jarry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Jaafar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lacressonni&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.IJHYDENE.2025.05.145" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518755v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lie Heuls" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Parache" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Plait" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bru" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20250027" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844474v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Baudy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rigal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Escande" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Grignon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofyane Abbou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.11.322" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518665v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Takarli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Chnani" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Chrenko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile P&#233;ra" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25666/DATAUBFC-2025-07-08" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583935v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serigne Daouda Pene" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Picot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gamboa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Savy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Turpin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2025.02.022" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837571v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Hord&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Jollys" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17123002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837181v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17030573" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844483v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Rakotondrainibe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Guenot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.10.267" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04773458v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Baudy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Durand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Roussel-Dherbey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Berthom&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sergent" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ad8599" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04042863v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bru" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2023.03.027" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285372v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2022.12.344" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04828832v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rondeau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15093031" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157951v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Darchen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Hamzi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Lakbaibi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Driouich" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2020.104727" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03430673v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Scohy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14227655" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886366v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;b. Jollys" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.201900086" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844453v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Pessot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Soyez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ralli&#232;res" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.201900083" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412665v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2018.07.008" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753335v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Roboam" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2016.01.007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290385v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Belouda" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sareni" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel Belhadj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2016.01.111" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789252v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Morin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dries van Laethem" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Astier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.201300218" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9JN9QSSF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061336v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17415977.2013.823414" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876675v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2013.2267099" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572846v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Djeghloul" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ibrahim" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cantoni" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bowen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Joly" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep01272" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01993352v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Lemine" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bououdina" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.K Hlil" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Al-Saie" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12034-013-0430-y" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873030v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991413v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bououdina" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mamouni" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al-Saie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2012.04.055" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JVX8V5M2-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760938v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17415977.2011.624619" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762266v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641211209807" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038198v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Goyhenex" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tr&#233;glia" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/22/50/505503" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696843v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goyhenex" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789406v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cossi Rockys Akli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jeunesse" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2009.2027328" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386877v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Treglia" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672642v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Robichon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Terqui" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Brachet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Peschanski" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2004.12.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00220924v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Walsh" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thompson" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Adler" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:1981467" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/916D161C68ED9C67A56A9D55EBE9C200C9E205B3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347030v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SDEMPED53223.2025.11154145" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506876v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dr. Daniela Chrenko" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Pera" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411430v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855675v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855680v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dijoux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Soyez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855673v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Tognan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855685v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Jegado" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Hernan Suarez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852647v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700106v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Rivier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kergus" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Regnier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCTA60707.2024.10666511" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852650v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713999v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS-ITEC60450.2024.10819911" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855693v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852113v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852122v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852081v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848355v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202233404017" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852156v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453940v2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03555656v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852139v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04820784v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECET52533.2021.9698576" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412915v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chadourne" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Jollys" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DEMPED.2019.8864904" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412719v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lesmayoux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877668v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412688v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412714v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877669v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Mullins" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877703v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hord&#233;" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877671v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877702v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877704v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877673v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gager" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. d'Arbigny" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877677v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850768v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gager" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien D&#8217;arbigny" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877676v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877701v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877675v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865711v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329091v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bergna" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Vannier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lefranc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865687v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885866v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281123v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041318v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELCON.2012.6196464" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600730v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sidawi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Habchi" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abboud" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Al Allouch" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2011.05.084" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248451v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Zegaoui" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aillerie" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petit" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Sawicki" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2011.05.077" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850903v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865575v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865580v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thiounn" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865578v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2010.5729131" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847782v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052139v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052140v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852017v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00646708v2" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011INPT0070" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>