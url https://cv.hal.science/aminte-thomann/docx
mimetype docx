--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -504,273 +504,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02131699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dépôts monétaires de tombes - dont 11 siliques - découverts dans la nécropole de l’Antiquité tardive d’Évrecy (Calvados)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les fouilles de l’aître Saint-Maclou à Rouen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Pilon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aminte Thomann</w:t>
+                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Coupeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 77 (1), pp.3‑10</w:t>
+              <w:t xml:space="preserve">Études normandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24, pp.50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04115645v1</w:t>
+                <w:t xml:space="preserve">hal-04174895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nécropole d’Evrecy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études normandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 24, pp.31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04174840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fouilles de l’aître Saint-Maclou à Rouen</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les dépôts monétaires de tombes - dont 11 siliques - découverts dans la nécropole de l’Antiquité tardive d’Évrecy (Calvados)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pilon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Coupeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études normandes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 24, pp.50</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 77 (1), pp.3‑10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04174895v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04115645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human skeletons showing traces of violence discovered in disused medieval wells: two cases studied</w:t>
               </w:r>
@@ -854,217 +854,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03211131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evrecy, un cimetière mérovingien en Normandie</w:t>
+                <w:t xml:space="preserve">Les pratiques funéraires de la nécropole du 43, rue de Sébastopol à Reims (Marne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Péchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Renou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Pélissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Henrion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dossiers d'Archéologie. Hors-Série</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Les temps mérovingiens, 31, pp.64-67</w:t>
+              <w:t xml:space="preserve">Revue archéologique de l'Est - Suppléments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, L’Antiquité tardive dans l’Est de la Gaule, II. Sépultures, nécropoles et pratiques funéraires en Gaule de l’Est : Actualité de la recherche, Supplément 41, pp.61-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02511555v1</w:t>
+                <w:t xml:space="preserve">hal-02060467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les pratiques funéraires de la nécropole du 43, rue de Sébastopol à Reims (Marne)</w:t>
+                <w:t xml:space="preserve">Evrecy, un cimetière mérovingien en Normandie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Elise Henrion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de l'Est - Suppléments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, L’Antiquité tardive dans l’Est de la Gaule, II. Sépultures, nécropoles et pratiques funéraires en Gaule de l’Est : Actualité de la recherche, Supplément 41, pp.61-67</w:t>
+              <w:t xml:space="preserve">Dossiers d'Archéologie. Hors-Série</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Les temps mérovingiens, 31, pp.64-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02060467v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02511555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faut-il mener une diagnose sexuelle in situ dans les grands ensembles funéraires. Le cas du cimetière médiéval de Val-de-Reuil &amp;quot;Le Chemin aux Errants</w:t>
               </w:r>
@@ -1489,329 +1489,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00008118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcul du “Profil théorique de survie osseuse la plus probable” et son utilisation dans l’interprétation des processus taphonomiques pouvant déterminer la formation d’un échantillon ostéologique humain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantification de l'état de conservation des collections ostéoarchéologique et ses champs d'application en anthropologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Bello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia M. Bello</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emma Rabino-Massa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dutour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Archaeological Reports (BAR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, pp.21-30</w:t>
+              <w:t xml:space="preserve">Antropo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 5, pp.21-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02510533v1</w:t>
+                <w:t xml:space="preserve">halshs-00851415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification de l'état de conservation des collections ostéoarchéologique et ses champs d'application en anthropologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Silvia Bello</w:t>
+                <w:t xml:space="preserve">Calcul du “Profil théorique de survie osseuse la plus probable” et son utilisation dans l’interprétation des processus taphonomiques pouvant déterminer la formation d’un échantillon ostéologique humain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia M. Bello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Lalys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Signoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Rabino-Massa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antropo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 5, pp.21-37</w:t>
+              <w:t xml:space="preserve">British Archaeological Reports (BAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, pp.21-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00851415v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02510533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conservation différentielle des os humains et le “Profil théorique de survie osseuse”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia M. Bello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Signoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Rabino-Massa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dutour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1849,90 +1849,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle méthode de quantification de l’état de conservation des surfaces corticales et son application dans les études paléopathologiques et paléoépidémiologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia M. Bello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Signoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Lalys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dutour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3323,51 +3323,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">43, rue de Sébastopol, Reims</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Péchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Pédoussaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3494,385 +3494,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02514739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification de l'état de conservation des collections ostéoarchéologiques et ses champs d'application en anthropologie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude anthropologique du cimetière médiéval de Saint-Estève-Le-Pont (Berre l'Etang)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Bello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Lalys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et ses images : mesures, représentations, constructions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, Marseille, France. pp.21-36</w:t>
+              <w:t xml:space="preserve">, 2005, Marseille, France. pp.419-426</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00007476v1</w:t>
+                <w:t xml:space="preserve">halshs-00007570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude anthropologique d'une sépulture collective du Néolithique final et de l'Age du Bronze : la baume obscure.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Devriendt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Sauzade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Devriendt</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et ses images : mesures, représentations, constructions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Marseille, France. pp.339-344</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00007511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude anthropologique du cimetière médiéval de Saint-Estève-Le-Pont (Berre l'Etang)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantification de l'état de conservation des collections ostéoarchéologiques et ses champs d'application en anthropologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Bello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Rabino-Massa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dutour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et ses images : mesures, représentations, constructions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, Marseille, France. pp.419-426</w:t>
+              <w:t xml:space="preserve">, 2005, Marseille, France. pp.21-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03007222v1</w:t>
+                <w:t xml:space="preserve">halshs-00007476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude anthropologique du cimetière médiéval de Saint-Estève-Le-Pont (Berre l'Etang)</w:t>
               </w:r>
@@ -3884,163 +3884,163 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Bello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Lalys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme et ses images : mesures, représentations, constructions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Marseille, France. pp.419-426</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00007570v1</w:t>
+                <w:t xml:space="preserve">halshs-03007222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude paléopathologique du cimetière médiéval de Saint-Estève le Pont (Berre l’Etang)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Signoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4117,77 +4117,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Bello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Lalys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Signoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Rabino-Massa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théorie et méthodes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2001, Liège, Belgique. pp.21-29</w:t>
@@ -4337,51 +4337,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Genot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Lalys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Signoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4445,823 +4445,2170 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude anthropologique du cimetière médiéval de Saint-Estève le Pont (Berre l’Etang) : résultats préliminaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Lalys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia M. Bello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIe Congrès de l’Union Internationale des Sciences Préhistoriques et Protohistoriques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2001, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02514755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaillon « la Garenne » (Eure) : un habitat du Néolithique final organisé autour d'un monument funéraire du Néolithique moyen/récent ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Riche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Coussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bemilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Bude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Isabelle Kerouanton; Christophe Maitay; Ivan Praud; Ludovic Soler. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La place des morts chez les vivants. Architectures, mémoires et rituels de la fin du Mésolithique à l'âge du Bronze. Actes des 4e Rencontres Nord/Sud de Préhistoire récente (Université de La Rochelle, Charente-Maritime, 27-30 avril 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mémoire LIX, Association des Publications Chauvinoises, pp.579-594, 2024, 979-10-90534-88-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05092702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des enfants malades inhumés au XVII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle sur le parvis de l’église Saint-Sauveur à Caen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Coupeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dutour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les populations particulières dans les cimetières de l'époque moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Éditions du Cerf, pp.115-138, 2023, Cerf Patrimoines, 978-2-204-15909-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04597700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des cimetières d’établissements hospitaliers des Xe-XIIIe siècles ? Essai de caractérisation des sites d’Amiens « Rue Caudron » et de Reims « Parvis de la cathédrale »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Fossurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kacki Sasha; Réveillas Hélène; Christopher J. Knüsel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontre autour du corps malade. Prise en charge et traitement funéraire des individus souffrants à travers les siècles. Actes de la 10e rencontre du GAAF, Bordeaux, mai 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 10, Gaaf, pp.55-60, 2021, Publication du Gaaf, 978-2-9541526-6-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02509566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Origine sociale et considération de jeunes défunts atteints de carences sévères inhumés sur le parvis de l’église Saint-Sauveur de Caen à l’époque moderne, à travers les sources archéologiques et sociologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dutour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUR. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soigner, purifier ou guérir. Maladies et lieux religieux de la Méditerranée antique à la Normandie médiévale, regards croisés. Acte du colloque de Cerisy-la-Salle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.119-132, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02509570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chapitre 5. Des cadavres jetés dans un puits au Moyen Âge, analyse comparative de deux cas normands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carré Florence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions Petra. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des cadavres dans nos poubelles. Restes humains et espaces détritiques de la Préhistoire à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , pp.95-107, 2020, 978-2-84743-275-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02509567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IV - Données archéoanthropologiques sur le cimetière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Coupeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rouen L'aître Saint-Maclou, une renaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Métropole Rouen Normandie - Editions Octopus, pp.74-79, 2020, 978-2-900314-23-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03231712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Val-de-Reuil, le « Chemin aux Errants » (Eure) : l’habitat antique et le hameau du haut-Moyen Âge de la zone C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dagmar Lukas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Roudié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées archéologiques de Haute-Normandie. Rouen, 30 septembre-1er octobre 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.127-144, 2018, 979-10-240-0933-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02534532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Evrecy, une nécropole de la fin de l’Antiquité et de l’époque mérovingienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sur le terrain avec les archéologues. 30 ans de découvertes dans l'ouest de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.206-207, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02060532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nécropole d’Evrecy au Bas-Empire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Berthelot (Sandrine) et Hincker(Vincent). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vous avez dit Barbares ? Archéologie des temps mérovingiens en Normandie, Ve-VIIIe siècles. Catalogue de l’exposition du Musée de Normandie de Caen 15 juin 2018- 6 janvier 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée de Normandie, Snoeck, pp.64-65, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02060551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution d’un habitat altomédiéval avec son cimetière : le cas du site du « Chemin aux Errants » à Val-de-Reuil (Eure)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Roudié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Leroy, Inès; Verslype, Laurent. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communauté des vivants, compagnie des morts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française d'archéologie mérovingienne, pp.109-120, 2017, Mémoires de l'Association française d'archéologie mérovingienne, Actes des 35e Journées de l’AFAM, tome XXXIII</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02509576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le diagnostic de Porte-Joie (Eure) : 8000 ans d’occupation révélés en vallée de la Seine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Riche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chaussé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Granai</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées archéologiques de Haute-Normandie 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.47-66, 2013, 9782877755955. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.purh.4612⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02534542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une occupation du Tardiglaciaire, Alizay-Igoville (Eure)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Biard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bemilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago-Lara Valérie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées archéologiques de Haute-Normandie, Harfleur, 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.9-24, 2011, 978-2-87775-513-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02534559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le site de Saint-Estève le Pont, Berre l’Etang (Bouches-du-Rhône)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Genot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminte Thomann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Méditerranée et le monde mérovingien. Bulletins Archéologiques de Provence, suppl 3, p.143-154</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02510526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonsecours (76), Côte Sainte-Catherine. Projet de valorisation de la Côte Sainte-Catherine. Métropole Rouen Normandie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Labbey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Lecler-Huby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap, SRA de Normandie. 2024, pp.379</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04977734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR Au fil du plomb de la Seine. Rapport 2022 (coord. M. Robert)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malina Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Duvernois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LARA - UMR 6566. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03974943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR Au fil du plomb de la Seine. Rapport 2021 (coord. M. Robert)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malina Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Duvernois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LARA - UMR 6566. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03514547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nécropole de l’Antiquité tardive et du haut Moyen Âge à Evrecy, Saint-Aubin des champs 2 (Calvados)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claire Angeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bemilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02511563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origine, recrutement, état sanitaire et épidémiologique de la population rouennaise inhumée dans l’aître Saint-Maclou à la fin du Moyen Âge et à l’époque moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest, S.R.A de Normandie. 2018, 122 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02511565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origine, recrutement, état sanitaire et épidémiologique de la population rouennaise inhumée dans le grand aître à la fin du Moyen Âge et à l’époque moderne. Projet de fouille programmée de l’aître Saint-Maclou à Rouen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest; DRAC-SRA Normandie. 2017, 110 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03239757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">188 rue Martainville 2016</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Calderoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5274,672 +6621,672 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest, S.R.A de Normandie. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02511577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Val-de-Reuil « Le Chemin aux Errants » (zone C).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dagmar Lukas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Roudié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest, S.R.A de Normandie. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02511569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">12. Du Moyen Âge à l’époque contemporaine, in Marcigny C., Mazet S. (dir.), Au bord de l’eau ! Les occupations humaines d’une berge de la Seine du Tardiglaciaire à nos jours ; Haute-Normandie, Eure (27), ALIZAY - Le Postel, Le Pré Rompu, Le Chêne, Le Port au Chanvre, Les Diguets ; IGOVILLE - Le Fort, Les Limais ; RFO de fouille archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Labrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2015, pp.51-340</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02064376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">43, rue de Sébastopol, Reims</w:t>
+                <w:t xml:space="preserve">Flers, places Saint-Germain, Vayssières et Duhalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] SRA Grand Est. 2013</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest, S.R.A de Normandie. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02511573v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02511582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gisors (27), La chapelle Saint-Luc de la léproserie Saint-Lazare</w:t>
+                <w:t xml:space="preserve">43, rue de Sébastopol, Reims</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest, S.R.A de Normandie. 2013</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Péchart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA Grand Est. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02511586v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02511573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Place du Marché et Cimetière Saint-Sauveur XIIIe-XVIIe siècles, Caen, (Calvados), Rapport de fouille</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gisors (27), La chapelle Saint-Luc de la léproserie Saint-Lazare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...43 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2013</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest, S.R.A de Normandie. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02436495v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02511586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flers, places Saint-Germain, Vayssières et Duhalde</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Place du Marché et Cimetière Saint-Sauveur XIIIe-XVIIe siècles, Caen, (Calvados), Rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest, S.R.A de Normandie. 2013</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Dervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Barme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02511582v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02436495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un cimetière de l’An Mil sous le cimetière de la cathédrale de Reims</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sindonino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5978,73 +7325,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap : SRA Champagne-Ardenne. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02511576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caen, place du Marché et cimetière Saint-Sauveur. XIIIe-XVIIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6057,73 +7404,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest, S.R.A de Normandie. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02511590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une sépulture sur les pentes du Mont-aux-Malades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Calderoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6136,130 +7483,130 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest, S.R.A de Normandie. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02511594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ottmarsheim, 4, rue de l’église</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Queyras Marine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] SRA Alsace. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02511596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6269,638 +7616,638 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and evolution of rickets and scurvy therapeutics between the 17th and 19th centuries CE: archaeo- and palaeopharmacological approach</w:t>
+                <w:t xml:space="preserve">Evolution et identification des thérapeutiques du rachitisme aux XVIIe-XIXe siècles : Approches archéo-et paléopharmacologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Zinn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Lefrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dutour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pianet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Annual Meeting of the SSCIP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Colloque 2024 du GPLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05064643v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05064646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution et identification des thérapeutiques du rachitisme aux XVIIe-XIXe siècles : Approches archéo-et paléopharmacologiques</w:t>
+                <w:t xml:space="preserve">Identification and evolution of rickets and scurvy therapeutics between the 17th and 19th centuries CE: archaeo- and palaeopharmacological approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Zinn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Lefrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pianet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Colombo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque 2024 du GPLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">16th Annual Meeting of the SSCIP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05064646v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05064643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identication du scorbut dans les populations carencées : un exemple à l'aître Saint-Maclou (Rouen, Seine-Maritime)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Coupeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dutour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poster présenté au colloque annuel du GPLF, 25-27 mars 2021 (en distanciel), session posters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Paris - Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03238649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Démarche diagnostique d’une maladie osseuse constitutionnelle chez un fœtus retrouvé à l’aître Saint-Maclou (Rouen, 76)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Coupeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Coqueugniot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Panuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les nouvelles méthodologies en paléopathologie, colloque du Groupe des Paléopathologistes de languie Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Rouen, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02139319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La peste à Rouen à la fin du Moyen Âge. Résultats préliminaires du diagnostic archéologique et projet de fouille programmée de l’aître Saint-Maclou à Rouen (76)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dutour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hendrik N Poinar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eaton Katherine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVe congrès du Groupe des Paléopathologistes de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02512755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité des formes de Serpens endocrania symmetrica (méningite tuberculeuse probable) dans une population alto-médiévale normande. Le cas du site du « Chemin aux Errants » à Val-de-Reuil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6929,73 +8276,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIVe congrès du Groupe des Paléopathologistes de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02512761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réflexions méthodologiques sur la détermination du sexe in situ dans les grands ensembles sépulcraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7037,73 +8384,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour des enjeux de la fouille des grands ensembles sépulcraux médiévaux, modernes et contemporains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03924301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cas sévères de carence et un cas probable de syphilis congénitale chez des enfants morts en bas-âge à l’époque Moderne, inhumés sous le parvis de l’église Saint-Sauveur de Caen (Calvados)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7132,1581 +8479,234 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXe congrès du Groupe des Paléopathologistes de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02512770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les pratiques funéraires du site du 43, rue de Sébastopol, Reims (Marne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Péchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Pélissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Henrion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table ronde de l’ATEG 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Châlon-en-Champagne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02512776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un cas d’hyperostose spongieuse à l’époque carolingienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIe Congrès du Groupe des Paléopathologistes de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2004, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02514745v1</w:t>
-              </w:r>
-[...1345 lines deleted...]
-                <w:t xml:space="preserve">halshs-02510526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8750,51 +8750,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Allenet de Ribemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bemilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8883,77 +8883,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les épidémies de peste à Rouen : l’Aître Saint-Maclou (XIVe-XVIIIe s.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Coupeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, numéro spécial « Une archéologie des épidémies humaines et animales » (169), pp.52-56, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9206,51 +9206,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rouen (Seine-Maritime). Aître Saint-Maclou [notice archéologique]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie Médiévale. Varia : Chronique des fouilles médiévales en France en 2018, 49</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.356</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9746,51 +9746,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038553v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Zinn" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminte Thomann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lefrais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Colombo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2025.02.006" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827395v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Colleter" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delattre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Le Forestier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Baiet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/var.2024.20003" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131699v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Paez-Rezende" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jeanne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Nivez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Piolot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.731.0161" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04115645v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pilon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174840v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174895v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coupeur" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03211131v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carr&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Adrian" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7227/HRV.7.1.2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511555v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060467v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien P&#233;chart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Renou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie P&#233;lissier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Henrion" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03211155v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berthon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thomas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rottier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-015-0121-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509579v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Riche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ravon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Le Moigne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.2398" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955376v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008118v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bello" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Signoli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Andrews" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.20243" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-054S6N35-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02510533v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia M. Bello" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lalys" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Rabino-Massa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00851415v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511152v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511159v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05093685v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Barreau-Jacquot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Maudet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063998v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pianet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03937479v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bude" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512767v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Guillot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512748v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512746v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512752v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Calderoni" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512751v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kasprzyk" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512764v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923491v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rottier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923482v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955379v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Giazzon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Riche" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512780v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Martin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouhet Emilie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pilliot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sindonino" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514733v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia P&#233;doussaut" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daulny" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bolo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514739v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007476v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007511v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Devriendt" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sauzade" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Adalian" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03007222v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007570v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514743v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00851270v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514750v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514748v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Genot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514755v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04977734v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dupont" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Labbey" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lemaitre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Lecler-Huby" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03974943v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malina Robert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Duvernois" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03514547v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511563v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Angeli" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bell" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511565v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03239757v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511577v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511569v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Jimenez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Lukas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roudi&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064376v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carpentier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cardon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Labrot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511573v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511586v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436495v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dervin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dietrich" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Barme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511582v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511576v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511590v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511594v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511596v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Queyras Marine" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064643v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064646v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03238649v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139319v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coqueugniot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Panuel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512755v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik N Poinar" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eaton Katherine" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512761v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924301v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512770v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512776v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514745v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05092702v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04597700v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509566v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fossurier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03231712v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509567v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carr&#233; Florence" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509570v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060551v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060532v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534532v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509576v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534542v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Granai" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.4612" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534559v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aubry" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Biard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago-Lara Val&#233;rie" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02510526v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04398145v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Allenet de Ribemont" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/vfyr-a254" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04026901v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534510v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02862053v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Deshayes" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02862319v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955381v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651766v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651768v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lepaumier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-02512789v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038553v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Zinn" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminte Thomann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lefrais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Colombo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2025.02.006" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827395v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Colleter" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delattre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Le Forestier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Baiet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/var.2024.20003" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131699v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Paez-Rezende" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jeanne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Nivez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Piolot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.731.0161" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174895v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coupeur" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174840v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04115645v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pilon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03211131v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carr&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Adrian" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7227/HRV.7.1.2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060467v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien P&#233;chart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Renou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie P&#233;lissier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Henrion" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511555v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03211155v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berthon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thomas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rottier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-015-0121-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509579v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Riche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ravon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Le Moigne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.2398" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955376v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008118v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bello" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Signoli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Andrews" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.20243" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-054S6N35-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00851415v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Rabino-Massa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02510533v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia M. Bello" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lalys" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511152v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511159v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05093685v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Barreau-Jacquot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Maudet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063998v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pianet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03937479v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bude" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512767v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Guillot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512748v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512746v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512752v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Calderoni" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512751v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kasprzyk" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512764v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923491v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rottier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923482v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955379v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Giazzon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Riche" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512780v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Martin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouhet Emilie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pilliot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sindonino" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514733v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia P&#233;doussaut" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daulny" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bolo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514739v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007570v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Adalian" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007511v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Devriendt" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sauzade" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007476v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03007222v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514743v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00851270v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514750v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514748v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Genot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514755v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05092702v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04597700v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509566v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fossurier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509570v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509567v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carr&#233; Florence" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03231712v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534532v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Lukas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roudi&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Jimenez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060532v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060551v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509576v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534542v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Granai" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.4612" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534559v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aubry" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Biard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago-Lara Val&#233;rie" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02510526v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04977734v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dupont" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Labbey" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lemaitre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Lecler-Huby" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03974943v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malina Robert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Duvernois" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03514547v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511563v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Angeli" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bell" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511565v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03239757v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511577v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511569v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064376v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carpentier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cardon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Labrot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511582v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511573v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511586v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436495v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dervin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dietrich" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Barme" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511576v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511590v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511594v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511596v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Queyras Marine" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064646v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064643v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03238649v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139319v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coqueugniot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Panuel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512755v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik N Poinar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eaton Katherine" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512761v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924301v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512770v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512776v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514745v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04398145v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Allenet de Ribemont" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/vfyr-a254" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04026901v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534510v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02862053v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Deshayes" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02862319v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955381v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651766v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651768v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lepaumier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-02512789v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>