--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -100,261 +100,261 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-numerical micromechanical model for viscoelastic microcracked masonry</w:t>
+                <w:t xml:space="preserve">Multiscale approach incorporating tropocollagen scale to assess the effect of molecular age-related modifications on elastic constants of cortical bone based on finite element and homogenization methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aida Chaker</w:t>
+                <w:t xml:space="preserve">Marouane El Mouss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tarek Merzouki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">André Langlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ridha Hambli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 166, pp.104218. </w:t>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 128, pp.105130. </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2022.104218⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2022.105130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03534189v2</w:t>
+                <w:t xml:space="preserve">hal-03612797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale approach incorporating tropocollagen scale to assess the effect of molecular age-related modifications on elastic constants of cortical bone based on finite element and homogenization methods</w:t>
+                <w:t xml:space="preserve">Semi-numerical micromechanical model for viscoelastic microcracked masonry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marouane El Mouss</w:t>
+                <w:t xml:space="preserve">Aida Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarek Merzouki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amna Rekik</w:t>
+                <w:t xml:space="preserve">André Langlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ridha Hambli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 128, pp.105130. </w:t>
+              <w:t xml:space="preserve">Mechanics of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 166, pp.104218. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2022.105130⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2022.104218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03612797v1</w:t>
+                <w:t xml:space="preserve">hal-03534189v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermomechanical modelling of a blast furnace hearth</w:t>
               </w:r>
@@ -366,51 +366,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Brulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -496,51 +496,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Guissouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ridha Hambli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -587,51 +587,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rigorous Estimates for Effective Creep-coefficients of Microcracked Masonry Accounting for Cracks Interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Periodica Polytechnica Civil Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
@@ -704,51 +704,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Bilbao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -790,90 +790,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical modeling of the effects hydration and number of hydrogen bonds on the mechanical properties of the tropocollagen molecule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marouane El Mouss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amna Rekik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zellagui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Merzouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ridha Hambli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -924,51 +924,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital Image Correlation measurements of mortarless joint closure in refractory masonries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Allaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1175,51 +1175,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-level modeling of viscoelastic microcracked masonry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Thu Nga Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1413,51 +1413,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical homogenization model for effective creep properties of microcracked masonry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1504,51 +1504,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experiments and nonlinear homogenization sustaining mean-field theories for refractory mortarless masonry: The classical secant procedure and its improved variants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Allaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1629,51 +1629,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A set of enhanced formulations for existing nonlinear homogenization schemes and their evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auslender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1759,51 +1759,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sido Sinnema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Allaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1867,51 +1867,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A critical evaluation of local field statistics predicted by various linearization schemes in nonlinear mean-field homogenization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1971,51 +1971,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogenization methods for interface modeling in damaged masonry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2088,51 +2088,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sido Sinnema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2183,51 +2183,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of the collocation inversion method for the linear viscoelastic homogenization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renald Brenner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2274,51 +2274,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of the collocation inversion method for the linear viscoelastic homogenization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renald Brenner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2378,51 +2378,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization and modelling of a carbon ramming mix used in high-temperature industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Brulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Josserand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2499,51 +2499,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the representative crack length evolution in a multi-level interface model for quasi-brittle masonry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2590,51 +2590,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Objective evaluation of linearization procedures in nonlinear homogenization: a methodology and some implications on the accuracy of micromechanical schemes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auslender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2707,51 +2707,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A methodology for an accurate evaluation of the linearization procedures in nonlinear mean field homogenization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2869,51 +2869,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-mechanical model accounting for creep and damage of masonry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Langlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2990,51 +2990,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Guissouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ridha Hambli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wendling-Hivet Audrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3098,51 +3098,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thy My Hanh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3197,51 +3197,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation des coefficients de fluage de maçonnerie avec prise en compte d'interactions entre microfissures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3318,51 +3318,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Guissouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ridha Hambli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wendling-Hivet Audrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3400,77 +3400,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An original multiscale model and numerical tool for cortical bone’s effective properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marouane El Mouss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amna Rekik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Merzouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ridha Hambli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3508,90 +3508,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite elements modeling of hydration and number of intramolecular links’ effects on mechanical properties of Tropocollagen molecule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marouane El Mouss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amna Rekik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ridha Hambli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Merzouki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMECH Colloquium 594 Bone remodeling: multiscale mechanical models and multiphysical aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3616,51 +3616,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved tangent second-order variants for viscoplastic composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCS20, 20th International Conference on Composite Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3698,51 +3698,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slip-separation waves in a brake-like system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelbacet Oueslati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Seventh International Congress on Design and Modelling of Mechanical Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Hammamet, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3767,51 +3767,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche multi-échelles pour les maçonneries viscoélastiques miro-fissurées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3836,51 +3836,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche micromécanique pour une maçonnerie microfissurée en fluage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2017, Congrès Français de Mécanique 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3905,51 +3905,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques d’homogénéisation et mécanique de rupture fragile pour la prédiction du fluage de maçonnerie microfissurée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3987,51 +3987,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HOMOGENIZATION TECHNIQUES FOR ACCURATE ANDAPPROXIMATE ESTIMATES FOR OVERALL PROPERTIES OFMICROCRACKED VISCOELASTIC MASONRIES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4069,51 +4069,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling between homogenization techniques and brittle mechanics for modelling the behaviour of micro-cracked refractory linings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Thuy Nga Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4164,51 +4164,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling between homogenization techniques and brittle mechanics for modelling the viscoplastic behaviour of micro-cracked refractory linings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Thu Nga Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4259,51 +4259,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling between homogenization techniques and brittle mechanics for modelling the behaviour of micro-cracked refractory linings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Thu Nga Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4367,51 +4367,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A MULTI-LEVEL APPROACH FOR MICRO-CRACKED VISCOELASTIC MASONRY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Thu Nga Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4462,51 +4462,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude expérimentale du comportement en compression de joints secs de maçonneries réfractaires avec corrélation d'image</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Allaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4600,51 +4600,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirill Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sido Sinnema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4689,385 +4689,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00651610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of different designs of bottom linings with dry joints</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermomechanical modelling of a blast furnace hearth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Brulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amna Rekik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Josserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UNITECR'11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2011, Kyoto, Japan. pp.CD-Rom</w:t>
+              <w:t xml:space="preserve">, Oct 2011, Kyoto, Japan. pp.CD-ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00649600v1</w:t>
+                <w:t xml:space="preserve">hal-00651546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermomechanical modelling of a blast furnace hearth</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Détermination des limites à la rupture des interfaces briques/mortier à haute température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Bilbao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Brulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Josserand</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Landreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UNITECR'11</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Kyoto, Japan. pp.CD-ROM</w:t>
+              <w:t xml:space="preserve">Journées GFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00651546v1</w:t>
+                <w:t xml:space="preserve">hal-00651616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détermination des limites à la rupture des interfaces briques/mortier à haute température</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel de Bilbao</w:t>
+                <w:t xml:space="preserve">Comparison of different designs of bottom linings with dry joints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Andreev</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées GFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Limoges, France</w:t>
+              <w:t xml:space="preserve">UNITECR'11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Kyoto, Japan. pp.CD-Rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00651616v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00649600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental set-up for mortar / brick interface strength characterization at high temperature</w:t>
               </w:r>
@@ -5092,64 +5092,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Bilbao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Landreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UNITECR'11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Kyoto, Japan. pp.CD-ROM</w:t>
@@ -5204,51 +5204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Brulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Roulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5329,51 +5329,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirill Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sido Sinnema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5437,51 +5437,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-level interface model taking into account unilateral conditions and crack evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seventh Meeting "Unilateral Problems in Structural Analysis"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Palmanova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5519,51 +5519,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et modélisation d'un pisé au comportement compactant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Brulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Josserand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5657,51 +5657,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IV European Conference on Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5726,51 +5726,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damaged interface modeling by homogenization techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5808,51 +5808,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un modèle multi-échelle d'interface : application aux interfaces mortier/brique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5890,51 +5890,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogenization methods for interface modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5972,51 +5972,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de méthodes d'inversion numérique de la transformée de Laplace-Carson pour l'homogénéisation en visco-élasticité linéaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renald Brenner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6054,51 +6054,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global and local evaluation of different linearization treatment sustaining nonlinear homogenization procedures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auslender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6162,51 +6162,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation précise des procédures de linéarisation en homogénéisation non linéaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6270,51 +6270,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of linearization procedure sustaining nonlinear homogenization theories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6410,51 +6410,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micromodeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lebon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6527,51 +6527,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fazia Fouchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Titeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6658,51 +6658,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l'homogénéisation de matériaux non linéaires et viscoélastiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amna Rekik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique des matériaux [physics.class-ph]. Laboratoire PRISME, Université d'Orléans; Laboratoire Gabriel LaMé, Université d'Orléans, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6889,51 +6889,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534189v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Chaker" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amna Rekik" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Langlet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Hambli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2022.104218" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612797v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marouane El Mouss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Merzouki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2022.105130" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612788v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brulin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gasser" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blond" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roulet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.126833" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527568v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Guissouma" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hivet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09544119211022059" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560514v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3311/PPci.14157" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987952v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Bilbao" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987986v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Zellagui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682142v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Allaoui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Andreev" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.12.055" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04077036v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St Nguyen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H Vu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mn Vu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tn Nguyen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1056789515608231" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265232v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Nga Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.11.002" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04077027v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1056789515605557" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761556v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2016.09.028" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059712v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Andreev" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071907v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auslender" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bornert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2014.10.001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772391v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sido Sinnema" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.02.024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769033v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2012.05.011" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652805v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lebon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2010.09.009" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719084v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653303v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renald Brenner" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2011.04.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652636v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652709v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Josserand" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2010.11.024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653295v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2010.06.024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111454v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Zaoui" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2006.10.001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156073v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2005.10.002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527572v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chaker" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Langlet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988220v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendling-Hivet Audrey" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426367v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thy My Hanh Nguyen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Mahmoud Alaa Ali" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499735v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988239v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988262v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988251v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762308v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637975v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbacet Oueslati" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465589v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762310v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294225v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762359v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295164v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thuy Nga Nguyen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260249v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213806v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066757v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772686v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651610v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649600v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651546v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651616v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Landreau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651606v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611744v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brulin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roulet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651539v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483319v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651614v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Josserand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483314v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459533v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419951v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459531v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362544v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139479v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01586024v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auslender" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117650v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336722v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-102439-3.00009-9" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762363v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fazia Fouchal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Titeux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.novapublishers.com/catalog/product_info.php?products_id=38187" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04983698v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612797v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marouane El Mouss" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Merzouki" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amna Rekik" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Hambli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2022.105130" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534189v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Chaker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Langlet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2022.104218" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612788v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brulin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gasser" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blond" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roulet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.126833" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527568v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Guissouma" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hivet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09544119211022059" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560514v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3311/PPci.14157" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987952v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Bilbao" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987986v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Zellagui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682142v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Allaoui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Andreev" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.12.055" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04077036v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St Nguyen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H Vu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mn Vu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tn Nguyen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1056789515608231" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265232v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Nga Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.11.002" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04077027v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1056789515605557" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761556v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2016.09.028" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059712v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Andreev" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071907v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auslender" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bornert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2014.10.001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772391v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sido Sinnema" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.02.024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769033v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2012.05.011" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652805v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lebon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2010.09.009" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719084v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653303v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renald Brenner" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2011.04.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652636v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652709v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Josserand" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2010.11.024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653295v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2010.06.024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111454v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Zaoui" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2006.10.001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156073v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2005.10.002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527572v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chaker" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Langlet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988220v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendling-Hivet Audrey" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426367v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thy My Hanh Nguyen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Mahmoud Alaa Ali" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499735v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988239v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988262v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988251v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762308v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637975v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbacet Oueslati" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465589v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762310v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294225v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762359v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295164v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thuy Nga Nguyen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260249v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213806v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066757v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772686v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651610v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651546v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651616v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Landreau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649600v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651606v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611744v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brulin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roulet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651539v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483319v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651614v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Josserand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483314v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459533v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419951v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459531v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362544v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139479v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01586024v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auslender" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117650v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336722v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-102439-3.00009-9" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762363v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fazia Fouchal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Titeux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.novapublishers.com/catalog/product_info.php?products_id=38187" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04983698v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>