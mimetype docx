--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2857,554 +2857,554 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00796513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin of fecal contamination in waters from contrasted areas: Stanols as Microbial Source Tracking markers</w:t>
+                <w:t xml:space="preserve">Changes in concentrations of fluoroquinolones and of ciprofloxacin-resistant Enterobacteriaceae in chicken feces and in manure stored in a heap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Derrien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Jardé</w:t>
+                <w:t xml:space="preserve">R. Moraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jadas-Hécart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Gruau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michèle Gourmelon</w:t>
+                <w:t xml:space="preserve">C. Ziebal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Environmental Quality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 41 (3), pp.754-763</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00726397v1</w:t>
+                <w:t xml:space="preserve">hal-00935489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in concentrations of fluoroquinolones and of ciprofloxacin-resistant Enterobacteriaceae in chicken feces and in manure stored in a heap</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Origin of fecal contamination in waters from contrasted areas: Stanols as Microbial Source Tracking markers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gruau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Moraru</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">C. Ziebal</w:t>
+                <w:t xml:space="preserve">Michèle Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Quality</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Water Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 46 (13), pp.4009-4016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.watres.2012.05.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00935489v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00726397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persistence of microbial and chemical pig manure markers as compared to faecal indicator bacteria survival in freshwater and seawater microcosms</w:t>
+                <w:t xml:space="preserve">Design of an integrated piggery system with recycled water, biomass production and water purification by vermiculture, macrophyte ponds and constructed wetlands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Solecki</w:t>
+                <w:t xml:space="preserve">Philippe Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michèle Gourmelon</w:t>
+                <w:t xml:space="preserve">Paul Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Marin</w:t>
+                <w:t xml:space="preserve">Didier Oudart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fievet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.watres.2011.06.012⟩</w:t>
+              <w:t xml:space="preserve">Water Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 63 (6), pp.1314-1320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2166/wst.2011.109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00622992v1</w:t>
+                <w:t xml:space="preserve">hal-00590646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of an integrated piggery system with recycled water, biomass production and water purification by vermiculture, macrophyte ponds and constructed wetlands</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Persistence of microbial and chemical pig manure markers as compared to faecal indicator bacteria survival in freshwater and seawater microcosms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Robin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+                <w:t xml:space="preserve">O. Solecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Oudart</w:t>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Fievet</w:t>
+                <w:t xml:space="preserve">C. Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 63 (6), pp.1314-1320. </w:t>
+              <w:t xml:space="preserve">Water Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 45 (15), pp.4623-4633. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2166/wst.2011.109⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.watres.2011.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00590646v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00622992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of isolates of &amp;lt;em&amp;gt;Listeria monocytogenes&amp;lt;/em&amp;gt; from sludge using pulsed-field gel electrophoresis and virulence assays</w:t>
               </w:r>
@@ -3653,51 +3653,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of non-dissolved particulate organic matter during composting of sludge with straw.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Ablain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3793,545 +3793,545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00317569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of a pig slurry microbial community during anaerobic storage and management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Peu</w:t>
+                <w:t xml:space="preserve">Survival of Listeria monocytogenes and Enterococcus faecium in sludge evaluated by real-time PCR and culture methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Wéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Brugère</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+                <w:t xml:space="preserve">V. Stan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique M. Kérourédan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Godon</w:t>
+                <w:t xml:space="preserve">Jean Philippe J. P. Delgenes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Picard-Bonnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Letters in Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 43 (2), pp.131-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1472-765X.2006.01946.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02657999v1</w:t>
+                <w:t xml:space="preserve">hal-02663876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survival of Listeria monocytogenes and Enterococcus faecium in sludge evaluated by real-time PCR and culture methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Wéry</w:t>
+                <w:t xml:space="preserve">Dynamics of a pig slurry microbial community during anaerobic storage and management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Peu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Brugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">F. Picard-Bonnaud</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique M. Kérourédan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Godon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Letters in Applied Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 72 (5), pp.3578-3585</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02663876v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decrease of enteric micro-organisms from rural sewage sludge during their composting in straw mixture.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Decrease of enteric micro-organisms from rural sewage sludge during their composting in mixture with straw</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Morand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Picard-Bonnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie A.M. Pourcher</w:t>
+                <w:t xml:space="preserve">S. Billaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Monpoeho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 99 (3), pp.528-539. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2005, 99(3), pp.528-539</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02678706v1</w:t>
+                <w:t xml:space="preserve">hal-00015499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decrease of enteric micro-organisms from rural sewage sludge during their composting in mixture with straw</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Decrease of enteric micro-organisms from rural sewage sludge during their composting in straw mixture.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie A.M. Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Morand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Picard-Bonnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Billaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Monpoeho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 99(3), pp.528-539</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 99 (3), pp.528-539. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2672.2005.02642.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00015499v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6737,1127 +6737,1127 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of pathogens during the storage of digestates</w:t>
+                <w:t xml:space="preserve">Dynamique des pathogènes lors du stockage de digestats issus de la méthanisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Maynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Ziebal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Druilhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Wéry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Anaerobic Digestion. AD Technology and Microbial Ecology for Sustainable Development (ADTech2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Laboratoire de Biotechnologie de l'Environnement (0050)., Feb 2015, Chiang Mai, Thailand</w:t>
+              <w:t xml:space="preserve">7. Colloque AFEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone d'Ecologie Microbienne (AFEM). FRA., Nov 2015, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01163004v1</w:t>
+                <w:t xml:space="preserve">hal-01512215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique des pathogènes lors du stockage des digestats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Persistence of Salmonella Derby and Listeria monocytogenes in digestates derived from pig and dairy farms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Ziebal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Maynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Druilhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Latrille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Recherche Industrie Biogaz-Méthanisation (JRI2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche en Sciences et Technologies pour l'Environnement et l'Agriculture (IRSTEA). Rennes, FRA., Feb 2015, Rennes, France</w:t>
+              <w:t xml:space="preserve">17. International Congress on Animal Hygiene (ISAH 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Animal Hygiene (ISAH), Jun 2015, Košice, Slovakia. 409 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01167878v1</w:t>
+                <w:t xml:space="preserve">hal-02739657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microalgae process design for nutrient extraction from digestate through laboratory tests and model</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Sialve</w:t>
+                <w:t xml:space="preserve">Dynamique des pathogènes lors du stockage des digestats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Maynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Ziebal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Druilhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Wéry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. World Congress on Anaerobic Digestion (AD14)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Water Association (IWA). INT., Nov 2015, Viña del Mar, Chile</w:t>
+              <w:t xml:space="preserve">Journées Recherche Industrie Biogaz-Méthanisation (JRI2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche en Sciences et Technologies pour l'Environnement et l'Agriculture (IRSTEA). Rennes, FRA., Feb 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738603v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01167878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persistence of Salmonella Derby and Listeria monocytogenes in digestates derived from pig and dairy farms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamics of pathogens during the storage of digestates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Maynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Ziebal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Wéry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. International Congress on Animal Hygiene (ISAH 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society for Animal Hygiene (ISAH), Jun 2015, Košice, Slovakia. 409 p</w:t>
+              <w:t xml:space="preserve">International Conference on Anaerobic Digestion. AD Technology and Microbial Ecology for Sustainable Development (ADTech2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Laboratoire de Biotechnologie de l'Environnement (0050)., Feb 2015, Chiang Mai, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739657v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01163004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique des pathogènes lors du stockage de digestats issus de la méthanisation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Maynaud</w:t>
+                <w:t xml:space="preserve">Microalgae process design for nutrient extraction from digestate through laboratory tests and model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Béline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Marcilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Sialve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Ziebal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Colloque AFEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Francophone d'Ecologie Microbienne (AFEM). FRA., Nov 2015, Anglet, France</w:t>
+              <w:t xml:space="preserve">14. World Congress on Anaerobic Digestion (AD14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Water Association (IWA). INT., Nov 2015, Viña del Mar, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01512215v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of tools to differentiate bovine, porcine and human fecal contamination in surface waters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An interdisciplinary toolbox to track the sources of fecal contaminations in water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Jarde</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
+                <w:t xml:space="preserve">Olivia Solecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Animal Hygiene (ISAH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Nanjing, China</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Vienne, Austria. pp.EGU2013-4704</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00796589v1</w:t>
+                <w:t xml:space="preserve">insu-00853343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An interdisciplinary toolbox to track the sources of fecal contaminations in water</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Development of tools to differentiate bovine, porcine and human fecal contamination in surface waters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jadas-Hécart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivia Solecki</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Vienne, Austria. pp.EGU2013-4704</w:t>
+              <w:t xml:space="preserve">International Congress on Animal Hygiene (ISAH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Nanjing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00853343v1</w:t>
+                <w:t xml:space="preserve">insu-00796589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a microalgae process to recycle nutrients (N and P) from digestate: effect of the influent color</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Tremier</w:t>
+                <w:t xml:space="preserve">Identification des sources de pollution fécale à l'échelle bassin versant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Solecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. International Conference (Network on Recycling of Agricultural Municipal and Industrial Residues in Agriculture), RAMIRAN 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Environnement et Grandes Cultures (1091)., Jun 2013, Versailles, France</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Microbiologie (SFM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02746545v1</w:t>
+                <w:t xml:space="preserve">insu-00796571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des sources de pollution fécale à l'échelle bassin versant</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
+                <w:t xml:space="preserve">Development of a microalgae process to recycle nutrients (N and P) from digestate: effect of the influent color</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Marcilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Sialve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tremier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Microbiologie (SFM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Lille, France</w:t>
+              <w:t xml:space="preserve">15. International Conference (Network on Recycling of Agricultural Municipal and Industrial Residues in Agriculture), RAMIRAN 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Environnement et Grandes Cultures (1091)., Jun 2013, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00796571v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'outils microbiologiques et chimiques permettant d'identifier l'origine des pollutions fécales dans les eaux de baignade</w:t>
               </w:r>
@@ -8007,51 +8007,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jadas-Hécart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8087,782 +8087,782 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00796562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de l'épandage de fumier de volailles sur les transferts de bactéries et d'antibiotiques vers le milieu aquatique »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of livestock faecal contamination in surface waters: application of chemical and microbiological tools for Microbial Source Tracking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Cotinet</w:t>
+                <w:t xml:space="preserve">Romain Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Heddadj</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+                <w:t xml:space="preserve">M. Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Dabert</w:t>
+                <w:t xml:space="preserve">Sophie Mieszkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Yves Communal</w:t>
+                <w:t xml:space="preserve">M.P. Caprais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"titre manquant"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Tours, France</w:t>
+              <w:t xml:space="preserve">14th Ramiran International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03348897v1</w:t>
+                <w:t xml:space="preserve">insu-00577984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of livestock faecal contamination in surface waters: application of chemical and microbiological tools for Microbial Source Tracking</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Projet ANR-EVALUFQVOL : Impact de l’épandage de fumiers de volailles sur les transferts de bactéries et d’antibiotiques vers le milieu aquatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Cotinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Heddadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Mieszkin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M.P. Caprais</w:t>
+                <w:t xml:space="preserve">Patrick Dabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jadas-Hécart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Ramiran International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">"titre manquant"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00577984v1</w:t>
+                <w:t xml:space="preserve">hal-03348874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet ANR-EVALUFQVOL : Impact de l’épandage de fumiers de volailles sur les transferts de bactéries et d’antibiotiques vers le milieu aquatique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId227" w:history="1">
+                <w:t xml:space="preserve">Impact de l'épandage de fumier de volailles sur les transferts de bactéries et d'antibiotiques vers le milieu aquatique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Cotinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Heddadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Jadas-Hécart</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Communal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"titre manquant"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03348874v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03348897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement de marqueurs spécifiques de contamination fécale : application aux profils de baignade</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Persistence of microbial human markers of freshwater and seawater microcosms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Solecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Wéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les rencontres scientifiques de l'ANSES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">4. Congress of International Microbiologists (FEMS 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00605051v1</w:t>
+                <w:t xml:space="preserve">insu-00667464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persistence of microbial human markers of freshwater and seawater microcosms</w:t>
+                <w:t xml:space="preserve">Biomass production and water purification from fresh liquid manure - Use of vermiculture, macrophytes ponds and constructed wetlands to recover nutrients and recycle water for flushing in pig housing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Solecki</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Wéry</w:t>
+                <w:t xml:space="preserve">Philippe Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+                <w:t xml:space="preserve">Paul Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Escande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Congress of International Microbiologists (FEMS 2011)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Engineering: from Concepts to Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, Dec 2009, Paris, France. pp.130-139, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proenv.2011.11.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00667464v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00686877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomass production and water purification from fresh liquid manure - Use of vermiculture, macrophytes ponds and constructed wetlands to recover nutrients and recycle water for flushing in pig housing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Robin</w:t>
+                <w:t xml:space="preserve">Développement de marqueurs spécifiques de contamination fécale : application aux profils de baignade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Escande</w:t>
+                <w:t xml:space="preserve">M.Arie-Paule Caprais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernadette Picot</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Jaffrézic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Et Al.</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Engineering: from Concepts to Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les rencontres scientifiques de l'ANSES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00686877v1</w:t>
+                <w:t xml:space="preserve">insu-00605051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des systèmes de traitement du lisier dans le transfert des perturbateurs endocriniens et des antibiotiques vers l'environnement naturel</w:t>
               </w:r>
@@ -8900,51 +8900,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Budzinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2010, Paris, France</w:t>
@@ -8973,64 +8973,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of an integrated piggery system with recycled water, biomass production and water purification by vermiculture, macrophyte ponds and constructed wetlands.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9098,64 +9098,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomass production and water purification from fresh liquid manure by vermiculture, macrophytes ponds and constructed wetlands to recover nutrients and recycle water for flushing in pig housing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Escande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9262,64 +9262,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Caprais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ères Rencontres nationales "Gestion des baignades en eau douce"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Cahors, France</w:t>
@@ -9387,51 +9387,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka Gosinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Picard-Bonnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9608,77 +9608,446 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02609264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devenir des pathogènes lors du compostage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Wéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques G. Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compostage et Composts : Avancées scientifiques et techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EditionsTec &amp; Doc Lavoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 637 p., 2018, 9782743023591</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02787066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact du compostage sur l’antibiorésistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Wéry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compostage et Composts : Avancées scientifiques et techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EditionsTec &amp; Doc Lavoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 637 p., 2018, 9782743023591</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02791681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation de la survie de la flore fécale porcine au travers des filières de gestion des lisiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Peu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Brugère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Godon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les maladies émergentes. Epidémiologie chez le végétal, l'animal et l'homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Quae, 2010, Synthèses (Quae), 978-2-7592-0510-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02822939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Brevet (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composition pour le traitement aérobie de résidus ligno-cellulosiques, procédé associé et leur utilisation pour un prétraitement biologique desdtis résidus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Peu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9700,426 +10069,57 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3057874. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608937v1</w:t>
-              </w:r>
-[...367 lines deleted...]
-                <w:t xml:space="preserve">hal-02822939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId272"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -10195,51 +10195,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C917C349"/>
+    <w:nsid w:val="2FD82F33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10426,51 +10426,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ampourcher" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5056-4918" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399197v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megane Lebreton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michel-Le Roux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lagarde" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thu Phuong La" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brothier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2025.115209" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04170587v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Pourcher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Druilhe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Mar&#233;chal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rep&#233;rant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Boscher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2023.06.037" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03879183v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kempf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Devendec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lucas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2022.08.002" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03496334v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Haenni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dagot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chesneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bibbal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labanowski" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2021.107047" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03855051v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Denis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ziebal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Picard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Perrot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1264/jsme2.ME22019" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04679904v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Maynaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jimenez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Patureau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2019.1376" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610311v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Marechal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gateau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Po&#235;z&#233;vara" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Couturier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rouxel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anaerobe.2020.102180" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258917v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Poezevara" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Couturier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Rouxel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137213v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorine Derongs" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17155450" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673306v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.872" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258433v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619485v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606007v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Daumoin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Steyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2017.01.057" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602353v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Vivant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Boutin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Prost-Boucle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Papias" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hartmann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.08.015" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512204v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Cuny" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01469" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603394v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Desneux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Biscuit" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00245" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167153v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcilhac" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sialve" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2014.10.022" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NZJNLH08-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268951v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang-Hao Tian" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Bouchez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gelhaye" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Peu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-6142-4" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01702347v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03348848v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Moraru" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jadas-H&#233;cart" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/jeq2011.0313" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796513v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jard&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Caprais" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie W&#233;ry" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tsm/201203043" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00726397v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Derrien" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gruau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gourmelon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2012.05.003" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935489v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Moraru" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ziebal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00622992v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Solecki" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanneau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.06.012" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590646v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morand" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Oudart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fievet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2011.109" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659493v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#235;lle K&#233;rouanton" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie M. Roche" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Marault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velge" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2009.04531.x" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659441v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Monteil" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Godon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2009.11.027" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DS7KWX7B-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317569v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ablain" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hi&#233;ronymus Yulipriyanto" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Morvan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2008.02.002" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SWQSD5K7-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657999v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Brug&#232;re" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique M. K&#233;rour&#233;dan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663876v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Stan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe J. P. Delgenes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Picard-Bonnaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1472-765X.2006.01946.x" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678706v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie A.M. Pourcher" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Morand" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Billaudel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Monpoeho" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2005.02642.x" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015499v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05529451v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihane Saad" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Roux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416627v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Douarre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Felix" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Romero" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416155v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673299v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Piveteau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04673078v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Sarrazin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673296v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03924031v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dufour" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dehorter" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Ducatez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04026651v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Gani&#232;re" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fournier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hilaire" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin-Leneveu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04301762v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maris" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148748v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Pons" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilys Pradel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Aubry" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04811501v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin F&#233;lix" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romero Karol" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417244v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416101v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31274/safepork.16351" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04826247v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chemidlin Pr&#233;vost-Bour&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier Donadille" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bouchon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609274v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-.Laure Vivant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04673878v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785337v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hamelin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736308v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605646v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163004v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167878v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738603v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice B&#233;line" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739657v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Druilhe" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Latrille" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512215v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796589v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jarde" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00853343v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Solecki" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746545v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tremier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796571v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00797077v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wery" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796562v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03348897v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cotinet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heddadj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dabert" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Communal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00577984v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Marti" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gourmelon" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mieszkin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Caprais" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03348874v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00605051v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.Arie-Paule Caprais" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jaffr&#233;zic" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Et Al." TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00667464v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686877v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Escande" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Picot" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proenv.2011.11.021" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754280v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Combalbert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion-Justine Capdeville" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Budzinski" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436736v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oudart" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fievet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436885v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Escande" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Picot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00577835v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marti" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dabert" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015500v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Gosinska" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Picard-Bonnaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ferr&#233;" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609264v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ania Morvannou" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forquet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608937v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787066v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques G. Fuchs" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.lavoisier.fr/environnement/compostage-et-composts/de-guardia/tec-et-doc/environnement/livre/9782743023591" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791681v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822939v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ampourcher" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5056-4918" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399197v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megane Lebreton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michel-Le Roux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lagarde" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thu Phuong La" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brothier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2025.115209" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04170587v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Pourcher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Druilhe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Mar&#233;chal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rep&#233;rant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Boscher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2023.06.037" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03879183v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kempf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Devendec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lucas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2022.08.002" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03496334v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Haenni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dagot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chesneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bibbal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labanowski" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2021.107047" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03855051v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Denis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ziebal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Picard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Perrot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1264/jsme2.ME22019" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04679904v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Maynaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jimenez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Patureau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2019.1376" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610311v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Marechal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gateau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Po&#235;z&#233;vara" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Couturier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rouxel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anaerobe.2020.102180" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258917v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Poezevara" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Couturier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Rouxel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137213v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorine Derongs" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17155450" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673306v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.872" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258433v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619485v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606007v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Daumoin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Steyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2017.01.057" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602353v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Vivant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Boutin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Prost-Boucle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Papias" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hartmann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.08.015" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512204v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Cuny" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01469" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603394v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Desneux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Biscuit" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00245" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167153v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcilhac" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sialve" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2014.10.022" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NZJNLH08-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268951v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang-Hao Tian" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Bouchez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gelhaye" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Peu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-6142-4" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01702347v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03348848v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Moraru" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jadas-H&#233;cart" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/jeq2011.0313" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796513v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jard&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Caprais" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie W&#233;ry" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tsm/201203043" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935489v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Moraru" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ziebal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00726397v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Derrien" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gruau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gourmelon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2012.05.003" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590646v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Oudart" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fievet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2011.109" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00622992v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Solecki" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanneau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.06.012" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659493v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#235;lle K&#233;rouanton" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie M. Roche" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Marault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velge" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2009.04531.x" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659441v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Monteil" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Godon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2009.11.027" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DS7KWX7B-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317569v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ablain" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hi&#233;ronymus Yulipriyanto" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Morvan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2008.02.002" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SWQSD5K7-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663876v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Stan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe J. P. Delgenes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Picard-Bonnaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1472-765X.2006.01946.x" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657999v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Brug&#232;re" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique M. K&#233;rour&#233;dan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015499v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Billaudel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Monpoeho" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678706v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie A.M. Pourcher" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Morand" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2005.02642.x" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05529451v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihane Saad" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Roux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416627v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Douarre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Felix" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Romero" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416155v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673299v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Piveteau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04673078v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Sarrazin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673296v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03924031v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dufour" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dehorter" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Ducatez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04026651v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Gani&#232;re" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fournier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hilaire" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin-Leneveu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04301762v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maris" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148748v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Pons" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilys Pradel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Aubry" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04811501v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin F&#233;lix" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romero Karol" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417244v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416101v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31274/safepork.16351" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04826247v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chemidlin Pr&#233;vost-Bour&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier Donadille" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bouchon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609274v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-.Laure Vivant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04673878v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785337v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hamelin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736308v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605646v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512215v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739657v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Druilhe" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Latrille" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167878v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163004v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738603v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice B&#233;line" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00853343v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Solecki" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796589v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jarde" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796571v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746545v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tremier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00797077v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wery" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796562v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00577984v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Marti" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gourmelon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mieszkin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Caprais" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03348874v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cotinet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heddadj" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dabert" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03348897v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Communal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00667464v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686877v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Escande" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Picot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proenv.2011.11.021" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00605051v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.Arie-Paule Caprais" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jaffr&#233;zic" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Et Al." TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754280v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Combalbert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion-Justine Capdeville" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Budzinski" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436736v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oudart" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fievet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436885v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Escande" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Picot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00577835v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marti" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dabert" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015500v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Gosinska" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Picard-Bonnaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ferr&#233;" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609264v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ania Morvannou" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forquet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787066v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques G. Fuchs" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.lavoisier.fr/environnement/compostage-et-composts/de-guardia/tec-et-doc/environnement/livre/9782743023591" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791681v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822939v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608937v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>