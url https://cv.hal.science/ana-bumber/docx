--- v0 (2026-03-03)
+++ v1 (2026-03-31)
@@ -199,1099 +199,1203 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ada in Black and White</w:t>
+                <w:t xml:space="preserve">(M)other Tongue: Students react to video translations of self</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Denyze Toffoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opeyemi Comfort Oso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MLA 2025 Convention, IVNS Panel: "Nabokov, Blackness and Whiteness"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EuroCALL 2025. Advancing CALL: New research agendas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Università Cattolica del Sacro Cuore, Aug 2025, Milan (Italie), Italy. pp.1 - 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4995/eurocall2025.2025.21277⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05366362v1</w:t>
+                <w:t xml:space="preserve">hal-05474371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E-Portfolios in the Age of Chatbots: Working with a Teacher-Tailored PA</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Ada in Black and White</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Intelligences artificielles dans l'enseignement. Apprentissage des langues étrangères</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, APLIUT, Jun 2025, Colmar, France</w:t>
+              <w:t xml:space="preserve">MLA 2025 Convention, IVNS Panel: "Nabokov, Blackness and Whiteness"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MLA, Vladimir Nabokov International Society, Jan 2025, New Orleans (LA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05366374v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nabokov magicien, didacticien de langues cultures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">E-Portfolios in the Age of Chatbots: Working with a Teacher-Tailored PA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimee Schoonmaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Yassine-diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Croisements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADEFFI, Oct 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Les Intelligences artificielles dans l'enseignement. Apprentissage des langues étrangères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, APLIUT, Jun 2025, Colmar, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05366365v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'IA hallucine! Les pratiques pédagogiques en transition grâce à l'ASR.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Nabokov magicien, didacticien de langues cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SAES, Panel: ARDAA, Jun 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Croisements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADEFFI, Oct 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05366378v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Affordances of HeyGEN to Influence the Ideal L2 Self</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">L'IA hallucine! Les pratiques pédagogiques en transition grâce à l'ASR.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Opeyemi Oso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CALL for Humanity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Eurocall 2024, Aug 2024, Trnava, France</w:t>
+              <w:t xml:space="preserve">SAES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SAES, Panel: ARDAA, Jun 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05052065v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Echoes of Visconti’s Vaghe Stelle dell’Orsa (1965) in Nabokov’s Ada or Ardor (1969). A magical connection”</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Assessing the Impact of Automatically Generated Closed Captions on Students' Perception of the English Language in ESP Contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference 2024 “Vladimir Nabokov, or Education Without Borders”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société française Vladimir Nabokov, International Vladimir Nabokov Society, Cornell University, Oct 2024, Ithaca (Cornell University), United States</w:t>
+              <w:t xml:space="preserve">45è Colloque du GERAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université des sciences appliquées de Zurich; Groupe d'Etude et de Recherche en Anglais de Spécialité (GERAS), Mar 2024, Winterthur (Zurich), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05366348v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Générer un soi idéal en L2 : les affordances de HeyGen</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Job Dating ou un exemple de pédagogie active</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Opeyemi Oso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sorties du cadre dans l'apprentissage et l'enseignement des langues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ranacles, Nov 2024, Rouen, France</w:t>
+              <w:t xml:space="preserve">Les Pédagogies actives en langue de spécialité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUT de Tours - Université de Tours; APLIUT, Jun 2024, Tours (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05052077v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Job Dating ou un exemple de pédagogie active</w:t>
+                <w:t xml:space="preserve">Affordances of HeyGEN to Influence the Ideal L2 Self</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Denyze Toffoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opeyemi Oso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Pédagogies actives en langue de spécialité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IUT de Tours - Université de Tours; APLIUT, Jun 2024, Tours (FR), France</w:t>
+              <w:t xml:space="preserve">CALL for Humanity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eurocall 2024, Aug 2024, Trnava, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04621093v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05052065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séminaire : Utilisation des IA génératives dans l'apprentissage des langues</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">“Echoes of Visconti’s Vaghe Stelle dell’Orsa (1965) in Nabokov’s Ada or Ardor (1969). A magical connection”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cycle de séminaires IA et SHS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Artificial and Natural Intelligence Toulouse Institute (ANITI); Université Toulouse II - Jean Jaurès, Jun 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">International Conference 2024 “Vladimir Nabokov, or Education Without Borders”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française Vladimir Nabokov, International Vladimir Nabokov Society, Cornell University, Oct 2024, Ithaca (Cornell University), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04621089v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the Impact of Automatically Generated Closed Captions on Students' Perception of the English Language in ESP Contexts</w:t>
+                <w:t xml:space="preserve">Générer un soi idéal en L2 : les affordances de HeyGen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Denyze Toffoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opeyemi Oso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45è Colloque du GERAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université des sciences appliquées de Zurich; Groupe d'Etude et de Recherche en Anglais de Spécialité (GERAS), Mar 2024, Winterthur (Zurich), Switzerland</w:t>
+              <w:t xml:space="preserve">Sorties du cadre dans l'apprentissage et l'enseignement des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ranacles, Nov 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04621084v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05052077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trains and other transports of delight</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Séminaire : Utilisation des IA génératives dans l'apprentissage des langues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trains of Thought: The Railroad in Literature and the Arts / Trains de vie: le chemin de fer dans la littérature et les arts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cultures Anglo-Saxonnes (C.A.S); Université Toulouse 2 - Jean Jaurès, Mar 2023, Toulouse (FR), France</w:t>
+              <w:t xml:space="preserve">Cycle de séminaires IA et SHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Artificial and Natural Intelligence Toulouse Institute (ANITI); Université Toulouse II - Jean Jaurès, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04104778v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La pratique du feedback par les pairs : entre décentration et dé-focalisation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Empirisme nabokovien. L'art de la description de la nature dans Ada or Ardor et The Gift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'échange pédagogique 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lairdil, Nov 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Vladimir Nabokov Ecrire la nature / Writing Nature / OПИCЬІBAЯ ПPИPOДУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lausanne; Société Française Vladimir Nabokov, Jun 2023, Lausanne ( CH), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05052047v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empirisme nabokovien. L'art de la description de la nature dans Ada or Ardor et The Gift</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Trains and other transports of delight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vladimir Nabokov Ecrire la nature / Writing Nature / OПИCЬІBAЯ ПPИPOДУ</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lausanne; Société Française Vladimir Nabokov, Jun 2023, Lausanne ( CH), Suisse</w:t>
+              <w:t xml:space="preserve">Trains of Thought: The Railroad in Literature and the Arts / Trains de vie: le chemin de fer dans la littérature et les arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cultures Anglo-Saxonnes (C.A.S); Université Toulouse 2 - Jean Jaurès, Mar 2023, Toulouse (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04621062v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04104778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La pratique du feedback par les pairs : entre décentration et dé-focalisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Bumber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'échange pédagogique 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lairdil, Nov 2023, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05052047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">À la recherche des figures disparues : les portraits de Vladimir Nabokov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hospitalité disciplinaire et indiscipline : rapports entre migration et frontières disciplinaires, à partir de Vladimir Nabokov</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cultures Anglo-Saxonnes (C.A.S.) - Université de Toulouse 2 Jean Jaurès; Société Française Vladimir Nabokov, Oct 2022, Toulouse (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04104746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1301,315 +1405,315 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La pratique du feedback : entre dé-focalisation et décentration »</w:t>
+                <w:t xml:space="preserve">(M)other Tongue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Denyze Toffoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opeyemi Oso</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04582301v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04779544v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(M)other Tongue</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">« La pratique du feedback : entre dé-focalisation et décentration »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04779544v2</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04582301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colloque international Vladimir Nabokov : écrire la nature / Writing Nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lesnoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léopold Reigner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, What does literature feel like? / Queering the City, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/transatlantica.22303⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04621072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1619,114 +1723,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Nabokov (1899-1977) : Un Art du portrait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Bumber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Littératures. Université de Tours (UT), 2021. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021TOUR2034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04104654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId37"/>
+      <w:footerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1794,51 +1898,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BA64F714"/>
+    <w:nsid w:val="62DA7E2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2025,51 +2129,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ana-bumber" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2801-2922" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/267032234" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366362v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bumber" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366374v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimee Schoonmaker" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Yassine-diab" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366365v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366378v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05052065v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denyze Toffoli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Opeyemi Oso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366348v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05052077v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621093v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621089v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621084v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104778v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05052047v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621062v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104746v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582301v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779544v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621072v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lesnoff" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Reigner" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.22303" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04104654v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021TOUR2034" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ana-bumber" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2801-2922" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/267032234" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474371v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denyze Toffoli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bumber" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Opeyemi Comfort Oso" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/eurocall2025.2025.21277" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366362v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366374v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimee Schoonmaker" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Yassine-diab" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366365v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366378v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621084v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621093v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05052065v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Opeyemi Oso" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366348v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05052077v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621089v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621062v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104778v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05052047v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104746v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779544v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582301v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621072v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lesnoff" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Reigner" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.22303" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04104654v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021TOUR2034" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>