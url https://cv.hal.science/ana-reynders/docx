--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -234,222 +234,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04612102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential regulation of cutaneous immunity by sensory neuron subsets</w:t>
+                <w:t xml:space="preserve">Editorial: Molecular mechanisms underlying pain relief and drug tolerance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Feuillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Ugolini</w:t>
+                <w:t xml:space="preserve">Quirin Krabichler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Reynders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Neurosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tins.2023.05.003⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnmol.2023.1214264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04239620v1</w:t>
+                <w:t xml:space="preserve">hal-04254183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Molecular mechanisms underlying pain relief and drug tolerance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differential regulation of cutaneous immunity by sensory neuron subsets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quirin Krabichler</w:t>
+                <w:t xml:space="preserve">Sophie Ugolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Reynders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 16, </w:t>
+              <w:t xml:space="preserve">Trends in Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46 (8), pp.640-653. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnmol.2023.1214264⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tins.2023.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04254183v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04239620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formalin-evoked pain triggers sex-specific behavior and spinal immune response</w:t>
               </w:r>
@@ -559,278 +559,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04246735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuroimmune crosstalk in the skin: a delicate balance governing inflammatory processes</w:t>
+                <w:t xml:space="preserve">Cholinergic interneuron inhibition potentiates corticostriatal transmission in direct medium spiny neurons and rescues motor learning in parkinsonism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anais Roger</w:t>
+                <w:t xml:space="preserve">Gwenaëlle Laverne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Reynders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Combrisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Gascon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.coi.2022.102212⟩</w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 40 (1), pp.111034. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2022.111034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03959898v1</w:t>
+                <w:t xml:space="preserve">hal-03748577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cholinergic interneuron inhibition potentiates corticostriatal transmission in direct medium spiny neurons and rescues motor learning in parkinsonism</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Pesce</w:t>
+                <w:t xml:space="preserve">Neuroimmune crosstalk in the skin: a delicate balance governing inflammatory processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Reynders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Gascon</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume Hoeffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Ugolini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 40 (1), pp.111034. </w:t>
+              <w:t xml:space="preserve">Current Opinion in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 77, pp.102212. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2022.111034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.coi.2022.102212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03748577v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03959898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introducing the novel Cytoscape app TimeNexus to analyze time-series data using temporal MultiLayer Networks (tMLNs)</w:t>
               </w:r>
@@ -1084,77 +1084,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensory neuron-derived TAFA4 promotes macrophage tissue repair functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hoeffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhaume Debroas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafaëlle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1499,77 +1499,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Neuroimmune interactions in the skin: a link between pain and immunity].</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhaume Debroas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hoeffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Reynders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ugolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine/Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 34 (5), pp.432--438. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2718,51 +2718,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612102v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Reynders" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Anissa Jhumka" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Mantilleri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Malapert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2024.05.010" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239620v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Feuillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ugolini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tins.2023.05.003" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04254183v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quirin Krabichler" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2023.1214264" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04246735v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pepino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Saurin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Moqrich" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-36245-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03959898v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Roger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hoeffel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coi.2022.102212" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748577v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Laverne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Pesce" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Combrisson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Gascon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.111034" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03358832v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Pierrel&#233;e" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lopez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tichit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-93128-5" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03406182v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sungjae Yoo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Santos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Marics" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2021.109884" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03419356v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhaume Debroas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;lle Rossignol" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Gouilly" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-03563-7" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464543v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bohic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nissim Ben-Arie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2019.12.041" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356250v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Candelas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Arango-Lievano" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Neumayer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fruqui&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-39703-3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02086851v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20183405016" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692452v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Urien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lo Re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43493" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424093v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rialle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Nidelet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2015.01.022" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111059v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Marics" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaillard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moqrich" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0099828" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370525v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Delfini" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jizhe Hao" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2013.09.013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672199v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Narni-Mancinelli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chaix" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fenis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann M Kerdiles" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Yessaad" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1112064108" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611641v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thien-Phong Vu Manh" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dalod" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2011.201" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403251v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Luci" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaylo I Ivanov" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Cognet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chiche" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni.1681" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-LT1TMP3T-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612102v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Reynders" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Anissa Jhumka" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Mantilleri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Malapert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2024.05.010" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04254183v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quirin Krabichler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2023.1214264" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239620v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Feuillet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ugolini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tins.2023.05.003" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04246735v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pepino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Saurin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Moqrich" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-36245-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748577v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Laverne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Pesce" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Combrisson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Gascon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.111034" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03959898v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Roger" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hoeffel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coi.2022.102212" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03358832v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Pierrel&#233;e" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lopez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tichit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-93128-5" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03406182v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sungjae Yoo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Santos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Marics" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2021.109884" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03419356v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhaume Debroas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;lle Rossignol" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Gouilly" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-03563-7" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464543v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bohic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nissim Ben-Arie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2019.12.041" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356250v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Candelas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Arango-Lievano" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Neumayer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fruqui&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-39703-3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02086851v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20183405016" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692452v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Urien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lo Re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43493" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424093v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rialle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Nidelet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2015.01.022" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111059v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Marics" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaillard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moqrich" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0099828" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370525v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Delfini" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jizhe Hao" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2013.09.013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672199v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Narni-Mancinelli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chaix" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fenis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann M Kerdiles" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Yessaad" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1112064108" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611641v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thien-Phong Vu Manh" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dalod" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2011.201" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403251v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Luci" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaylo I Ivanov" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Cognet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chiche" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni.1681" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-LT1TMP3T-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>