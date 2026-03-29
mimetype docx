--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -140,459 +140,459 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effects of Reliable Social Feedback on Language Learning: Insights from Electroencephalogram and Pupillometry</w:t>
+                <w:t xml:space="preserve">Alpha and beta desynchronization during consolidation of newly learned words</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Zappa</w:t>
+                <w:t xml:space="preserve">A Zappa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polina Osokina</w:t>
+                <w:t xml:space="preserve">P León-Cabrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xim Cerda-Company</w:t>
+                <w:t xml:space="preserve">N Ramos-Escobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Cucurell</w:t>
+                <w:t xml:space="preserve">M Laine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Mateo</w:t>
+                <w:t xml:space="preserve">Antoni Rodriguez-Fornells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 318 (121410), </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/JOCN.a.2420⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2025.121410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05426000v1</w:t>
+                <w:t xml:space="preserve">hal-04933892v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alpha and beta desynchronization during consolidation of newly learned words</w:t>
+                <w:t xml:space="preserve">Do Musicians Have Better Short-Term Memory Than Nonmusicians? A Multilab Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Zappa</w:t>
+                <w:t xml:space="preserve">Massimo Grassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P León-Cabrera</w:t>
+                <w:t xml:space="preserve">Francesca Talamini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Ramos-Escobar</w:t>
+                <w:t xml:space="preserve">Gianmarco Altoè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Laine</w:t>
+                <w:t xml:space="preserve">Elvira Brattico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoni Rodriguez-Fornells</w:t>
+                <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 318 (121410), </w:t>
+              <w:t xml:space="preserve">Advances in Methods and Practices in Psychological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (4), pp.1-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2025.121410⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/25152459251379432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04933892v2</w:t>
+                <w:t xml:space="preserve">hal-05382213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Musicians Have Better Short-Term Memory Than Nonmusicians? A Multilab Study</w:t>
+                <w:t xml:space="preserve">The Effects of Reliable Social Feedback on Language Learning: Insights from Electroencephalogram and Pupillometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massimo Grassi</w:t>
+                <w:t xml:space="preserve">Ana Zappa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Talamini</w:t>
+                <w:t xml:space="preserve">Polina Osokina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianmarco Altoè</w:t>
+                <w:t xml:space="preserve">Xim Cerda-Company</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elvira Brattico</w:t>
+                <w:t xml:space="preserve">David Cucurell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Caclin</w:t>
+                <w:t xml:space="preserve">Maria Mateo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Methods and Practices in Psychological Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (4), pp.1-30. </w:t>
+              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/25152459251379432⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1162/JOCN.a.2420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05382213v1</w:t>
+                <w:t xml:space="preserve">hal-05426000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social interaction shapes and boosts second language learning: virtual reality can show us how</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Zappa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Slater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -786,51 +786,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-linguistic gender congruency effects during lexical access in novice L2 learners: evidence from ERPs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Zappa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -942,51 +942,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Eschenauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Tellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Zappa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travaux Interdisciplinaires sur la Parole et le Langage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Panorama des recherches au Laboratoire Parole et Langage, 38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1011,51 +1011,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motor resonance during linguistic processing as shown by EEG in a naturalistic VR environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Zappa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deirdre Bolger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1177,90 +1177,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of reliable social feedback on language learning: insights from EEG and pupillometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Zappa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polina Osokina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xim Cerda-Company</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cucurell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Mateu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1295,51 +1295,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does embodied L2 verb learning affect retention and representation? A VR-EEG study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Zappa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deirdre Bolger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1445,51 +1445,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Embodied semantics put to the test: electrophysiological evidence from virtual reality and classical environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Zappa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cognitive science. Aix-Marseille Université, 2020. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1548,51 +1548,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is Motor Activation Necessary For Action Language Processing? Evidence From EEG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Zappa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheryl Frenck-Mestre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1662,51 +1662,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EMBODIED SECOND LANGUAGE PROCESSING AND LEARNING FROM A NEUROCOGNITIVE PERSPECTIVE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Zappa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheryl Frenck-Mestre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1922,51 +1922,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426000v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Zappa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Osokina" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xim Cerda-Company" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cucurell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mateo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/JOCN.a.2420" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933892v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Zappa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Le&#243;n-Cabrera" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Ramos-Escobar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Laine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoni Rodriguez-Fornells" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2025.121410" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382213v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Grassi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Talamini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmarco Alto&#232;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Brattico" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caclin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459251379432" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425987v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mel Slater" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoni Rodr&#237;guez-Fornells" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41539-025-00381-8" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444634v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bechtold" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel H Cosper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Malyshevskaya" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Montefinese" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piermatteo Morucci" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/joc.237" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599139v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mestre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Pergandi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Bolger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl Frenck-Mestre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2022.2039726" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927899v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Eschenauer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tellier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309994v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mallet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Dubarry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2019.05.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933891v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mateu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219269v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fargier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03193699v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219583v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382063v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003190912-35" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933892v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Zappa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Le&#243;n-Cabrera" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Ramos-Escobar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Laine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoni Rodriguez-Fornells" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2025.121410" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382213v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Grassi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Talamini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmarco Alto&#232;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Brattico" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caclin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459251379432" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426000v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Zappa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Osokina" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xim Cerda-Company" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cucurell" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mateo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/JOCN.a.2420" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425987v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mel Slater" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoni Rodr&#237;guez-Fornells" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41539-025-00381-8" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444634v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bechtold" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel H Cosper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Malyshevskaya" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Montefinese" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piermatteo Morucci" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/joc.237" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599139v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mestre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Pergandi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Bolger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl Frenck-Mestre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2022.2039726" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927899v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Eschenauer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tellier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309994v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mallet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Dubarry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2019.05.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933891v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mateu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219269v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fargier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03193699v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219583v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382063v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003190912-35" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>