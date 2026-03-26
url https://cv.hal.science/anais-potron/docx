--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1833,295 +1833,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04144819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interbacterial Transfer of Carbapenem Resistance and Large Antibiotic Resistance Islands by Natural Transformation in Pathogenic Acinetobacter</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Samuel Venner</w:t>
+                <w:t xml:space="preserve">Genomic analysis of CTX-M-115 and OXA-23/-72 co-producing Acinetobacter baumannii , and their potential to spread resistance genes by natural transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Vuillemenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Racha Beyrouthy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Halima Laaberki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mbio.02631-21⟩</w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 77 (6), pp.1542-1552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkac099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03719631v1</w:t>
+                <w:t xml:space="preserve">hal-03870143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic analysis of CTX-M-115 and OXA-23/-72 co-producing Acinetobacter baumannii , and their potential to spread resistance genes by natural transformation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maria-Halima Laaberki</w:t>
+                <w:t xml:space="preserve">Interbacterial Transfer of Carbapenem Resistance and Large Antibiotic Resistance Islands by Natural Transformation in Pathogenic Acinetobacter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Godeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elin Svedholm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Barreto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Potron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Venner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 77 (6), pp.1542-1552. </w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.e02631-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jac/dkac099⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/mbio.02631-21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03870143v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03719631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical relevance and antimicrobial susceptibility profile of the unknown human pathogen Corynebacterium aurimucosum</w:t>
               </w:r>
@@ -2911,289 +2911,289 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the Immunochromatographic NG-Test Carba 5 for Rapid Identification of Carbapenemase in Nonfermenters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Potron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Emeraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Triponney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Damien Fournier</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 63 (9), pp.1469-1472. </w:t>
+              <w:t xml:space="preserve">, 2019, 63 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AAC.00968-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03505678v1</w:t>
+                <w:t xml:space="preserve">hal-04226190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the Immunochromatographic NG-Test Carba 5 for Rapid Identification of Carbapenemase in Nonfermenters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Triponney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Potron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Naas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dortet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Fournier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 63 (9), </w:t>
+              <w:t xml:space="preserve">, 2019, 63 (9), pp.1469-1472. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AAC.00968-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04226190v1</w:t>
+                <w:t xml:space="preserve">hal-03505678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carbapenem-Susceptible OXA-23-Producing Proteus mirabilis in the French Community</w:t>
               </w:r>
@@ -3307,563 +3307,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02315697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ISAba1-dependent overexpression of eptA in clinical strains of Acinetobacter baumannii resistant to colistin</w:t>
+                <w:t xml:space="preserve">Sequential emergence of colistin and rifampicin resistance in an OXA-72- producing outbreak strain of Acinetobacter baumannii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Potron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Vuillemenot</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Triponney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Puja</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maxime Bour</w:t>
+                <w:t xml:space="preserve">Joris Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Koebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dkz241⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53 (5), pp.669-673. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2019.01.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04226270v1</w:t>
+                <w:t xml:space="preserve">hal-04226586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential emergence of colistin and rifampicin resistance in an OXA-72- producing outbreak strain of Acinetobacter baumannii</w:t>
+                <w:t xml:space="preserve">ISAba1-dependent overexpression of eptA in clinical strains of Acinetobacter baumannii resistant to colistin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Potron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Vuillemenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Puja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Triponney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bour</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christelle Koebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 53 (5), pp.669-673. </w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 74 (9), pp.2544-2550. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2019.01.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkz241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04226586v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04226270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the Immunochromatographic NG-Test Carba 5 for Rapid Identification of Carbapenemase in Nonfermenters</w:t>
+                <w:t xml:space="preserve">Carbapenem-Susceptible OXA-23-Producing Proteus mirabilis in the French Community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Potron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cécile Emeraud</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Hocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Triponney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 63 (9), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.00968-19⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 63 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.00191-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04225916v1</w:t>
+                <w:t xml:space="preserve">hal-04226443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbapenem-Susceptible OXA-23-Producing Proteus mirabilis in the French Community</w:t>
+                <w:t xml:space="preserve">Evaluation of the Immunochromatographic NG-Test Carba 5 for Rapid Identification of Carbapenemase in Nonfermenters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Potron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Hocquet</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Emeraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Triponney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 63 (6), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.00191-19⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 63 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.00968-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04226443v1</w:t>
+                <w:t xml:space="preserve">hal-04225916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid detection of colistin resistance in Acinetobacter baumannii using MALDI-TOF-based lipidomics on intact bacteria</w:t>
               </w:r>
@@ -3901,51 +3901,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy A. Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Naas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (1), pp.669-673. </w:t>
@@ -5632,51 +5632,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7CD351BA"/>
+    <w:nsid w:val="30C5AA59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5863,51 +5863,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anais-potron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2966-7947" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/14420617X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/196252778" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140826649" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05502113v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Chevalier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Ben Khedher" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tran" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Coin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pousse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2026.01.023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248380v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Reissier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Penven" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Amara" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dortet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Riverain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idnow.2025.105123" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05172671v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Zosim" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mullie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Peltier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Potron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Choquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11033-025-10826-3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225777v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fournier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Triponney" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loreen Gabriel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pl&#233;siat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Jeannot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-023-04631-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204833v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susie Gaillot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoussen Oueslati" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vuillemenot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Iorga" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1253160" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225792v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Portets" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pourchet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11081971" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04375645v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnese Lupo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Saras" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Drapeau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Robert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-49268-x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225950v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Godeux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin Svedholm" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Barreto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Venner" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00526-22" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854930v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Robin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Nicol" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Le" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tahrioui" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Schaumann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.785161" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225981v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Bouiller" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheil Zayet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Emile Lalloz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gendrin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11020198" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505721v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lombes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my A. Bonnin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laurent" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guet-Revillet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bille" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01983-21" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144819v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pilmis" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier P&#233;an de Ponfilly" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Farfour" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Ranc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fihman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idnow.2021.05.006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03719631v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02631-21" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03870143v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Beyrouthy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bonnet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Halima Laaberki" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkac099" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096890v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Lef&#232;vre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pelletier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Le Monnier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Corvec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jmm.0.001334" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369690v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zeggay" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anxionnat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chirouze" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pl&#233;siat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jeannot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idnow.2021.02.001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04226073v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Miltgen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Allyn" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Allou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Vedani" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2021.106402" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471671v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Farfour" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Degand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Riverain" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fihman" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Brun" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2020.07.003" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03520455v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix L&#246;tsch" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Albiger" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Monnet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Struelens" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Seifert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2020.25.45.2001735" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04226142v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Royer" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fourreau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Boulanger" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mercier-Darty" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ducellier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin.2019.07.014" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505678v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Naas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00968-19" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04226190v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Emeraud" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315697v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Plesiat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertrand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00191-19" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04226270v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Puja" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkz241" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04226586v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Muller" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Koebel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2019.01.012" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225916v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04226443v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505776v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35041-y" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690618v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Jousset" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Dabos" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bonnin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Girlich" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01879-17" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064649v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Pennisi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gauthier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dky330" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690478v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bernabeu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Cuzon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ponti&#232;s" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Blanchard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2017.22.49.17-00048" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685434v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dinh" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Davido" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxandra Calin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Paquereau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Duran" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/scsandc.2017.19" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690659v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Vallet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Noel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bahi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Teicher" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quertainmont" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anaerobe.2016.12.004" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505782v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Potron" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Nordmann" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poirel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2015.10.015" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505785v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2015.03.001" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505792v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rondinaud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Belmonte" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boyer" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2012.11.007" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T2P08H5C-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505788v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01344-13" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505794v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01034-12" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04542385v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Valot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bour Maxime" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054021v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Massier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jouenne" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anais-potron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2966-7947" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/14420617X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/196252778" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140826649" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05502113v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Chevalier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Ben Khedher" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tran" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Coin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pousse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2026.01.023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248380v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Reissier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Penven" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Amara" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dortet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Riverain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idnow.2025.105123" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05172671v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Zosim" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mullie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Peltier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Potron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Choquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11033-025-10826-3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225777v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fournier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Triponney" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loreen Gabriel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pl&#233;siat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Jeannot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-023-04631-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204833v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susie Gaillot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoussen Oueslati" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vuillemenot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Iorga" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1253160" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225792v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Portets" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pourchet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11081971" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04375645v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnese Lupo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Saras" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Drapeau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Robert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-49268-x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225950v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Godeux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin Svedholm" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Barreto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Venner" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00526-22" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854930v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Robin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Nicol" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Le" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tahrioui" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Schaumann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.785161" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225981v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Bouiller" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheil Zayet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Emile Lalloz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gendrin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11020198" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505721v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lombes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my A. Bonnin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laurent" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guet-Revillet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bille" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01983-21" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144819v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pilmis" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier P&#233;an de Ponfilly" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Farfour" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Ranc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fihman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idnow.2021.05.006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03870143v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Beyrouthy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bonnet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Halima Laaberki" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkac099" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03719631v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02631-21" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096890v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Lef&#232;vre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pelletier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Le Monnier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Corvec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jmm.0.001334" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369690v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zeggay" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anxionnat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chirouze" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pl&#233;siat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jeannot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idnow.2021.02.001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04226073v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Miltgen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Allyn" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Allou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Vedani" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2021.106402" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471671v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Farfour" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Degand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Riverain" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fihman" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Brun" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2020.07.003" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03520455v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix L&#246;tsch" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Albiger" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Monnet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Struelens" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Seifert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2020.25.45.2001735" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04226142v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Royer" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fourreau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Boulanger" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mercier-Darty" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ducellier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin.2019.07.014" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04226190v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Emeraud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00968-19" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505678v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Naas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315697v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Plesiat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertrand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00191-19" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04226586v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Muller" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Koebel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2019.01.012" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04226270v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Puja" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkz241" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04226443v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225916v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505776v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35041-y" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690618v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Jousset" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Dabos" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bonnin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Girlich" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01879-17" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064649v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Pennisi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gauthier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dky330" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690478v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bernabeu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Cuzon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ponti&#232;s" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Blanchard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2017.22.49.17-00048" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685434v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dinh" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Davido" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxandra Calin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Paquereau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Duran" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/scsandc.2017.19" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690659v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Vallet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Noel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bahi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Teicher" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quertainmont" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anaerobe.2016.12.004" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505782v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Potron" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Nordmann" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poirel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2015.10.015" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505785v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2015.03.001" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505792v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rondinaud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Belmonte" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boyer" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2012.11.007" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T2P08H5C-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505788v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01344-13" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505794v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01034-12" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04542385v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Valot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bour Maxime" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054021v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Massier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jouenne" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>