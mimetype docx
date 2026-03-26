--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -100,442 +100,442 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Streamlined Method to Obtain Biologically Active TcdA and TcdB Toxins from Clostridioides difficile</w:t>
+                <w:t xml:space="preserve">A Mouse Model of Mild Clostridioides difficile Infection for the Characterization of Natural Immune Responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Assaf Mizrahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Diane Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
+                <w:t xml:space="preserve">Antonia Suau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Candela</w:t>
+                <w:t xml:space="preserve">Irène Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (1), pp 38. </w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (10), pp.1933. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/toxins16010038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms12101933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417180v1</w:t>
+                <w:t xml:space="preserve">hal-04764178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The state of play of rodent models for the study of Clostridioides difficile infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Coullon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Janoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Péchiné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medical Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 73 (7), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1099/jmm.0.001857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04704094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Mouse Model of Mild Clostridioides difficile Infection for the Characterization of Natural Immune Responses</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">A Streamlined Method to Obtain Biologically Active TcdA and TcdB Toxins from Clostridioides difficile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Sapa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Brosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Coullon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irène Mangin</w:t>
+                <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (10), pp.1933. </w:t>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp 38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/microorganisms12101933⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/toxins16010038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04764178v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04417180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of the NarP response regulator of nitrate respiration in Escherichia coli is regulated at multiple levels by Hfq and small RNAs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Boudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -621,51 +621,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial Small RNAs in Mixed Regulatory Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Guillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -725,51 +725,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanistic study of base-pairing small regulatory RNAs in bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Jagodnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thao Nguyen Le Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -854,51 +854,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unexpected properties of sRNA promoters allow feedback control via regulation of a two-component system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Korobeinikova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1016,90 +1016,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of antibiotics on the dynamics of digestive colonization by clostridioides difficile and on the adaptive immune response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Brosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Hoÿs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Baliarda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Clostridium difficile Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Bled, Slovenia</w:t>
@@ -1122,346 +1122,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04695352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new method to produce TcdA and TcdB toxins from Clostridioides difficile</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">BiochiMix, et si un jeu permettait de réaliser une mind map pour réviser ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion Réseau CD France #5</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RCDF, Jun 2023, Paris Institut Pasteur, France</w:t>
+              <w:t xml:space="preserve">Microbes 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFM, Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04420506v1</w:t>
+                <w:t xml:space="preserve">hal-04336557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BiochiMix, et si un jeu permettait de réaliser une mind map pour réviser ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact des antibiotiques sur la dynamique de la colonisation digestive par Clostridioides difficile et la réponse immune adaptative de l’hôte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Brosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Hoÿs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Baliarda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Brosse</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbes 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFM, Oct 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">RICAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04336557v1</w:t>
+                <w:t xml:space="preserve">hal-04344413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des antibiotiques sur la dynamique de la colonisation digestive par Clostridioides difficile et la réponse immune adaptative de l’hôte</w:t>
+                <w:t xml:space="preserve">A new method to produce TcdA and TcdB toxins from Clostridioides difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Brosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Coullon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Brosse</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RICAI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Réunion Réseau CD France #5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RCDF, Jun 2023, Paris Institut Pasteur, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04344413v1</w:t>
+                <w:t xml:space="preserve">hal-04420506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1473,277 +1473,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des antibiotiques sur la dynamique de la colonisation digestive par Clostridioides difficile et la réponse immune adaptative de l’hôte</w:t>
+                <w:t xml:space="preserve">A new method for the production of TcdA and TcdB toxins from Clostridioides difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Brosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Coullon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Brosse</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICROBES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">Clostpath 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Banff, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04336422v1</w:t>
+                <w:t xml:space="preserve">hal-04342523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new method for the production of TcdA and TcdB toxins from Clostridioides difficile</w:t>
+                <w:t xml:space="preserve">Impact des antibiotiques sur la dynamique de la colonisation digestive par Clostridioides difficile et la réponse immune adaptative de l’hôte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Brosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Hoÿs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Baliarda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Brosse</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clostpath 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Banff, Canada</w:t>
+              <w:t xml:space="preserve">MICROBES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04342523v1</w:t>
+                <w:t xml:space="preserve">hal-04336422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new method for the production of TcdA and TcdB toxins from Clostridioides difficile</w:t>
               </w:r>
@@ -1755,77 +1755,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Le Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Brosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Brosse</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCMID</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Copenhage, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1863,90 +1863,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle méthode de production des toxines TcdA et TcdB de C. difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Brosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Malet-Villemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Brosse</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MICROBES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Montpellier, France</w:t>
@@ -2007,51 +2007,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of the NarP response regulator of nitrate respiration in Escherichia coli is regulated at multiple levels by Hfq and small RNAs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Walburger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2140,51 +2140,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial Small RNAs in Mixed Regulatory Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Guillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2400,51 +2400,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04417180v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Sapa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Brosse" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Coullon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier P&#233;an de Ponfilly" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Candela" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins16010038" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704094v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Janoir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine P&#233;chin&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jmm.0.001857" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04764178v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assaf Mizrahi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Suau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Mangin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12101933" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748159v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Walburger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Magalon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Guillier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac504" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04062799v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/microbiolspec.RWR-0014-2017" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04062807v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Jagodnik" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Nguyen Le Lam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chiaruttini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2016.09.012" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JTZV6KZD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04062816v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Korobeinikova" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Gottesman" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw642" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04695352v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afi Akofa Diane Sapa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ho&#255;s" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baliarda" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420506v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336557v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344413v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336422v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342523v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336412v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Le Monnier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336498v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Malet-Villemagne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357645v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387664v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04764178v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assaf Mizrahi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier P&#233;an de Ponfilly" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Sapa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Suau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Mangin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12101933" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704094v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Brosse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Coullon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Janoir" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine P&#233;chin&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jmm.0.001857" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04417180v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Candela" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins16010038" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748159v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Walburger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Magalon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Guillier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac504" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04062799v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/microbiolspec.RWR-0014-2017" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04062807v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Jagodnik" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Nguyen Le Lam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chiaruttini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2016.09.012" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JTZV6KZD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04062816v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Korobeinikova" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Gottesman" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw642" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04695352v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afi Akofa Diane Sapa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ho&#255;s" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baliarda" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336557v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344413v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420506v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342523v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336422v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336412v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Le Monnier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336498v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Malet-Villemagne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357645v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387664v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>