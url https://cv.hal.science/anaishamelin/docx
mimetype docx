--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,265 +100,265 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The oak and the reed: Working capital management and the role of business group affiliation</w:t>
+                <w:t xml:space="preserve">No debt no performance? CEO gender matters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Anaïs Hamelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vivien Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Hamelin</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Weill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/fina.pr.0005⟩</w:t>
+              <w:t xml:space="preserve">Economics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 219, pp.110838. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.econlet.2022.110838⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04585952v1</w:t>
+                <w:t xml:space="preserve">hal-04585960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No debt no performance? CEO gender matters</w:t>
+                <w:t xml:space="preserve">The oak and the reed: Working capital management and the role of business group affiliation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vivien Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anaïs Hamelin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Weill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 219, pp.110838. </w:t>
+              <w:t xml:space="preserve">Finance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Vol. 43 (2), pp.159-194. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.econlet.2022.110838⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/fina.pr.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04585960v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04585952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Questioning the Growth Dogma: A Replication Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrine Ben-Hafaïedh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entrepreneurship Theory and Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 47 (2), pp.628-647. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
@@ -392,51 +392,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial : Données, osons la créativité !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 21 (4), pp.11-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
@@ -470,51 +470,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">External growth strategy and performance: An empirical study of French SMEs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -561,51 +561,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction en bourse et croissance externe des PME françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -873,51 +873,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The private equity premium puzzle: a behavioural finance approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Hamelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pfiffelmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -977,51 +977,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ambition est-elle la clé du succès ? Une étude de PME européennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrine Ben-Hafaïedh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 14 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1055,51 +1055,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Performance Implications of Business Group Affiliation for Small Businesses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bankers Markets &amp; Investors : an academic &amp; professional review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1124,51 +1124,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of family ownership on small business growth. Evidence from French SMEs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Small Business Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 41 (3), pp.563-579. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1214,51 +1214,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small business groups enhance performance and promote stability, not expropriation. Evidence from French SMEs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of banking &amp; finance = Journal of banking and finance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 35 (3), pp.613-626. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1292,51 +1292,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les limites du microcrédit dans la lutte contre la pauvreté : l'exemple du travail des enfants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 44 (4), pp.173. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1402,51 +1402,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What is the impact of bank branch closures on SME financing? The French case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Hamelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1555,51 +1555,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche et Expertise en Entrepreneuriat (R2E) - Interview d'Anaïs Hamelin (Université de Strasbourg)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pierronnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1786,51 +1786,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585952v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Lefebvre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Hamelin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/fina.pr.0005" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585960v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Weill" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econlet.2022.110838" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584232v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Ben-Hafa&#239;edh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10422587211059991" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585950v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.214.0011" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278788v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Hamelin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.9865" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278790v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.138.0317" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015594v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Vanderstraeten" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Loots" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjen van Witteloostuijn" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/CCSM-04-2020-0100" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468140v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Figureau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pfiffelmann" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.v23i4.5613" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496358v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJESB.2015.067462" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744669v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.144.0017" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496361v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496359v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11187-012-9452-x" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/01AD4A8E81383FBE62476A9C827C0595F7AD3F07/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496357v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbankfin.2010.07.025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496360v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.044.0173" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774734v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Rousselet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Serve" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Soula" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04712939v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierronnet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585960v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Hamelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Lefebvre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Weill" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econlet.2022.110838" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585952v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/fina.pr.0005" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584232v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Ben-Hafa&#239;edh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10422587211059991" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585950v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.214.0011" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278788v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Hamelin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.9865" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278790v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.138.0317" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015594v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Vanderstraeten" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Loots" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjen van Witteloostuijn" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/CCSM-04-2020-0100" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468140v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Figureau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pfiffelmann" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.v23i4.5613" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496358v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJESB.2015.067462" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744669v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.144.0017" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496361v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496359v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11187-012-9452-x" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/01AD4A8E81383FBE62476A9C827C0595F7AD3F07/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496357v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbankfin.2010.07.025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496360v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.044.0173" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774734v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Rousselet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Serve" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Soula" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04712939v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierronnet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>