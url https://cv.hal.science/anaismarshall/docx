--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -389,217 +389,217 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformer l’eau en raisins : trajectoires des paysages viticoles irrigués des piémonts andins péruviens, chiliens et argentins</w:t>
+                <w:t xml:space="preserve">Transformer l’eau en raisin : trajectoires des paysages agricoles viticoles irrigués des piémonts andins péruviens, chiliens et argentins.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Falies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lavie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Marshall</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilie Lavie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tropiques, développement et mondialisation. Hommages à Jean-Louis Chaléard</w:t>
+              <w:t xml:space="preserve">Tropiques, développement et mondialisation. Hommage à J.-L. Chaléard.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03104160v1</w:t>
+                <w:t xml:space="preserve">hal-02502557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformer l’eau en raisin : trajectoires des paysages agricoles viticoles irrigués des piémonts andins péruviens, chiliens et argentins.</w:t>
+                <w:t xml:space="preserve">Transformer l’eau en raisins : trajectoires des paysages viticoles irrigués des piémonts andins péruviens, chiliens et argentins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Falies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Marshall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lavie</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Marshall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tropiques, développement et mondialisation. Hommage à J.-L. Chaléard.</w:t>
+              <w:t xml:space="preserve">Tropiques, développement et mondialisation. Hommages à Jean-Louis Chaléard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02502557v1</w:t>
+                <w:t xml:space="preserve">halshs-03104160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des lieux qui « n’existent » pas : regard de géographes sur le projet Llocs que no existeixen (Goggle earth 1.0) (Isaki Lacuesta et Isa Campo, 2009)</w:t>
               </w:r>
@@ -661,324 +661,324 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02483232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Conceptual Approach of Oasis as Insights on Globalisation. Example of the Coastal Valleys of Northern and Central Peru.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Marshall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Chaléard</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lavie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lavie E. (ed.); Marshall A. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oases and Globalization. Ruptures and Continuities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Springer International Publishing, p. 33-52, 2017</w:t>
+              <w:t xml:space="preserve"> Oases and globalization. Ruptures and continuities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Verlag, 2017, 978-3-319-50749-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01509628v1</w:t>
+                <w:t xml:space="preserve">halshs-01521846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conquering the Desert: Drip Irrigation in the Chavimochic System in Peru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Marshall</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Lavie E. (ed.); Marshall A. (ed.). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Philippe Venot ; Marcel Kuper; Margreet Zwarteveen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Oases and globalization. Ruptures and continuities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Springer Verlag, 2017, 978-3-319-50749-1</w:t>
+              <w:t xml:space="preserve">Drip Irrigation for Agriculture. Untold Stories of Efficiency, Innovation and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 978-1-315-53714-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01521846v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01622991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conquering the Desert: Drip Irrigation in the Chavimochic System in Peru</w:t>
+                <w:t xml:space="preserve">The Conceptual Approach of Oasis as Insights on Globalisation. Example of the Coastal Valleys of Northern and Central Peru.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeroen Vos</w:t>
+                <w:t xml:space="preserve">Evelyne Mesclier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Marshall</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Jean-Philippe Venot ; Marcel Kuper; Margreet Zwarteveen. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Auquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Chaléard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lavie E. (ed.); Marshall A. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drip Irrigation for Agriculture. Untold Stories of Efficiency, Innovation and Development</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 978-1-315-53714-6</w:t>
+              <w:t xml:space="preserve">Oases and Globalization. Ruptures and Continuities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, p. 33-52, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01622991v1</w:t>
+                <w:t xml:space="preserve">halshs-01509628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paysages et étalement urbain : Aspects physiques et culturels à travers l'exemple de l'aire urbaine d'Angers</w:t>
               </w:r>
@@ -1934,51 +1934,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les petits producteurs dans le nouveau modèle agro-exportateur péruvien : entre subordination et stratégies propres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Marshall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Mesclier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Chaléard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2342,51 +2342,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grand projet agricole et stratégie d’État. Les projets Chavimochic et Olmos face aux enjeux de transition.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Auquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Marshall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2789,217 +2789,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01388825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les oasis dans la mondialisation : ruptures et continuités</w:t>
+                <w:t xml:space="preserve">Empresas agroindustriales, pequeña agricultura y acceso a la tierra en periferias de ciudades de la costa peruana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Marshall</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Lombard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque "Oasis dans la mondialisation : ruptures et continuités", Colloquium "Oases in globalization: ruptures and continuities", Colloquio "Los oasis en la globalización: rompimientos y continuidades"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Paris, France. p.1-10</w:t>
+              <w:t xml:space="preserve">LASA2014 / Democracia y Memoria. XXXII Congreso Internacional de la Asociación de Estudios Latinoamericanos. Democracia local y acceso de los agricultores a la tierra en las periferias urbanas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Chicago, Estados Unidos</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01061429v1</w:t>
+                <w:t xml:space="preserve">hal-01622999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empresas agroindustriales, pequeña agricultura y acceso a la tierra en periferias de ciudades de la costa peruana</w:t>
+                <w:t xml:space="preserve">Les oasis dans la mondialisation : ruptures et continuités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Marshall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lavie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Chaléard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lombard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LASA2014 / Democracia y Memoria. XXXII Congreso Internacional de la Asociación de Estudios Latinoamericanos. Democracia local y acceso de los agricultores a la tierra en las periferias urbanas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Chicago, Estados Unidos</w:t>
+              <w:t xml:space="preserve">Colloque "Oasis dans la mondialisation : ruptures et continuités", Colloquium "Oases in globalization: ruptures and continuities", Colloquio "Los oasis en la globalización: rompimientos y continuidades"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Paris, France. p.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01622999v1</w:t>
+                <w:t xml:space="preserve">hal-01061429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natures en banlieues : vecteurs d’appropriation du territoire ?</w:t>
               </w:r>
@@ -3067,51 +3067,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geografía de Olmos y mundialización</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Auquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Chaléard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3943,51 +3943,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01509501v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lavie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marshall" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138342v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chal&#233;ard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Fort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lombard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281525v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03104160v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Falies" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502557v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02483232v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01509628v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Mesclier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Auquier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01521846v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622991v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Vos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Drip-Irrigation-for-Agriculture-Untold-Stories-of-Efficiency-Innovation/Venot-Kuper-Zwarteveen/p/book/9781138687073" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01178942v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Athan&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourbeillon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coisnon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guyet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281583v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fali&#232;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281587v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948261v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Burch" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Webster" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hesse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Genestreti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Denton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL089082" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991321v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Anderson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Appourchaux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auch&#232;re" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aznar Cuadrado" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barbay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935574" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441168v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cromb&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geoj.12343" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984111v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Delavoipi&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Conord" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.20672" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009110v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281527v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.443.0245" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252061v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.062.0057" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281599v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281604v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02368185v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583778v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.11024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903668v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451065v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Piraux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211419v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Nicolas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Oueslati" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622995v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388825v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061429v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622999v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597534v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cormier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01436523v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gluski" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lortic" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623003v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertrand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236331v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Salatino" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Morabito" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623008v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623006v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334004v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marshall" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334000v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00568044v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01509501v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lavie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marshall" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138342v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chal&#233;ard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Fort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lombard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281525v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502557v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Falies" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03104160v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02483232v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01521846v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622991v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Vos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Drip-Irrigation-for-Agriculture-Untold-Stories-of-Efficiency-Innovation/Venot-Kuper-Zwarteveen/p/book/9781138687073" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01509628v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Mesclier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Auquier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01178942v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Athan&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourbeillon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coisnon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guyet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281583v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fali&#232;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281587v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948261v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Burch" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Webster" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hesse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Genestreti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Denton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL089082" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991321v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Anderson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Appourchaux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auch&#232;re" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aznar Cuadrado" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barbay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935574" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441168v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cromb&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geoj.12343" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984111v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Delavoipi&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Conord" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.20672" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009110v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281527v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.443.0245" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252061v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.062.0057" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281599v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281604v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02368185v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583778v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.11024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903668v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451065v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Piraux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211419v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Nicolas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Oueslati" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622995v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388825v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622999v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061429v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597534v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cormier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01436523v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gluski" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lortic" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623003v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertrand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236331v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Salatino" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Morabito" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623008v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623006v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334004v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marshall" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334000v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00568044v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>