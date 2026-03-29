--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anatael CABRERA </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Scientifique CNRS / Université Paris-Saclay - IJCLab (Orsay) / LNCA (Chooz)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anatael-cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5713-3347</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">224811835</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cabrera_a_2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (65)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation of JUNO 3-inch PMTs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jilei Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miao He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Cerna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yongbo Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucl.Instrum.Meth.A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 1086, pp.171301. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2026.171301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05328189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The High Voltage Splitter board for the JUNO SPMT system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pedro Ochoa-Ricoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agustin Campeny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bongrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucl.Instrum.Meth.A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 1082, pp.171022. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2025.171022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of the Background from $^{13}$C$(\alpha, n)^{16}$O Reaction in the JUNO Scintillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kai Adamowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (9), pp.1080. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14333-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential to Identify the Neutrino Mass Ordering with Reactor Antineutrinos in JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chin.Phys.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 49 (3), pp.033104. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1674-1137/ad7f3e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of Energy Resolution in the JUNO Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kai Adamowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chin.Phys.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 49 (1), pp.013003. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1674-1137/ad83aa⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO Sensitivity to Invisible Decay Modes of Neutrons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kai Adamowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (1), pp.5. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13638-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Calorimetry in Light-based Neutrino Detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Calvez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanyi Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024, pp.002. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2024)002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Hidden Neutrinos at the European Spallation Source: the SHiNESS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Roberto Soleti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilar Coloma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Jose Gómez Cadenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 03, pp.148. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2024)148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04479474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time Monitoring for the Next Core-Collapse Supernova in JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 01, pp.057. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2024/01/057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Independent Approach of the JUNO $^8$B Solar Neutrino Program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baobiao Yue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoqi Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yufeng Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiajie Ling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 965 (2), pp.122. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ad2bfd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Design and Technology Development of the JUNO Central Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.Plus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 139 (12), pp.1128. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjp/s13360-024-05830-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO sensitivity to the annihilation of MeV dark matter in the galactic halo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 09, pp.001. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2023/09/001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04145453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO Sensitivity on Proton Decay $p\to \bar\nu K^+$ Searches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chin.Phys.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 47 (11), pp.113002. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1674-1137/ace9c6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO sensitivity to $^7$Be, $pep$, and CNO solar neutrinos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.022. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2023/10/022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04041132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JUNO experiment Top Tracker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1057, pp.168680. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2023.168680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04025982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospects for detecting the diffuse supernova neutrino background with JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.033. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2022/10/033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Double Chooz antineutrino detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. de Kerret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Ahijado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (9), pp.804. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10726-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damping signatures at JUNO, a medium-baseline reactor neutrino oscillation experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jun Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiajun Liao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 06, pp.062. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2022)062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03699194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO physics and detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prog.Part.Nucl.Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 123, pp.103927. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ppnp.2021.103927⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synergies and prospects for early resolution of the neutrino mass ordering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Obolensky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Cavalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.5393. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-09111-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined sensitivity of JUNO and KM3NeT/ORCA to the neutrino mass ordering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 03, pp.55. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2022)055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass testing and characterization of 20-inch PMTs for JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (12), pp.1168. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-11002-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-percent precision measurement of neutrino oscillation parameters with JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chin.Phys.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 46 (12), pp.123001. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1674-1137/ac8bc9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03665821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO sensitivity to low energy atmospheric neutrino spectra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81, pp.10. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09565-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactor rate modulation oscillation analysis with two detectors in Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 01, pp.190. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2021)190⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass production and characterization of 3-inch PMTs for the JUNO experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanya Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jilei Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miao He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bongrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1005, pp.165347. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2021.165347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03164432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioactivity control strategy for the JUNO detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.102. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2021)102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03383299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutrino Physics with an Opaque Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.J.C. Bezerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bongrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 4, pp.273. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42005-021-00763-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for signatures of sterile neutrinos with Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (8), pp.775. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09459-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02955742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility and physics potential of detecting $^8$B solar neutrinos at JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Akram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chin.Phys.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 45 (2), pp.023004. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1674-1137/abd92a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of the JUNO liquid scintillator composition using a Daya Bay antineutrino detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Akram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 988, pp.164823. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2020.164823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02966418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embedded readout electronics R&D; for the large PMTs in the JUNO experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bellato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bergnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Brugnera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 985, pp.164600. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2020.164600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02557820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The design and sensitivity of JUNO’s scintillator radiopurity pre-detector OSIRIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (11), pp.973. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09544-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CATIROC: an integrated chip for neutrino experiments using photomultiplier tubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariangela Settimo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cayetano Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Bordereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (05), pp.P05010. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/16/05/P05010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration Strategy of the JUNO Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 03, pp.004. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2021)004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03022811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double Chooz $\theta_{13}$ measurement via total neutron capture detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. de Kerret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 16 (5), pp.558-564. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41567-020-0831-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined sensitivity to the neutrino mass ordering with JUNO, the IceCube Upgrade, and PINGU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.G. Aartsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.A. Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ahlers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (3), pp.032006. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.032006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel event classification based on spectral analysis of scintillation waveforms in Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bekman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (01), pp.P01031. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/13/01/P01031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yields and production rates of cosmogenic $^9$Li and $^8$He measured with the Double Chooz near and far detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. de Kerret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.053. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2018)053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01730063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosmic-muon characterization and annual modulation measurement with Double Chooz detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2017/02/017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01439262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $\theta_{13}$ in Double Chooz using neutron captures on hydrogen with novel background rejection techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Alt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1601, pp.163. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01230488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muon capture on light isotopes in Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Alt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.054608. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.93.054608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01317962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the Spontaneous Light Emission of the PMTs used in the Double Chooz Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Alt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/08/P08001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01317587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutrino Physics with JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Busto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics G Nuclear Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 43, pp.030401. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0954-3899/43/3/030401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01180414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erratum: Improved measurements of the neutrino mixing angle $\theta_{13}$ with the Double Chooz detector (vol 10, 086, 2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bekman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 02, pp.074. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2015)074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01204746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Background-independent measurement of θ13 in Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bekman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 735, pp.51-56. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2014.04.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00935739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved measurements of the neutrino mixing angle $\theta_{13}$ with the Double Chooz detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bekman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10(2014), pp.86. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2014)086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01016700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision muon reconstruction in Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bekman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 764, pp.330-339. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2014.07.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ortho-positronium observation in the Double Chooz experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bekman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2014 (10), pp.032. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2014)032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The trigger and timing system of the Double Chooz experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Beissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cucoanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dawson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Kryn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8 (1), pp.T01003-T01003. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/8/01/T01003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02534882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct measurement of backgrounds using reactor-off data in Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bergevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 87 (1), pp.011102(R). </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.87.011102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00771651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Waveform Digitiser of the Double Chooz Experiment: Performance and Quantisation Effects on PhotoMultiplier Tube Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Akiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Courty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.V. Dawson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, pp.P08015. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/8/08/P08015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00903705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Measurement of theta_13 from Delayed Neutron Capture on Hydrogen in the Double Chooz Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bergevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 723, pp.66-70. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2013.04.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00776430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactor electron antineutrino disappearance in the Double Chooz experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bergevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 86, pp.052008. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.86.052008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00722579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Test of Lorentz Violation with a Reactor-based Antineutrino Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cucoanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.V. Dawson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dracos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 86, pp.112009. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.86.112009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00876697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indication of reactor electron antineutrinos disappearance in the Double Chooz experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Akiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ardellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 108, pp.131801. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.108.131801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00657373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Double Chooz detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 617, pp.473-477. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.NIMA.2009.10.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Study of Muon Neutrino Disappearance Using the Fermilab Main Injector Neutrino Beam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Andreopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.E. Arms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Armstrong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.J. Auty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 77, pp.072002. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.77.072002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00704733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The magnetized steel and scintillator calorimeters of the MINOS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. G. Michael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Alexopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. W. M. Allison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. J. Alner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 596, pp.190-228. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.NIMA.2008.08.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00704731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double Chooz detectors design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Greiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lachenmaier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jochum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 581, pp.139-142. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2007.07.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00168439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charge-Separated Atmospheric Neutrino-Induced Muons in the MINOS Far Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Andreopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. E. Arms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Armstrong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. J. Auty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 75, pp.092003. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.75.092003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00137369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of neutrino velocity with the MINOS detectors and NuMI neutrino beam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Andreopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. E. Arms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Armstrong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. J. Auty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 76, pp.72005. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.76.072005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00704735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the atmospheric muon charge ratio at TeV energies with the MINOS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Andreopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.E. Arms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Armstrong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.J. Auty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 76, pp.052003. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.76.052003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00180495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of muon neutrino disappearance with the MINOS detectors and the NuMI neutrino beam.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. G. Michael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Alexopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.W. M. Allison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. J. Alner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 97, pp.191801. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.97.191801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00137433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Observations of Separated Atmospheric Muon Neutrino and Muon Anti-Neutrino Events in the MINOS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Alexopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. W. M. Allison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. J. Alner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 73, pp.072002. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.73.072002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00025383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Particle physics using reactor antineutrinos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Awe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.S. Barbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Haghighat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Huber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.C. Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Snowmass 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Seattle WA, United States. pp.080501, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6471/ad3a84⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03851464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO Physics Prospects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Pedro Athayde Marcondes de André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference (ICRC 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.1194, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.1194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proof of concept for a scintillator powder calorimeter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Hull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Lefrançois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazar Semkiv</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrii Kotenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey Barsuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Nuclear Science Symposium (NSS) and Medical Imaging Conference (MIC) and 28th International Symposium on Room-Temperature Semiconductor Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2021, Yokohama, Japan. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NSS/MIC44867.2021.9875693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Possible Precise Neutrino Unitarity?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 European Physical Society Conference on High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Ghent, Belgium. pp.375, </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.364.0375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutrino-Antineutrino Identification in a Liquid Scintillator Detector: Towards a Novel Decay-at-Rest-based Neutrino CPV Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Grassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pessina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dusini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Nunokawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Pisa Meeting on Advanced Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, La Biodola-Isola d'Elba, Italy. pp.561-562, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2018.09.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01851264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LiquidO: First Opaque Detector for ${\beta\beta}$ Decay?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neutrino Oscillation Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Ostuni, Italy. pp.028, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.337.0028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CATIROC, a multichannel front-end ASIC to read out the 3″ PMTs (SPMT) system of the JUNO experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Taille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dulucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Grassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TIPP 2017 - 4th International conference on Technology and Instrumentation in Particle Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Beijing, China. pp.168-172, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-13-1313-4_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01863471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occulting Light Concentrators in Liquid Scintillator Neutrino Detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margherita Buizza Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Dusini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Grassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miao He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Conference on Neutrino Physics and Astrophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, London, United Kingdom. pp.012055, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/888/1/012055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Double Chooz Experiment Status</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEUTRINO 2010 : The XXIV International Conference in Neutrino Physics and Astrophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutrino Oscillations with Reactor Neutrinos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Neutrino Oscillation Physics (NOW 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Otranto, Lecce, Italy. pp.90-95, </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nuclphysbps.2007.02.062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00137404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospect neutrino oscillation measurements with reactor neutrinos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XLIInd Rencontres de Moriond on Electroweak Interactions and Unified Theories</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, La Thuile, Italy. pp.421-428</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00711219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earliest Resolution to the Neutrino Mass Ordering?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Obolensky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Cavalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TAO Conceptual Design Report: A Precision Measurement of the Reactor Antineutrino Spectrum with Sub-percent Energy Resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Akram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid organic/inorgaic scintillator for high performance measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Grassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactor Neutrino Flux Uncertainty Suppression on Multiple Detector Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cucoanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Novella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Onillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01163995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double Chooz, A Search for the Neutrino Mixing Angle $\theta$13</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ardellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Barabanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Beissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00087231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expression of Interest for a very long baseline neutrino oscillation experiment (LBNO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P del Amo Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Duchesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Pessard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] CERN-SPSC-2012-021, SPSC-EOI-007, CERN. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01019272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId308"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anatael CABRERA </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Scientifique CNRS / Université Paris-Saclay - IJCLab (Orsay) / LNCA (Chooz)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anatael-cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5713-3347</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">224811835</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cabrera_a_2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (66)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The High Voltage Splitter board for the JUNO SPMT system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pedro Ochoa-Ricoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agustin Campeny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bongrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucl.Instrum.Meth.A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 1082, pp.171022. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2025.171022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05088298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation of JUNO 3-inch PMTs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jilei Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miao He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Cerna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yongbo Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucl.Instrum.Meth.A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 1086, pp.171301. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2026.171301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05328189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of the Background from $^{13}$C$(\alpha, n)^{16}$O Reaction in the JUNO Scintillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kai Adamowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (9), pp.1080. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14333-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04989431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential to Identify the Neutrino Mass Ordering with Reactor Antineutrinos in JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chin.Phys.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 49 (3), pp.033104. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1674-1137/ad7f3e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of Energy Resolution in the JUNO Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kai Adamowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chin.Phys.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 49 (1), pp.013003. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1674-1137/ad83aa⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO Sensitivity to Invisible Decay Modes of Neutrons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kai Adamowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (1), pp.5. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13638-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light Propagation Modeling in a Mie-Scattering dominated Scintillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bongrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Briere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Radiation and Plasma Medical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRPMS.2025.3614151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05543036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Calorimetry in Light-based Neutrino Detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Calvez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanyi Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024, pp.002. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2024)002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Hidden Neutrinos at the European Spallation Source: the SHiNESS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Roberto Soleti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilar Coloma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Jose Gómez Cadenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 03, pp.148. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2024)148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04479474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time Monitoring for the Next Core-Collapse Supernova in JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 01, pp.057. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2024/01/057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Independent Approach of the JUNO $^8$B Solar Neutrino Program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baobiao Yue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoqi Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yufeng Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiajie Ling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astrophys.J.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 965 (2), pp.122. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ad2bfd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Design and Technology Development of the JUNO Central Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.Plus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 139 (12), pp.1128. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjp/s13360-024-05830-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO sensitivity to the annihilation of MeV dark matter in the galactic halo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 09, pp.001. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2023/09/001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04145453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO Sensitivity on Proton Decay $p\to \bar\nu K^+$ Searches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chin.Phys.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 47 (11), pp.113002. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1674-1137/ace9c6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO sensitivity to $^7$Be, $pep$, and CNO solar neutrinos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.022. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2023/10/022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04041132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JUNO experiment Top Tracker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1057, pp.168680. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2023.168680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04025982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO physics and detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prog.Part.Nucl.Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 123, pp.103927. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ppnp.2021.103927⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synergies and prospects for early resolution of the neutrino mass ordering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Obolensky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Cavalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.5393. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-09111-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined sensitivity of JUNO and KM3NeT/ORCA to the neutrino mass ordering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 03, pp.55. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2022)055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass testing and characterization of 20-inch PMTs for JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (12), pp.1168. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-11002-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-percent precision measurement of neutrino oscillation parameters with JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chin.Phys.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 46 (12), pp.123001. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1674-1137/ac8bc9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03665821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Double Chooz antineutrino detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. de Kerret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Ahijado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (9), pp.804. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10726-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospects for detecting the diffuse supernova neutrino background with JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.033. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2022/10/033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damping signatures at JUNO, a medium-baseline reactor neutrino oscillation experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jun Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiajun Liao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 06, pp.062. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2022)062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03699194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioactivity control strategy for the JUNO detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.102. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2021)102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03383299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutrino Physics with an Opaque Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.J.C. Bezerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bongrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 4, pp.273. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42005-021-00763-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for signatures of sterile neutrinos with Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (8), pp.775. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09459-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02955742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embedded readout electronics R&D; for the large PMTs in the JUNO experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bellato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bergnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Brugnera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 985, pp.164600. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2020.164600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02557820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility and physics potential of detecting $^8$B solar neutrinos at JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Akram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chin.Phys.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 45 (2), pp.023004. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1674-1137/abd92a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The design and sensitivity of JUNO’s scintillator radiopurity pre-detector OSIRIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (11), pp.973. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09544-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of the JUNO liquid scintillator composition using a Daya Bay antineutrino detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Akram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucl.Instrum.Meth.A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 988, pp.164823. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2020.164823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02966418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CATIROC: an integrated chip for neutrino experiments using photomultiplier tubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariangela Settimo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cayetano Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Bordereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (05), pp.P05010. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/16/05/P05010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration Strategy of the JUNO Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 03, pp.004. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2021)004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03022811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactor rate modulation oscillation analysis with two detectors in Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 01, pp.190. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2021)190⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass production and characterization of 3-inch PMTs for the JUNO experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanya Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jilei Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miao He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bongrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1005, pp.165347. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2021.165347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03164432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO sensitivity to low energy atmospheric neutrino spectra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81, pp.10. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09565-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double Chooz $\theta_{13}$ measurement via total neutron capture detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. de Kerret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 16 (5), pp.558-564. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41567-020-0831-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined sensitivity to the neutrino mass ordering with JUNO, the IceCube Upgrade, and PINGU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.G. Aartsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.A. Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ahlers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (3), pp.032006. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.032006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel event classification based on spectral analysis of scintillation waveforms in Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bekman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (01), pp.P01031. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/13/01/P01031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yields and production rates of cosmogenic $^9$Li and $^8$He measured with the Double Chooz near and far detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. de Kerret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.053. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2018)053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01730063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosmic-muon characterization and annual modulation measurement with Double Chooz detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2017/02/017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01439262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $\theta_{13}$ in Double Chooz using neutron captures on hydrogen with novel background rejection techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Alt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1601, pp.163. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01230488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muon capture on light isotopes in Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Alt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.054608. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.93.054608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01317962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the Spontaneous Light Emission of the PMTs used in the Double Chooz Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Abrahão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Almazan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Alt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/08/P08001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01317587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutrino Physics with JUNO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Busto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics G Nuclear Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 43, pp.030401. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0954-3899/43/3/030401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01180414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erratum: Improved measurements of the neutrino mixing angle $\theta_{13}$ with the Double Chooz detector (vol 10, 086, 2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bekman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 02, pp.074. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2015)074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01204746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Background-independent measurement of θ13 in Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bekman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 735, pp.51-56. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2014.04.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00935739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved measurements of the neutrino mixing angle $\theta_{13}$ with the Double Chooz detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bekman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10(2014), pp.86. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2014)086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01016700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision muon reconstruction in Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bekman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 764, pp.330-339. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2014.07.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ortho-positronium observation in the Double Chooz experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baussan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bekman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2014 (10), pp.032. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2014)032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The trigger and timing system of the Double Chooz experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Beissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cucoanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dawson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Kryn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8 (1), pp.T01003-T01003. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/8/01/T01003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02534882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct measurement of backgrounds using reactor-off data in Double Chooz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bergevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 87 (1), pp.011102(R). </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.87.011102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00771651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Waveform Digitiser of the Double Chooz Experiment: Performance and Quantisation Effects on PhotoMultiplier Tube Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Akiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Courty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.V. Dawson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, pp.P08015. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/8/08/P08015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00903705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Measurement of theta_13 from Delayed Neutron Capture on Hydrogen in the Double Chooz Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bergevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 723, pp.66-70. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2013.04.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00776430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactor electron antineutrino disappearance in the Double Chooz experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bergevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 86, pp.052008. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.86.052008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00722579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Test of Lorentz Violation with a Reactor-based Antineutrino Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cucoanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.V. Dawson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dracos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 86, pp.112009. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.86.112009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00876697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indication of reactor electron antineutrinos disappearance in the Double Chooz experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Akiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ardellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 108, pp.131801. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.108.131801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00657373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Double Chooz detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 617, pp.473-477. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.NIMA.2009.10.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The magnetized steel and scintillator calorimeters of the MINOS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. G. Michael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Alexopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. W. M. Allison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. J. Alner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 596, pp.190-228. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.NIMA.2008.08.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00704731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Study of Muon Neutrino Disappearance Using the Fermilab Main Injector Neutrino Beam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Andreopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.E. Arms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Armstrong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.J. Auty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 77, pp.072002. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.77.072002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00704733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double Chooz detectors design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Greiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lachenmaier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jochum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 581, pp.139-142. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2007.07.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00168439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charge-Separated Atmospheric Neutrino-Induced Muons in the MINOS Far Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Andreopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. E. Arms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Armstrong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. J. Auty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 75, pp.092003. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.75.092003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00137369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of neutrino velocity with the MINOS detectors and NuMI neutrino beam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Andreopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. E. Arms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Armstrong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. J. Auty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 76, pp.72005. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.76.072005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00704735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the atmospheric muon charge ratio at TeV energies with the MINOS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Andreopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.E. Arms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Armstrong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.J. Auty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 76, pp.052003. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.76.052003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00180495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Observations of Separated Atmospheric Muon Neutrino and Muon Anti-Neutrino Events in the MINOS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Alexopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. W. M. Allison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. J. Alner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 73, pp.072002. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.73.072002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00025383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of muon neutrino disappearance with the MINOS detectors and the NuMI neutrino beam.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. G. Michael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Alexopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.W. M. Allison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. J. Alner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 97, pp.191801. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.97.191801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00137433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Particle physics using reactor antineutrinos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Awe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.S. Barbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Haghighat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Huber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.C. Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Snowmass 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Seattle WA, United States. pp.080501, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6471/ad3a84⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03851464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proof of concept for a scintillator powder calorimeter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Hull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Lefrançois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazar Semkiv</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrii Kotenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey Barsuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Nuclear Science Symposium (NSS) and Medical Imaging Conference (MIC) and 28th International Symposium on Room-Temperature Semiconductor Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2021, Yokohama, Japan. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NSS/MIC44867.2021.9875693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUNO Physics Prospects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Pedro Athayde Marcondes de André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizwan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference (ICRC 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.1194, </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.1194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Possible Precise Neutrino Unitarity?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 European Physical Society Conference on High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Ghent, Belgium. pp.375, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.364.0375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LiquidO: First Opaque Detector for ${\beta\beta}$ Decay?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neutrino Oscillation Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Ostuni, Italy. pp.028, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.337.0028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutrino-Antineutrino Identification in a Liquid Scintillator Detector: Towards a Novel Decay-at-Rest-based Neutrino CPV Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Grassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pessina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dusini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Nunokawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Pisa Meeting on Advanced Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, La Biodola-Isola d'Elba, Italy. pp.561-562, </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2018.09.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01851264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CATIROC, a multichannel front-end ASIC to read out the 3″ PMTs (SPMT) system of the JUNO experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Taille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dulucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Grassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TIPP 2017 - 4th International conference on Technology and Instrumentation in Particle Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Beijing, China. pp.168-172, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-13-1313-4_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01863471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occulting Light Concentrators in Liquid Scintillator Neutrino Detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margherita Buizza Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Dusini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Grassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miao He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Conference on Neutrino Physics and Astrophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, London, United Kingdom. pp.012055, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/888/1/012055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Double Chooz Experiment Status</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEUTRINO 2010 : The XXIV International Conference in Neutrino Physics and Astrophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00739305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutrino Oscillations with Reactor Neutrinos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Neutrino Oscillation Physics (NOW 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Otranto, Lecce, Italy. pp.90-95, </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nuclphysbps.2007.02.062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00137404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospect neutrino oscillation measurements with reactor neutrinos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XLIInd Rencontres de Moriond on Electroweak Interactions and Unified Theories</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, La Thuile, Italy. pp.421-428</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00711219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TAO Conceptual Design Report: A Precision Measurement of the Reactor Antineutrino Spectrum with Sub-percent Energy Resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angel Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Akram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earliest Resolution to the Neutrino Mass Ordering?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatael Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Obolensky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Cavalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid organic/inorgaic scintillator for high performance measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Grassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactor Neutrino Flux Uncertainty Suppression on Multiple Detector Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cucoanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Novella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Onillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01163995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double Chooz, A Search for the Neutrino Mixing Angle $\theta$13</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ardellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Barabanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Barriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Beissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00087231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expression of Interest for a very long baseline neutrino oscillation experiment (LBNO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P del Amo Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Duchesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Pessard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] CERN-SPSC-2012-021, SPSC-EOI-007, CERN. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01019272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId314"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D8C08001"/>
+    <w:nsid w:val="D4B0C41E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anatael-cabrera" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5713-3347" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224811835" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/cabrera_a_2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328189v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilei Xu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao He" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cerna" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongbo Huang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Adam" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2026.171301" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088298v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Walker" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pedro Ochoa-Ricoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Abusleme" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Campeny" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bongrand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2025.171022" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989431v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Adamowicz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shakeel Ahmad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rizwan Ahmed" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiano Aiello" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14333-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609914v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1674-1137/ad7f3e" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609915v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1674-1137/ad83aa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609916v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13638-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385629v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatael Cabrera" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Han" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Calvez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chauveau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanyi Chen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2024)002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479474v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Roberto Soleti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Coloma" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jose G&#243;mez Cadenas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2024)148" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229302v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/01/057" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833969v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhao" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baobiao Yue" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoqi Lu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufeng Li" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiajie Ling" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ad2bfd" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338602v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-024-05830-8" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145453v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2023/09/001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924258v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1674-1137/ace9c6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041132v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2023/10/022" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/hal-04025982v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2023.168680" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737668v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2022/10/033" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584357v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. de Kerret" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Abe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aberle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Abrah&#227;o" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Ahijado" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10726-x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699194v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Wang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiajun Liao" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2022)062" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203613v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ppnp.2021.103927" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631197v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Obolensky" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cavalier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Coelho" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-09111-1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376783v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aiello" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albert" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alshamsi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alves Garre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Aly" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2022)055" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737679v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-11002-8" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665821v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1674-1137/ac8bc9" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191124v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09565-z" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914529v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Almazan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. dos Anjos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Appel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Barriere" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2021)190" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164432v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanya Cao" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2021.165347" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383299v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2021)102" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302750v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cabrera" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abusleme" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. dos Anjos" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J.C. Bezerra" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bongrand" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-021-00763-5" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955742v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09459-0" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905915v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Akram" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1674-1137/abd92a" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966418v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Adam" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ahmad" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Akram" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2020.164823" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557820v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bellato" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bergnoli" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brugnera" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Chen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2020.164600" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203643v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09544-4" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086795v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Conforti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Settimo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cayetano Santos" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bordereau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/16/05/P05010" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022811v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2021)004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016891v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-020-0831-y" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381931v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Aartsen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ackermann" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adams" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Aguilar" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ahlers" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.032006" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703776v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bekman" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/13/01/P01031" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730063v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2018)053" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01439262v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Dos Anjos" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Baussan" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2017/02/017" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01230488v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alt" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)163" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01317962v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.93.054608" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01317587v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/08/P08001" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01180414v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. An" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Avanzini" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Busto" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0954-3899/43/3/030401" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01204746v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Barriere" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2015)074" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00935739v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. dos Anjos" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2014.04.045" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01016700v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2014)086" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076545v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2014.07.058" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133085v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2014)032" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534882v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Beissel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cucoanes" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dawson" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kryn" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/8/01/T01003" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00771651v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bergevin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.87.011102" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00903705v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Akiri" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Courty" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.V. Dawson" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/8/08/P08015" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00776430v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2013.04.050" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00722579v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.86.052008" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00876697v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dracos" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.86.112009" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00657373v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ardellier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.131801" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739127v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.NIMA.2009.10.115" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3ZDBQVDJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00704733v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adamson" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Andreopoulos" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.E. Arms" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Armstrong" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Auty" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.77.072002" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00704731v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. G. Michael" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alexopoulos" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. W. M. Allison" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J. Alner" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.NIMA.2008.08.003" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00168439v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Greiner" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lachenmaier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jochum" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2007.07.047" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FK4ZCQ8D-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00137369v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. E. Arms" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Auty" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.75.092003" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00704735v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.76.072005" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00180495v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.76.052003" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00137433v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.W. M. Allison" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.191801" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025383v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Anderson" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.73.072002" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851464v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Awe" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.S. Barbeau" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Haghighat" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Huber" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C. Li" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6471/ad3a84" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376633v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pedro Athayde Marcondes de Andr&#233;" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.1194" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227365v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Hull" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazar Semkiv" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrii Kotenko" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Barsuk" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSS/MIC44867.2021.9875693" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394104v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.364.0375" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851264v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grassi" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pessina" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dusini" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nunokawa" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2018.09.044" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136331v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.337.0028" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863471v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Conforti" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Taille" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dulucq" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-1313-4_34" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645250v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Buizza Avanzini" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Dusini" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Grassi" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/888/1/012055" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739305v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00137404v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysbps.2007.02.062" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711219v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953262v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879524v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862048v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wagner" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01163995v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Novella" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Fallot" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Onillon" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00087231v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barabanov" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Beissel" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berridge" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01019272v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stahl" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P del Amo Sanchez" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Duchesneau" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pessard" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cadoux" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anatael-cabrera" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5713-3347" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224811835" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/cabrera_a_2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088298v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Walker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pedro Ochoa-Ricoux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Abusleme" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Campeny" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bongrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2025.171022" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328189v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilei Xu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao He" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cerna" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongbo Huang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Adam" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2026.171301" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989431v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Adamowicz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shakeel Ahmad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rizwan Ahmed" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiano Aiello" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14333-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609914v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1674-1137/ad7f3e" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609915v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1674-1137/ad83aa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609916v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13638-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543036v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dahmane" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bongrand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourgeois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breton" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briere" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRPMS.2025.3614151" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385629v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatael Cabrera" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Han" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Calvez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chauveau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanyi Chen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2024)002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479474v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Roberto Soleti" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Coloma" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jose G&#243;mez Cadenas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2024)148" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229302v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/01/057" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833969v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhao" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baobiao Yue" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoqi Lu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufeng Li" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiajie Ling" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ad2bfd" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338602v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-024-05830-8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145453v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2023/09/001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924258v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1674-1137/ace9c6" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041132v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2023/10/022" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/hal-04025982v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2023.168680" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203613v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ppnp.2021.103927" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631197v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Obolensky" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cavalier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Coelho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-09111-1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376783v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aiello" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alshamsi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alves Garre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Aly" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2022)055" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737679v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-11002-8" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665821v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1674-1137/ac8bc9" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584357v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. de Kerret" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Abe" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aberle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Abrah&#227;o" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Ahijado" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10726-x" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737668v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2022/10/033" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699194v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Wang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiajun Liao" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wang" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2022)062" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383299v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2021)102" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302750v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cabrera" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abusleme" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. dos Anjos" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J.C. Bezerra" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-021-00763-5" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955742v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Almazan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. dos Anjos" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Appel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Barriere" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09459-0" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557820v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bellato" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bergnoli" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brugnera" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Chen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2020.164600" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905915v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Akram" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1674-1137/abd92a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203643v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09544-4" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966418v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Adam" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ahmad" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Akram" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2020.164823" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086795v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Conforti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Settimo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cayetano Santos" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bordereau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/16/05/P05010" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022811v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2021)004" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914529v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2021)190" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164432v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanya Cao" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2021.165347" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191124v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09565-z" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016891v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-020-0831-y" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381931v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Aartsen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ackermann" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adams" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Aguilar" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ahlers" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.032006" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703776v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bekman" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/13/01/P01031" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730063v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2018)053" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01439262v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Dos Anjos" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Baussan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2017/02/017" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01230488v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alt" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)163" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01317962v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.93.054608" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01317587v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/08/P08001" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01180414v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. An" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Avanzini" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Busto" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0954-3899/43/3/030401" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01204746v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Barriere" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2015)074" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00935739v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. dos Anjos" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2014.04.045" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01016700v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2014)086" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076545v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2014.07.058" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133085v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2014)032" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534882v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Beissel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cucoanes" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dawson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kryn" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/8/01/T01003" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00771651v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bergevin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.87.011102" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00903705v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Akiri" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Courty" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.V. Dawson" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/8/08/P08015" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00776430v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2013.04.050" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00722579v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.86.052008" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00876697v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dracos" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.86.112009" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00657373v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ardellier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.131801" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739127v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.NIMA.2009.10.115" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3ZDBQVDJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00704731v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. G. Michael" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adamson" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alexopoulos" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. W. M. Allison" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J. Alner" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.NIMA.2008.08.003" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00704733v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Andreopoulos" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.E. Arms" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Armstrong" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Auty" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.77.072002" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00168439v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Greiner" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lachenmaier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jochum" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2007.07.047" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FK4ZCQ8D-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00137369v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. E. Arms" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Auty" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.75.092003" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00704735v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.76.072005" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00180495v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.76.052003" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025383v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Anderson" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.73.072002" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00137433v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.W. M. Allison" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.191801" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851464v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Awe" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.S. Barbeau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Haghighat" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Huber" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C. Li" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6471/ad3a84" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227365v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Hull" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazar Semkiv" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrii Kotenko" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Barsuk" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSS/MIC44867.2021.9875693" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376633v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pedro Athayde Marcondes de Andr&#233;" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.1194" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394104v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.364.0375" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136331v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.337.0028" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851264v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grassi" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pessina" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dusini" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nunokawa" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2018.09.044" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863471v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Conforti" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Taille" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dulucq" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-1313-4_34" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645250v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Buizza Avanzini" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Dusini" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Grassi" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/888/1/012055" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739305v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00137404v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysbps.2007.02.062" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711219v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879524v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953262v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862048v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wagner" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01163995v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Novella" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Fallot" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Onillon" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00087231v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barabanov" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Beissel" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berridge" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01019272v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stahl" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P del Amo Sanchez" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Duchesneau" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pessard" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cadoux" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>