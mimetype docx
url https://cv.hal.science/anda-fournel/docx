--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -4007,191 +4007,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01941007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actes de parole, actes mentaux et habiletés de pensée au sein des discussions philosophiques avec des enfants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stimuler la pensée éthique des enfants : étude sur l’usage des romans philosophiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pascal Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anda Fournel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pascal Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Oral 2016 : langues romanes. Corpus, genres, niveaux d’analyse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université «Babeş-Bolyai» Cluj-Napoca, Faculté des Lettres, May 2016, Cluj-Napoca, Roumanie</w:t>
+              <w:t xml:space="preserve">Enseigner la littérature en questionnant les valeurs, ESPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007901v1</w:t>
+                <w:t xml:space="preserve">hal-01941010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stimuler la pensée éthique des enfants : étude sur l’usage des romans philosophiques.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Actes de parole, actes mentaux et habiletés de pensée au sein des discussions philosophiques avec des enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anda Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Simon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anda Fournel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enseigner la littérature en questionnant les valeurs, ESPE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Colloque international Oral 2016 : langues romanes. Corpus, genres, niveaux d’analyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université «Babeş-Bolyai» Cluj-Napoca, Faculté des Lettres, May 2016, Cluj-Napoca, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01941010v1</w:t>
+                <w:t xml:space="preserve">hal-02007901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doute, argumentation et modalisation</w:t>
               </w:r>
@@ -5519,51 +5519,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C948E213"/>
+    <w:nsid w:val="1AD62A89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5750,51 +5750,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anda-fournel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3190-3785" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/229005772" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01841459v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anda Fournel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018GREAL001" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999990v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Dasc&#259;lu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12957/child.philos.2025.89060" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807520v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733109v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gagnon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Michaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Simon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12dem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807495v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590284v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Blanc-Lanaute" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qionghua Cai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269215v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807549v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269173v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Nelly Perret-Clermont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2022.3.04" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890372v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Curea" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2022.3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03509521v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2021.3.04" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269230v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2021.2s.05" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03452656v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Nepton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roelens" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214819v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214818v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2019.2.03" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04888991v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2019.3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04889082v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2019.2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128394v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Mitchell" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Guy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avril Treille" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke DE KONING" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tipa.3297" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948602v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphilo.2018.2.12" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940929v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20162702005" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941103v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807587v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807633v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878285v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878249v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878240v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878319v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878302v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;a Ionescu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878296v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878330v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878324v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878325v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878331v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878333v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878334v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris J. Mitchell" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008369v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lagrange-Lanaspre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ledieu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008496v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008450v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008489v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008587v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008526v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008514v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008481v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941007v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007901v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941010v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006875v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hadian Cefidekhanie" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Colletta" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Lund" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008576v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008594v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008512v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008607v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007113v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007098v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268910v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ugaeditions/29963" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.29963" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889196v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pubp.univ-bpclermont.fr/public/Fiche_produit.php?titre=Philosopher%20avec%20les%20enfants" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268915v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.4000/books.ugaeditions.29963" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006888v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941372v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948597v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941368v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anda-fournel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3190-3785" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/229005772" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01841459v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anda Fournel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018GREAL001" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999990v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Dasc&#259;lu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12957/child.philos.2025.89060" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807520v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733109v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gagnon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Michaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Simon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12dem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807495v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590284v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Blanc-Lanaute" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qionghua Cai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269215v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807549v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269173v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Nelly Perret-Clermont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2022.3.04" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890372v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Curea" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2022.3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03509521v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2021.3.04" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269230v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2021.2s.05" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03452656v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Nepton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roelens" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214819v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214818v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2019.2.03" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04888991v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2019.3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04889082v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphil.2019.2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128394v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Mitchell" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Guy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avril Treille" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke DE KONING" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tipa.3297" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948602v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbphilo.2018.2.12" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940929v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20162702005" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941103v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807587v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807633v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878285v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878249v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878240v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878319v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878302v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;a Ionescu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878296v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878330v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878324v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878325v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878331v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878333v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878334v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris J. Mitchell" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008369v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lagrange-Lanaspre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ledieu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008496v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008450v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008489v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008587v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008526v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008514v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008481v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941007v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941010v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007901v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006875v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hadian Cefidekhanie" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Colletta" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Lund" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008576v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008594v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008512v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008607v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007113v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007098v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268910v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ugaeditions/29963" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.29963" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889196v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pubp.univ-bpclermont.fr/public/Fiche_produit.php?titre=Philosopher%20avec%20les%20enfants" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268915v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.4000/books.ugaeditions.29963" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006888v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941372v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948597v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941368v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>