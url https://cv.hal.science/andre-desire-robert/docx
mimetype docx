--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:119.6261682243px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> André Désiré ROBERT </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur émérite Université Lumière Lyon 2</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">andre-desire-robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3834-0866</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">035389516</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur des universités, classe exceptionnelle 2.Situation actuelle en France : Professeur émérite des Universités.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titres universitaires :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA de Sciences de l’éducation sous la direction de Madame le Professeur Viviane Isambert-Jamati, Université René Descartes, Paris V-Sorbonne, 1985.Doctorat d’Université (thèse unique) obtenu le 12 juin 1989, Université René Descartes, Paris V-Sorbonne, sous la direction de Madame le Professeur Viviane Isambert-Jamati “Trois syndicats d’enseignants face aux réformes scolaires (1968-1982)”.Habilitation à diriger des recherches, Université René Descartes, Paris V-Sorbonne, 9 janvier 1998. “Politiques publiques d’éducation et actions collectives des enseignants”, introducteur le professeur Gabriel Langouët.Qualification aux fonctions de professeur par les CNU des 70ème et 19ème sections, 1998.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Activités professionnelles successives :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur certifié de philosophie en lycée 1974/1983.Concours de l’ENNA (1983) donnant le titre de professeur agrégé de philosophie, formateur d’enseignants 1983/1991.Maître de conférences en IUFM (Créteil) 1991/1995, formation des maîtres.Maître de conférences à l’université de Rennes 2,1995/1998.Professeur des universités à Lyon 2 depuis 1998. Professeur émérite depuis 2017.Membre de l’UMR « Education et politiques » (Lyon 2/INRP) depuis sa fondation (2003). Directeur adjoint de 2007 à 2011.Directeur de l’Ecole doctorale n° 485 EPIC (Education, Psychologie, Information & Communication) depuis juin 2007 jusqu’à l’été 2016.Fondateur et Directeur du laboratoire EA 4571 « Education, Cultures, Politiques » du 1.01. 2011 jusqu’au 31.12.2012. Membre du conseil scientifique de 2011 à 2016.Président élu de la 70e section du CNU (Conseil national des Universités) pour une durée de quatre ans (depuis le 21.11. 2011 jusqu’au 18 novembre 2015), après avoir été membre de cette instance de 2007 à 2011.Membre de plusieurs comités d’évaluation de l’AERES (laboratoires de recherche – Arras, Rennes -et écoles doctorales – Caen, Rouen) (2014-2015).Président du comité d’évaluation HCERES de la Structure Fédérative de Recherche en éducation de Franche-Comté (2016).Chargé de mission construction de la SFR en éducation, université de Lyon / ESPE, depuis le 1.01.2015 jusqu’au 30.06. 2017.Conseiller scientifique national des laboratoires CREN (Nantes) et CAREF (Amiens) depuis 2009.Conseiller scientifique, membre du board international, du laboratoire CEIED (Lisboa) depuis 2010.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Activités éditoriales :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rédacteur en chef de la Revue française de pédagogie de 1999 à 2003.Membre du comité de rédaction de la Revue française de pédagogie (2003-2008), actuellement membre du comité scientifique.Membre du comité de lecture de Carrefours de l’éducation.Membre du comité de rédaction de la revue en ligne EERJ (European Educational Research Journal), revue de l’EERA (European Educational Research Association) de 2008 à 2012.Membre du conseil éditorial de Revista lusofona de Educaçao, Lisboa.Conseiller scientifique (avec J.C. Forquin) de la troisième édition du Dictionnaire de l’éducation et de la formation (Retz), 2005.Membre du comité éditorial de l’INRP (2007-2010).Membre du comité scientifique de la revue suisse Raisons éducatives (depuis décembre 2011).Fondateur et directeur scientifique de la revue en ligne pour doctorants et jeunes docteurs Inter Pares. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://epic.univ-lyon2.fr/inter-pares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science, non-science, recherche et élaboration des vérités scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets rouges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 36, pp.16-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05520659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vérité dévoyée par LA science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rayou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets rouges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 36, pp.10-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05520667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qui sont, et que font en matière philosophique, les « philosophes lyonnais de l’éducation » du premier XXe siècle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2012-2024 : Trois partis de gauche et leur politique scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche socialiste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, L'Ours Hors série, 110-111, pp.119-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aperçus d'écoles en scène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'OURS. Office universitaire de recherche socialiste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, L'Ours- Hors série, 110-111, pp.188-195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05133074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usage comparé du théâtre par les présidents de Gaulle et Pompidou (1959-1974)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pensée d'ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.57086/lpa.1265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Os professores franceses, sua representação sindical e a questão da sua identidade profissional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Hidemi Ueno Guimaraes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Plaisance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EccoS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 70, pp.e26991. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5585/eccos.n70.26991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’« histoire de l’éducation » au prisme de la 70e section du CNU (2012-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tréma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 61, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12hoy⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politicas chinesas de compreensão internacional e internacionalização do ensino superior (IES°</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhao Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Meijuan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos de Pesquisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18764/2178-2229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04665071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une entreprise originale : la mise en BD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Seguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Verneuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tréma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 61, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12hp5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Parti communiste français à la recherche de sa politique scolaire (1921-1934)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kahn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de l’éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 160, pp.251-281. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/histoire-education.9018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educational sciences in France. History and current events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studi sulla Formazione</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26 (2), pp.101-106. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36253/ssf-14980⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conquête et défense du principe de laïcité en France (XIXe - début XXIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Eletrônica de Educação do Programa de Pós-Graduação em Educação da Universidade Federal de São Carlos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16 (2022), </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14244/198271995466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants français, leur représentation syndicale et la question de leur identité professionnelle (premier et second degrés)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale d'Education de Sèvres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 91, pp.79-89. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ries.13387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du programme de « l’éducation-basée-sur-la science » aux conditions socio-épistémiques d’un progrès de la raison éducative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (2022)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De uma Epistemologia clássica à ideia de uma inteligência pública das Ciências</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Hidemi Ueno Guimaraes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Lusófona de Educação</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 48, pp.27-41. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24140/issn.1645-7250.rle48.02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estudo da evasão dos estudantes de Licenciatura e Bacharelado em Física: uma análise à luz da Teoria do Sistema de Ensino de Bourdieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Fernandes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Hidemi Ueno Guimarães</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marinez Meneghello Passos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caderno Brasileiro de Ensino de Física</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 37 (1), pp.105-126. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5007/2175-7941.2020v37n1p105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Conservatisme et Progressisme en éducation: approches critiques et éclairages internationaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Lusófona de Educação</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.111 - 117. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24140/issn.1645-7250.rle43.07⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les productions doctorales 2012-2015 et le devenir des docteurs &amp;quot;qualifiés&amp;quot;, au prisme de la 70e section du CNU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Tavignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Dossiers des sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Évolutions et défis des sciences de l'éducation. Regards transnationaux, 42, pp.89-120. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/dse.4049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02345650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A LUTA DOCENTE CONTRA AS REFORMAS NEOLIBERAIS NO BRASIL E NA FRANCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Pires de Paula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PEGADA - A Revista da Geografia do Trabalho</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (3), pp.347-368. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33026/peg.v19i3.5899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About the French primary school teacher’s history: “universitarization”, professionalization and relative deprofessionalization (end of XIXth – beginning of XXIth century)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Lusófona de Educação</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n°39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le système éducatif français : ni excès d'honneur ni indignité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Les Cahiers d'Education &amp; Devenir </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30, pp.18-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04663455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La commission Cathala et le modèle anglais, Londres 1942-43</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, n°41, pp. 63-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A escola republicana francesa frente as exigências da lógica econômica: qual democracia ? Entrevista com André D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educação Pesquisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42 (n°2), pp. 539-556</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A escola republicana francesa frente às exigências da lógica econômica: qual democracia? Entrevista com André D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria da Graça Jacintho Setton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Pelegrini Ratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educação Pesquisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42 (2), pp.539-556. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S1517-97022016420200201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04954894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science de l’éducation à Lyon : entre initiative d’Etat et histoire pédagogique locale, la greffe d’une positivité scientifique sur une tradition spiritualiste (1884-1945)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Gautherin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historia de la educación</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 34, pp. 245-262</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les syndicats des personnels enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de la fonction publique et de l'administration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, n°351, pp. 61-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’instruction dans les familles et la loi du 28 mars 1882 : paradoxe, controverses, mise en œuvre (1880-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Seguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de l’éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, n°143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise éducative au prisme de la notion de ‘forme scolaire’ : retour sur quelques étonnements dans un itinéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, n°200, pp. 131-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jugements et peines à l’encontre des instituteurs et institutrices sanctionnés pour ‘fautes professionnelles’ par le conseil départemental. L’exemple du département de l’Ain (1886-1913)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Hors série (2), pp.135-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04950435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une culture «contre» l’autre : les idées de l’éducation nouvelle solubles dans l’institution scolaire d’Etat ? Autour de la démocratisation de l’accès au savoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paedagogica Historica, International Journal of the History of Education </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp. 99-116. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00309230600552161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Revue française de pédagogie au miroir de ses grands acteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 135, pp.87-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Primary and secondary school teachers in France : changes in identities and professionalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Bourdoncle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Education Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 15 (1), pp.71-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le syndicalisme enseignant et son discours (1968-1999)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots: les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 61, pp.105 - 123. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/mots.1999.2570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04700156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture professionnelle et syndicalisation : le cas des enseignants du second degré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Mouvement social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 187, pp.83-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des enseignants et des établissements mobilisés, entre héritage bureaucratique et invention d’un espace autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Kherroubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peignard, Emmanuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, n° 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04740378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freinet et le syndicalisme enseignant (Les années Ecole Emancipée, 1920-1924)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, n° 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des enseignants et des établissements mobilisés, entre héritage bureaucratique et invention d’un espace autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kherroubi Martine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peignard, Emmanuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04735346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le syndicalisme des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education &amp; management : Les valeurs de l'école et l'esprit d'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 16, pp.76-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants français et les enjeux de la professionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Teacher Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 17 (1-2), pp.73-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science(s) de l'éducation, qu'est-ce à dire ? Unité et diversité d'une discipline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Lille. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences de l'éducation: genèse, devenir, finalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.41-56, 2026, Education et Didactiques, 978-2-7574-4588-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Elalouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Robbes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Septentrion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'école primaire au 21e siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12817597</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">– Le CICUR, une vision curriculaire. Préface de Oser une école commune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rayou Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véran Jean-Pierre, Malet Régis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oser une école commune- Savoir et agir pour faire société.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berger-Levrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Au fil du débat - Études -, 978-2-7013-2292-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855486v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les différentes positions des syndicats issus de la FEN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Husser, Anne-Claire, Martin, Philippe, Verneuil, Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laïcité scolaire. La loi de 2004 vingt ans après</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Lyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.67-83, 2024, Faits de religion, 978-2-7297-1461-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une philosophe engagée dans le moment 68 à Lyon : Jeannette Colombel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écoles en révolte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Lyon, pp.195-212, 2023, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pul.51255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Lacroix et l'école unique(1927). Une singulière combinaison entre élitisme et démocratisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B. Garnier, M. Safra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Compagnons de l'Université nouvelle. Histoire, mémoire et postérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PUR</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.213-227, 2023, Histoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les syndicats du personnel de l’enseignement technique dans le premier tiers du XXe siècle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Verneuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bodé Gérard, Lembré Stéphane, Thivend Mariann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une formation au travail pour tous. La loi Astier, un projet pour le XXe siècle,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.191-207, 2022, Histoire des techniques, 978-2-406-13037-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chauvigné Céline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vie scolaire. Une histoire singulière au sein du système éducatif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PURH</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-9, 2022, ISSN 2427-849</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Envoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poucet Bruno. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Education en tension(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artois Presses Université</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.259-266, 2021, Education, formation et lien social, 978-2-84832-467-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigacion cientifica, educacion, militantismo: transversalidades nuevas? ¿Una epistemología de un nuevo tipo? In: E. LUGO, T. YUREN (coord.) , Morelos: Juan Pablo editor (Mexique), 2019, pp. 19-33.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elisa Logo Villasenor y Maria Teresa Yren Camarena. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temas transversales en educación superior, perspectivas y estudios en casos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablos editor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.19-33, 2019, 9786077115533</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04655039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contourner, subvertir ou sortir de la forme scolaire ? Sur quelques pratiques et théories de la “résistance”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variations autour de la ‘forme scolaire’. Mélanges offerts à André D. Robert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp. 293-314, 2018, Questions d'éducation et de formation, 9782814305175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educação Nova e escola tradicional: a pergunta da democratização do acesso ao saber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In UENO-GUIMARAES, M.-H. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Propostas e desafios na educação contemporânea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp 17-35, 2018, 978-85-473-1669-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educação nova e escola tradicional: a pergunta da democratização do acesso ao saber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Hidemi Ueno Guimaraes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UFOP Ouro Preto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Propostas e desafios na educação contemporânea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Appris editora, pp.17-33, 2018, Educaçao, Tecnologias e transdiciplinaridade, 978-85-473-1669-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05498889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In B. Poucet et P. Rayou (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement et pratiques de la philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Bordeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Études sur l'éducation, 9791030000368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les syndicats enseignants et la loi Haby : de l’unité de circonstance à la réactivation amplifiée des divergences (1974-1978</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In L. Gutierrez et P. Legris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le collège unique. Éclairages socio-historiques sur la loi du 11 juillet 1975</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Histoire, 978-2-7535-5024-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle(s) enfance(s) pour quelle(s) politique(s) ? Regards croisés France-Québec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Loeffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">in Kerlan, Robert (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfants et artistes ensemble. Recomposition de l'enfance, refondation des politiques de l'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy - Editions Universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Questions d'éducation et de formation, 9782814302860</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In J.-F. Marcel (coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche-intervention par les sciences de l’éducation. Accompagner le changement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducagri éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 7-13, 2016, Agora, 979-10-275-0027-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le plan Langevin-Wallon et La théorie de l’orientation professionnelle selon Naville : deux conceptions de la relation Formation / Emploi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In L. Gutierrez et P. Kahn. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le plan Langevin-Wallon. Histoire et actualité d'une réforme de l'enseignement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy - Editions Universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9782814302754</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie de l'enfance : approche théorique de la construction d'un champ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Kerlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Kerlan, Robert (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfants et artistes ensemble. Recomposition de l'enfance, refondation des politiques de l'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy - Editions Universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Questions d'éducation et de formation, 9782814302860</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le ‘projet de modernisation du système éducatif’ : prémices proches et lointaines, contexte, processus d’élaboration (été 1974- février 1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Gurierrez L. et Legris P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le collège unique. Éclairages socio-historiques sur la loi du 11 juillet 1975</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 978-2-7535-5024-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les syndicats enseignants et la recherche en éducation. Sur quelques tremblés épistémologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In G. Brucy, F. Laot, E. de Lescure. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Former les militants, former les travailleurs. Les syndicats et la formation depuis la Seconde Guerre mondiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 41-57, 2015, 978-2-343-06835-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De 1968 à decada de 2000 : lutas por influencia e posiçoes cruzads dos principais sindicatos de professores franceses (primario e secundario)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sindicalismo em educaçao e relaçoes de trabalho. Uma visao internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Biblioteca Sindicalismo em Educaçao, pp. 45-64, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De 1968 a decada 2000: lutas por influencia e posiçoes cruzadas dos principais sindicatos de professores frances (primario e secondario)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadi Dal Rosso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Ondina Vieira Ferreira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rede Aste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sindicalismo em educação e relações de trabalho. Uma visão internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paralelo 15</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.45-64, 2015, Sindicalismo em Educação, 978-85-5588-000-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05498900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un cas local de construction d’un diptyque formation/recherche en sciences de l’éducation : l’EPPP de Lyon de 1945 à 1967</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Seguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In F. Laot, R. Rogers (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l’éducation, Emergence d’un champ de recherche dans l’après-guerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 131-144, 2015, Histoire, 978-2-7535-4058-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O domínio do risco: a produção da verdade republicana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Viegas Brás</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Neves Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Silva, I. C., Pignatelli, M. &amp; Viegas. S. M. (coods). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livro de Atas do 1º Congresso da Associação Internacional de Ciências Sociais e Humanas em Língua Portuguesa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Associação Internacional de Ciências Sociais e Humanas em Língua Portuguesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 10605-10613, 2015, 978-989-99357-0-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Meirieu et la figure de “l’intellectuel”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In J. Rakovitch (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Où vont les pédagogues ? : Philippe Meirieu et la pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESF</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 15-19, 2015, 978-2-7101-3075-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusions (L. Frajerman dir., La grève enseignante en quête d'efficacité)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut de Recherches FSU. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La grève enseignante en quête d'efficacité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Syllepse, 2013, 978-2-84950-384-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04950410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecole privée et économie : le poids économique des établissements et la question financière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poucet Bruno. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Etat et l’enseignement privé, L’application de la loi Debré (1959)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.199-213, 2011, Histoire, 978-2-7535-1429-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les syndicats enseignants (premier et second degrés)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Toulemonde Bernard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le système éducatif en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Documentation Française</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.133-142., 2009, Les Notices</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04881486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groupes d’intérêt et politiques de l’éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traite Des Sciences Et Des Pratiques de L'Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gaulle, l’école et l’économie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Troger, Vincent (coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire de l’éducation et de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions SCIENCES HUMAINES</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.183-196, 2006, 2-912601-43-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique de l’éducation, Mise en perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’État de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.330-332., 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les forces syndicales enseignantes et la loi Debré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poucet, Bruno. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La loi Debré : paradoxes de l’État éducateur ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRDP Amiens, 2001, Actes et rapports pour l'éducation, 2-86615-248-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un nouveau syndicalisme enseignant ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Demailly, Lise, Bourdoncle, Raymond. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les professions de l’éducation et de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Les métiers de la formation, 2-85939-553-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique de l’éducation, assumer l’hétérogénéité des publics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’État de la France 97-98</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.589-593, 1998, L'Etat de la France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“ Vers un nouveau syndicalisme enseignant? ”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bourdoncle Raymond, Demailly Lise. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les professions de l’éducation et de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses du Septentrion, 1998, 2-85939-553-9 (br.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04924993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le plan Langevin-Wallon et la question des aptitudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Boutan, Etya Sorel, co-dir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le plan Langevin-Wallon, une utopie vivante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PUF</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.43-46, 1998, collection Éducation et formation, 2 13 049331 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04724826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique de l’éducation, assumer l’hétérogénéité des publics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iL’État de la France 96-97, partie : État et politique, Politiques publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.554-558, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponses syndicales (SNI-PEGC, SNES) au phénomène de désyndicalisation dans les années 80 : recours à une logique syndicale et/ou à une logique “professionnelle”? ” 111-127</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLAISANCE, HENRIOT-van ZANTEN, SIROTA (Ed.) Les transformations du système éducatif, Acteurs et politiques, L’Harmattan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.111-127, 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04700169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">80 ans de Sciences de l'éducation à Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernex Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masson Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">80 ans de sciences de l'éducation à Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373613v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec, « La recherche en éducation a toujours eu le souci d’intervenir sur le réel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp. 13-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’institution scolaire, ses acteurs et le changement de normes : clivages autour de la ‘performance’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le théâtre des présidents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Rumeur Libre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Entretiens et Documents, 978-2-35577-314-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O sindicalismo docente e a construçao da profissio na Europa e na America latina.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Serradas,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara-Real Maria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Universidade Lusófona. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universidade Lusófona, Lisboa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professeurs des écoles au XXIe siècle. Portraits socioprofessionnels des enseignants du premier degré en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Carraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PUF</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 288 p., 2018, Education et société, 978-2-13-073395-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enfants et artistes ensemble, Recomposition de l’enfance, refondation des politiques de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Kerlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy - Editions Universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 234 p., 2016, Questions d'éducation et de formation, 9782814302860</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pensée critique des enseignants. Eléments d’histoire et de théorisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rouen et du Havre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 284 p., 2016, Penser les valeurs en éducation et en formation, 9791024005751</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enfants et artistes ensemble. Recomposition de l’enfance, reconfiguration des politiques de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Kerlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Lorraine, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01946506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">70 ans de sciences de l’éducation à Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Poizat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Meirieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Gautherin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pensée critique des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rouen Le Havre, 284 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’école en France de 1945 à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Grenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 374 p., 2015, Enseignement et réformes, 9782706124075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pensée critique des enseignants. Éléments d’histoire et de théorisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02073888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pensar la educacion de otra manera : epistemologia social y pensiamento critico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julieta Espinosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Juan Pablos, 328 p., 2014, 968-607-8332-48-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences de l’éducation à Lyon. L’ISPEF, 60 ans d’histoire et plus…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Lumière-Lyon2, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l'école se mobilise : les dynamiques professionnelles dans les établissements de banlieue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès van Zanten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Grospiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Kherroubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Peignard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les éditions La Dispute, pp.269, 2002, 9782843030567</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00239195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'école, l'état des savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès van Zanten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Agulhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Barthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth Bautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.420, 2000, L'état des savoirs, 9782707133069</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00239274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profession et syndicats vus par des enseignants du second degré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Robert, André Désiré, Mornettas, Jean-Jacques. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADAPT</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 2-909680-15-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISAMBERT-JAMATI Viviane (née JAMATI Viviane, Hélène, Adrienne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maitron.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">les-syndicats-denseignants-et-la-democratisation-de-lecole-en-europe-dans-la-seconde-moitie-du-xxe-siecle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie d’Histoire numérique de l’Europe </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vangrévelinghe et Joseph Cathala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire biographique du Mouvement ouvrier, mouvement social (de 1940 à 1968)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Syndicalisme enseignant »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de l’éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04665774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier : &amp;quot;Questionner l’expérience doctorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roelens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inter Pares : revue électronique de jeunes chercheurs en sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, n° 8, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03174186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier international : Syndicalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyssens Jeffrey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 19, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04929105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plus ça change... ? Changes and continuities in education policy in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Van Zanten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Education Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15 (1), pp.1-4, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Science de l’éducation à Lyon : entre initiative d’État et histoire pédagogique locale, la greffe d’une positivité scientifique sur une tradition spiritualiste (1884-1945)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Gautherin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international d’Actualité de la Recherche en Éducation et en Formation (AREF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Genève, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04856559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId219"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:119.6261682243px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> André Désiré ROBERT </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur émérite Université Lumière Lyon 2</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">andre-desire-robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3834-0866</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">035389516</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur des universités, classe exceptionnelle 2.Situation actuelle en France : Professeur émérite des Universités.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titres universitaires :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA de Sciences de l’éducation sous la direction de Madame le Professeur Viviane Isambert-Jamati, Université René Descartes, Paris V-Sorbonne, 1985.Doctorat d’Université (thèse unique) obtenu le 12 juin 1989, Université René Descartes, Paris V-Sorbonne, sous la direction de Madame le Professeur Viviane Isambert-Jamati “Trois syndicats d’enseignants face aux réformes scolaires (1968-1982)”.Habilitation à diriger des recherches, Université René Descartes, Paris V-Sorbonne, 9 janvier 1998. “Politiques publiques d’éducation et actions collectives des enseignants”, introducteur le professeur Gabriel Langouët.Qualification aux fonctions de professeur par les CNU des 70ème et 19ème sections, 1998.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Activités professionnelles successives :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur certifié de philosophie en lycée 1974/1983.Concours de l’ENNA (1983) donnant le titre de professeur agrégé de philosophie, formateur d’enseignants 1983/1991.Maître de conférences en IUFM (Créteil) 1991/1995, formation des maîtres.Maître de conférences à l’université de Rennes 2,1995/1998.Professeur des universités à Lyon 2 depuis 1998. Professeur émérite depuis 2017.Membre de l’UMR « Education et politiques » (Lyon 2/INRP) depuis sa fondation (2003). Directeur adjoint de 2007 à 2011.Directeur de l’Ecole doctorale n° 485 EPIC (Education, Psychologie, Information & Communication) depuis juin 2007 jusqu’à l’été 2016.Fondateur et Directeur du laboratoire EA 4571 « Education, Cultures, Politiques » du 1.01. 2011 jusqu’au 31.12.2012. Membre du conseil scientifique de 2011 à 2016.Président élu de la 70e section du CNU (Conseil national des Universités) pour une durée de quatre ans (depuis le 21.11. 2011 jusqu’au 18 novembre 2015), après avoir été membre de cette instance de 2007 à 2011.Membre de plusieurs comités d’évaluation de l’AERES (laboratoires de recherche – Arras, Rennes -et écoles doctorales – Caen, Rouen) (2014-2015).Président du comité d’évaluation HCERES de la Structure Fédérative de Recherche en éducation de Franche-Comté (2016).Chargé de mission construction de la SFR en éducation, université de Lyon / ESPE, depuis le 1.01.2015 jusqu’au 30.06. 2017.Conseiller scientifique national des laboratoires CREN (Nantes) et CAREF (Amiens) depuis 2009.Conseiller scientifique, membre du board international, du laboratoire CEIED (Lisboa) depuis 2010.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Activités éditoriales :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rédacteur en chef de la Revue française de pédagogie de 1999 à 2003.Membre du comité de rédaction de la Revue française de pédagogie (2003-2008), actuellement membre du comité scientifique.Membre du comité de lecture de Carrefours de l’éducation.Membre du comité de rédaction de la revue en ligne EERJ (European Educational Research Journal), revue de l’EERA (European Educational Research Association) de 2008 à 2012.Membre du conseil éditorial de Revista lusofona de Educaçao, Lisboa.Conseiller scientifique (avec J.C. Forquin) de la troisième édition du Dictionnaire de l’éducation et de la formation (Retz), 2005.Membre du comité éditorial de l’INRP (2007-2010).Membre du comité scientifique de la revue suisse Raisons éducatives (depuis décembre 2011).Fondateur et directeur scientifique de la revue en ligne pour doctorants et jeunes docteurs Inter Pares. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://epic.univ-lyon2.fr/inter-pares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science(s) de l'éducation, qu'est-ce à dire ? Unité et diversité d'une discipline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Lille. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences de l'éducation: genèse, devenir, finalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.41-56, 2026, Education et Didactiques, 978-2-7574-4588-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">– Le CICUR, une vision curriculaire. Préface de Oser une école commune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rayou Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véran Jean-Pierre, Malet Régis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oser une école commune- Savoir et agir pour faire société.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berger-Levrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Au fil du débat - Études -, 978-2-7013-2292-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855486v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Elalouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Robbes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Septentrion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'école primaire au 21e siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12817597</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les différentes positions des syndicats issus de la FEN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Husser, Anne-Claire, Martin, Philippe, Verneuil, Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laïcité scolaire. La loi de 2004 vingt ans après</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Lyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.67-83, 2024, Faits de religion, 978-2-7297-1461-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une philosophe engagée dans le moment 68 à Lyon : Jeannette Colombel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écoles en révolte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Lyon, pp.195-212, 2023, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pul.51255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Lacroix et l'école unique(1927). Une singulière combinaison entre élitisme et démocratisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B. Garnier, M. Safra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Compagnons de l'Université nouvelle. Histoire, mémoire et postérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PUR</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.213-227, 2023, Histoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les syndicats du personnel de l’enseignement technique dans le premier tiers du XXe siècle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Verneuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bodé Gérard, Lembré Stéphane, Thivend Mariann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une formation au travail pour tous. La loi Astier, un projet pour le XXe siècle,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.191-207, 2022, Histoire des techniques, 978-2-406-13037-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chauvigné Céline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vie scolaire. Une histoire singulière au sein du système éducatif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PURH</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-9, 2022, ISSN 2427-849</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Envoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poucet Bruno. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Education en tension(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artois Presses Université</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.259-266, 2021, Education, formation et lien social, 978-2-84832-467-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigacion cientifica, educacion, militantismo: transversalidades nuevas? ¿Una epistemología de un nuevo tipo? In: E. LUGO, T. YUREN (coord.) , Morelos: Juan Pablo editor (Mexique), 2019, pp. 19-33.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elisa Logo Villasenor y Maria Teresa Yren Camarena. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temas transversales en educación superior, perspectivas y estudios en casos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablos editor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.19-33, 2019, 9786077115533</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04655039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contourner, subvertir ou sortir de la forme scolaire ? Sur quelques pratiques et théories de la “résistance”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variations autour de la ‘forme scolaire’. Mélanges offerts à André D. Robert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp. 293-314, 2018, Questions d'éducation et de formation, 9782814305175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educação Nova e escola tradicional: a pergunta da democratização do acesso ao saber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In UENO-GUIMARAES, M.-H. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Propostas e desafios na educação contemporânea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp 17-35, 2018, 978-85-473-1669-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educação nova e escola tradicional: a pergunta da democratização do acesso ao saber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Hidemi Ueno Guimaraes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UFOP Ouro Preto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Propostas e desafios na educação contemporânea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Appris editora, pp.17-33, 2018, Educaçao, Tecnologias e transdiciplinaridade, 978-85-473-1669-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05498889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le plan Langevin-Wallon et La théorie de l’orientation professionnelle selon Naville : deux conceptions de la relation Formation / Emploi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In L. Gutierrez et P. Kahn. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le plan Langevin-Wallon. Histoire et actualité d'une réforme de l'enseignement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy - Editions Universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9782814302754</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle(s) enfance(s) pour quelle(s) politique(s) ? Regards croisés France-Québec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Loeffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">in Kerlan, Robert (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfants et artistes ensemble. Recomposition de l'enfance, refondation des politiques de l'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy - Editions Universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Questions d'éducation et de formation, 9782814302860</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In J.-F. Marcel (coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La recherche-intervention par les sciences de l’éducation. Accompagner le changement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducagri éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 7-13, 2016, Agora, 979-10-275-0027-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie de l'enfance : approche théorique de la construction d'un champ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Kerlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Kerlan, Robert (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfants et artistes ensemble. Recomposition de l'enfance, refondation des politiques de l'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy - Editions Universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Questions d'éducation et de formation, 9782814302860</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le ‘projet de modernisation du système éducatif’ : prémices proches et lointaines, contexte, processus d’élaboration (été 1974- février 1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Gurierrez L. et Legris P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le collège unique. Éclairages socio-historiques sur la loi du 11 juillet 1975</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 978-2-7535-5024-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In B. Poucet et P. Rayou (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement et pratiques de la philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Bordeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Études sur l'éducation, 9791030000368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les syndicats enseignants et la loi Haby : de l’unité de circonstance à la réactivation amplifiée des divergences (1974-1978</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In L. Gutierrez et P. Legris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le collège unique. Éclairages socio-historiques sur la loi du 11 juillet 1975</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Histoire, 978-2-7535-5024-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un cas local de construction d’un diptyque formation/recherche en sciences de l’éducation : l’EPPP de Lyon de 1945 à 1967</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Seguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In F. Laot, R. Rogers (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l’éducation, Emergence d’un champ de recherche dans l’après-guerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 131-144, 2015, Histoire, 978-2-7535-4058-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De 1968 à decada de 2000 : lutas por influencia e posiçoes cruzads dos principais sindicatos de professores franceses (primario e secundario)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sindicalismo em educaçao e relaçoes de trabalho. Uma visao internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Biblioteca Sindicalismo em Educaçao, pp. 45-64, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De 1968 a decada 2000: lutas por influencia e posiçoes cruzadas dos principais sindicatos de professores frances (primario e secondario)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadi Dal Rosso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Ondina Vieira Ferreira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rede Aste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sindicalismo em educação e relações de trabalho. Uma visão internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paralelo 15</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.45-64, 2015, Sindicalismo em Educação, 978-85-5588-000-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05498900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les syndicats enseignants et la recherche en éducation. Sur quelques tremblés épistémologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In G. Brucy, F. Laot, E. de Lescure. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Former les militants, former les travailleurs. Les syndicats et la formation depuis la Seconde Guerre mondiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 41-57, 2015, 978-2-343-06835-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O domínio do risco: a produção da verdade republicana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Viegas Brás</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Neves Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Silva, I. C., Pignatelli, M. &amp; Viegas. S. M. (coods). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livro de Atas do 1º Congresso da Associação Internacional de Ciências Sociais e Humanas em Língua Portuguesa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Associação Internacional de Ciências Sociais e Humanas em Língua Portuguesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 10605-10613, 2015, 978-989-99357-0-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Meirieu et la figure de “l’intellectuel”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In J. Rakovitch (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Où vont les pédagogues ? : Philippe Meirieu et la pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESF</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 15-19, 2015, 978-2-7101-3075-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusions (L. Frajerman dir., La grève enseignante en quête d'efficacité)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut de Recherches FSU. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La grève enseignante en quête d'efficacité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Syllepse, 2013, 978-2-84950-384-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04950410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecole privée et économie : le poids économique des établissements et la question financière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poucet Bruno. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Etat et l’enseignement privé, L’application de la loi Debré (1959)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.199-213, 2011, Histoire, 978-2-7535-1429-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les syndicats enseignants (premier et second degrés)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Toulemonde Bernard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le système éducatif en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Documentation Française</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.133-142., 2009, Les Notices</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04881486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gaulle, l’école et l’économie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Troger, Vincent (coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire de l’éducation et de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions SCIENCES HUMAINES</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.183-196, 2006, 2-912601-43-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groupes d’intérêt et politiques de l’éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traite Des Sciences Et Des Pratiques de L'Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique de l’éducation, Mise en perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’État de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.330-332., 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les forces syndicales enseignantes et la loi Debré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poucet, Bruno. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La loi Debré : paradoxes de l’État éducateur ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRDP Amiens, 2001, Actes et rapports pour l'éducation, 2-86615-248-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“ Vers un nouveau syndicalisme enseignant? ”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bourdoncle Raymond, Demailly Lise. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les professions de l’éducation et de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses du Septentrion, 1998, 2-85939-553-9 (br.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04924993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le plan Langevin-Wallon et la question des aptitudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Boutan, Etya Sorel, co-dir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le plan Langevin-Wallon, une utopie vivante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PUF</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.43-46, 1998, collection Éducation et formation, 2 13 049331 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04724826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique de l’éducation, assumer l’hétérogénéité des publics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’État de la France 97-98</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.589-593, 1998, L'Etat de la France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un nouveau syndicalisme enseignant ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Demailly, Lise, Bourdoncle, Raymond. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les professions de l’éducation et de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Les métiers de la formation, 2-85939-553-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique de l’éducation, assumer l’hétérogénéité des publics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iL’État de la France 96-97, partie : État et politique, Politiques publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.554-558, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponses syndicales (SNI-PEGC, SNES) au phénomène de désyndicalisation dans les années 80 : recours à une logique syndicale et/ou à une logique “professionnelle”? ” 111-127</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLAISANCE, HENRIOT-van ZANTEN, SIROTA (Ed.) Les transformations du système éducatif, Acteurs et politiques, L’Harmattan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.111-127, 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04700169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science, non-science, recherche et élaboration des vérités scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets rouges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 36, pp.16-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05520659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vérité dévoyée par LA science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rayou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets rouges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 36, pp.10-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05520667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2012-2024 : Trois partis de gauche et leur politique scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche socialiste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, L'Ours Hors série, 110-111, pp.119-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qui sont, et que font en matière philosophique, les « philosophes lyonnais de l’éducation » du premier XXe siècle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usage comparé du théâtre par les présidents de Gaulle et Pompidou (1959-1974)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pensée d'ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.57086/lpa.1265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aperçus d'écoles en scène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'OURS. Office universitaire de recherche socialiste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, L'Ours- Hors série, 110-111, pp.188-195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05133074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’« histoire de l’éducation » au prisme de la 70e section du CNU (2012-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tréma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 61, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12hoy⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politicas chinesas de compreensão internacional e internacionalização do ensino superior (IES°</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhao Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Meijuan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos de Pesquisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18764/2178-2229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04665071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une entreprise originale : la mise en BD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Seguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Verneuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tréma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 61, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12hp5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Os professores franceses, sua representação sindical e a questão da sua identidade profissional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Hidemi Ueno Guimaraes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Plaisance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EccoS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 70, pp.e26991. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5585/eccos.n70.26991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educational sciences in France. History and current events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studi sulla Formazione</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26 (2), pp.101-106. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36253/ssf-14980⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Parti communiste français à la recherche de sa politique scolaire (1921-1934)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kahn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de l’éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 160, pp.251-281. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/histoire-education.9018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conquête et défense du principe de laïcité en France (XIXe - début XXIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Eletrônica de Educação do Programa de Pós-Graduação em Educação da Universidade Federal de São Carlos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16 (2022), </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14244/198271995466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants français, leur représentation syndicale et la question de leur identité professionnelle (premier et second degrés)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale d'Education de Sèvres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 91, pp.79-89. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ries.13387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du programme de « l’éducation-basée-sur-la science » aux conditions socio-épistémiques d’un progrès de la raison éducative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (2022)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estudo da evasão dos estudantes de Licenciatura e Bacharelado em Física: uma análise à luz da Teoria do Sistema de Ensino de Bourdieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Fernandes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Hidemi Ueno Guimarães</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marinez Meneghello Passos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caderno Brasileiro de Ensino de Física</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 37 (1), pp.105-126. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5007/2175-7941.2020v37n1p105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De uma Epistemologia clássica à ideia de uma inteligência pública das Ciências</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Hidemi Ueno Guimaraes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Lusófona de Educação</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 48, pp.27-41. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24140/issn.1645-7250.rle48.02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Conservatisme et Progressisme en éducation: approches critiques et éclairages internationaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Lusófona de Educação</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.111 - 117. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24140/issn.1645-7250.rle43.07⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les productions doctorales 2012-2015 et le devenir des docteurs &amp;quot;qualifiés&amp;quot;, au prisme de la 70e section du CNU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Tavignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Dossiers des sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Évolutions et défis des sciences de l'éducation. Regards transnationaux, 42, pp.89-120. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/dse.4049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02345650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A LUTA DOCENTE CONTRA AS REFORMAS NEOLIBERAIS NO BRASIL E NA FRANCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Pires de Paula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PEGADA - A Revista da Geografia do Trabalho</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (3), pp.347-368. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33026/peg.v19i3.5899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About the French primary school teacher’s history: “universitarization”, professionalization and relative deprofessionalization (end of XIXth – beginning of XXIth century)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Lusófona de Educação</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n°39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le système éducatif français : ni excès d'honneur ni indignité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Les Cahiers d'Education &amp; Devenir </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30, pp.18-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04663455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La commission Cathala et le modèle anglais, Londres 1942-43</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, n°41, pp. 63-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A escola republicana francesa frente as exigências da lógica econômica: qual democracia ? Entrevista com André D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educação Pesquisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42 (n°2), pp. 539-556</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A escola republicana francesa frente às exigências da lógica econômica: qual democracia? Entrevista com André D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria da Graça Jacintho Setton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Pelegrini Ratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educação Pesquisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42 (2), pp.539-556. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S1517-97022016420200201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04954894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science de l’éducation à Lyon : entre initiative d’Etat et histoire pédagogique locale, la greffe d’une positivité scientifique sur une tradition spiritualiste (1884-1945)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Gautherin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historia de la educación</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 34, pp. 245-262</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les syndicats des personnels enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de la fonction publique et de l'administration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, n°351, pp. 61-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’instruction dans les familles et la loi du 28 mars 1882 : paradoxe, controverses, mise en œuvre (1880-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Seguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de l’éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, n°143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise éducative au prisme de la notion de ‘forme scolaire’ : retour sur quelques étonnements dans un itinéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, n°200, pp. 131-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jugements et peines à l’encontre des instituteurs et institutrices sanctionnés pour ‘fautes professionnelles’ par le conseil départemental. L’exemple du département de l’Ain (1886-1913)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Hors série (2), pp.135-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04950435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une culture «contre» l’autre : les idées de l’éducation nouvelle solubles dans l’institution scolaire d’Etat ? Autour de la démocratisation de l’accès au savoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paedagogica Historica, International Journal of the History of Education </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp. 99-116. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00309230600552161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Revue française de pédagogie au miroir de ses grands acteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 135, pp.87-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Primary and secondary school teachers in France : changes in identities and professionalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Bourdoncle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Education Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 15 (1), pp.71-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le syndicalisme enseignant et son discours (1968-1999)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots : les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 61, pp.105 - 123. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/mots.1999.2570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04700156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture professionnelle et syndicalisation : le cas des enseignants du second degré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Mouvement social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 187, pp.83-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des enseignants et des établissements mobilisés, entre héritage bureaucratique et invention d’un espace autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Kherroubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peignard, Emmanuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, n° 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04740378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freinet et le syndicalisme enseignant (Les années Ecole Emancipée, 1920-1924)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, n° 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des enseignants et des établissements mobilisés, entre héritage bureaucratique et invention d’un espace autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kherroubi Martine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peignard, Emmanuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04735346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le syndicalisme des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education &amp; management : Les valeurs de l'école et l'esprit d'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 16, pp.76-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants français et les enjeux de la professionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Teacher Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 17 (1-2), pp.73-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">80 ans de Sciences de l'éducation à Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernex Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masson Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">80 ans de sciences de l'éducation à Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373613v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec, « La recherche en éducation a toujours eu le souci d’intervenir sur le réel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp. 13-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’institution scolaire, ses acteurs et le changement de normes : clivages autour de la ‘performance’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le théâtre des présidents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Rumeur Libre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Entretiens et Documents, 978-2-35577-314-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O sindicalismo docente e a construçao da profissio na Europa e na America latina.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Serradas,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara-Real Maria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Universidade Lusófona. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universidade Lusófona, Lisboa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professeurs des écoles au XXIe siècle. Portraits socioprofessionnels des enseignants du premier degré en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Carraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PUF</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 288 p., 2018, Education et société, 978-2-13-073395-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enfants et artistes ensemble. Recomposition de l’enfance, reconfiguration des politiques de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Kerlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Lorraine, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01946506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pensée critique des enseignants. Eléments d’histoire et de théorisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rouen et du Havre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 284 p., 2016, Penser les valeurs en éducation et en formation, 9791024005751</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enfants et artistes ensemble, Recomposition de l’enfance, refondation des politiques de l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Kerlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy - Editions Universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 234 p., 2016, Questions d'éducation et de formation, 9782814302860</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’école en France de 1945 à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Grenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 374 p., 2015, Enseignement et réformes, 9782706124075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pensée critique des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rouen Le Havre, 284 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pensée critique des enseignants. Éléments d’histoire et de théorisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02073888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">70 ans de sciences de l’éducation à Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Poizat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Meirieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Gautherin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pensar la educacion de otra manera : epistemologia social y pensiamento critico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julieta Espinosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Juan Pablos, 328 p., 2014, 968-607-8332-48-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences de l’éducation à Lyon. L’ISPEF, 60 ans d’histoire et plus…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Lumière-Lyon2, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l'école se mobilise : les dynamiques professionnelles dans les établissements de banlieue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès van Zanten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Grospiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Kherroubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André D. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Peignard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les éditions La Dispute, pp.269, 2002, 9782843030567</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00239195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'école, l'état des savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès van Zanten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Agulhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Barthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth Bautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.420, 2000, L'état des savoirs, 9782707133069</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00239274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profession et syndicats vus par des enseignants du second degré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Robert, André Désiré, Mornettas, Jean-Jacques. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADAPT</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 2-909680-15-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISAMBERT-JAMATI Viviane (née JAMATI Viviane, Hélène, Adrienne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maitron.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">les-syndicats-denseignants-et-la-democratisation-de-lecole-en-europe-dans-la-seconde-moitie-du-xxe-siecle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie d’Histoire numérique de l’Europe </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vangrévelinghe et Joseph Cathala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire biographique du Mouvement ouvrier, mouvement social (de 1940 à 1968)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01978886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Syndicalisme enseignant »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de l’éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04665774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier : &amp;quot;Questionner l’expérience doctorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roelens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-D. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inter Pares : revue électronique de jeunes chercheurs en sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, n° 8, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03174186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier international : Syndicalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyssens Jeffrey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 19, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04929105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plus ça change... ? Changes and continuities in education policy in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Van Zanten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Education Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15 (1), pp.1-4, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Science de l’éducation à Lyon : entre initiative d’État et histoire pédagogique locale, la greffe d’une positivité scientifique sur une tradition spiritualiste (1884-1945)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Gautherin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international d’Actualité de la Recherche en Éducation et en Formation (AREF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Genève, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04856559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois syndicats d'enseignants face aux réformes scolaires. Positions idéologiques du SNI, du SNES et du SGEN par rapport au système d'Education nationale entre 1968 et 1982. Essai d'interprétation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Désiré Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education. Université Paris V René Descartes (Sorbonne), 1989. Français. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05540615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId221"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D0FA04A2"/>
+    <w:nsid w:val="AFD8FBE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/andre-desire-robert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3834-0866" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/035389516" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epic.univ-lyon2.fr/inter-pares" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520659v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; D&#233;sir&#233; Robert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520667v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rayou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975100v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132755v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133074v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312498v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57086/lpa.1265" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692463v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Hidemi Ueno Guimaraes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Plaisance" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5585/eccos.n70.26991" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742134v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hoy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665071v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Jing" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Meijuan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18764/2178-2229" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768463v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Seguy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Verneuil" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hp5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648534v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; D. Robert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kahn" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoire-education.9018" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697234v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/ssf-14980" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188946v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-D. Robert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14244/198271995466" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648567v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ries.13387" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188945v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648483v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24140/issn.1645-7250.rle48.02" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648630v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Fernandes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Hidemi Ueno Guimar&#227;es" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinez Meneghello Passos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5007/2175-7941.2020v37n1p105" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853172v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24140/issn.1645-7250.rle43.07" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345650v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Tavignot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dse.4049" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972139v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Pires de Paula" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33026/peg.v19i3.5899" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978773v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663455v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978790v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978831v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954894v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria da Gra&#231;a Jacintho Setton" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Pelegrini Ratier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1517-97022016420200201" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978787v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mole" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Gautherin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978783v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978827v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978887v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950435v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978880v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00309230600552161" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774765v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770479v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Bourdoncle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700156v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mots.1999.2570" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770487v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740378v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Kherroubi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peignard, Emmanuel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754846v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735346v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kherroubi Martine" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933643v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768471v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517340v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321843v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Elalouf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Robbes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855486v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayou Patrick" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.berger-levrault.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778595v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-lyon2.fr" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648662v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.51255" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648712v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9573/les-compagnons-de-l-universite-nouvelle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648951v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971737v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.purh-ed.fr" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971630v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apu.univ-artois.fr" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655039v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/editor/9964" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978767v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978757v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editoraappris.com.br/produto/2299-propostas-e-desafios-na-educao-contempornea" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498889v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976759v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100654370&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976783v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pur-editions.fr/detail.php?idOuv=4193" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976822v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Loeffel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100048320&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976620v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.educagri.fr/livres/4876-la-recherche-intervention-par-les-sciences-de-l-education-accompagner-le-changement.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976796v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100294650&amp;amp;fa=details" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976813v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kerlan" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100048320" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976774v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976698v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=48490" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976742v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498900v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadi Dal Rosso" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Ondina Vieira Ferreira" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editoparalelo15.com.br" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976573v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3910" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976545v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Viegas Br&#225;s" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Neves Gon&#231;alves" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ul.pt/handle/10451/20797" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976720v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esf-scienceshumaines.fr/pedagogie/65-ou-vont-les-pedagogues-.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950410v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766422v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881486v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documentation.le04.fr/index.php?lvl=coll_see&amp;amp;id=82" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03651938v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722310v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scienceshumaines.com/editions/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704762v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719051v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718384v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704759v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924993v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724826v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://puf.com" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704658v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700169v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373613v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernex Alain" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masson Julien" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978882v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755416v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648729v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larumeurlibre.fr" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853153v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Serradas," TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara-Real Maria" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ulosofona.pt" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01972108v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Carraud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Professeurs_des_%C3%A9coles_au_XXIe_si%C3%A8cle" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01975957v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01975923v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Garnier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100857420&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01946506v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513089v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Poizat" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meirieu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271415v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01975863v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/764/9782706124075/l-ecole-en-france" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-02073888v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978884v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julieta Espinosa" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855443v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239195v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s van Zanten" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Grospiron" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Peignard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239274v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Agulhon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barr&#232;re" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barthon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Bautier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/l_ecole_l_etat_des_savoirs-9782707133069" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718493v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.snes.edu" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853164v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971793v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978886v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665774v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174186v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roelens" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929105v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyssens Jeffrey" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770416v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Van Zanten" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856559v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/andre-desire-robert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3834-0866" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/035389516" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epic.univ-lyon2.fr/inter-pares" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517340v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; D&#233;sir&#233; Robert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855486v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayou Patrick" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.berger-levrault.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321843v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Elalouf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Robbes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778595v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-lyon2.fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648662v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.51255" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648712v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9573/les-compagnons-de-l-universite-nouvelle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648951v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Verneuil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971737v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.purh-ed.fr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971630v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apu.univ-artois.fr" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655039v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/editor/9964" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978767v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-D. Robert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978757v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editoraappris.com.br/produto/2299-propostas-e-desafios-na-educao-contempornea" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498889v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Hidemi Ueno Guimaraes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976796v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100294650&amp;amp;fa=details" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976822v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Loeffel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100048320&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976620v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.educagri.fr/livres/4876-la-recherche-intervention-par-les-sciences-de-l-education-accompagner-le-changement.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976813v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kerlan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100048320" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976774v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pur-editions.fr/detail.php?idOuv=4193" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976759v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100654370&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976783v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976573v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Seguy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3910" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976742v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498900v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadi Dal Rosso" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Ondina Vieira Ferreira" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editoparalelo15.com.br" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976698v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=48490" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976545v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Viegas Br&#225;s" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Neves Gon&#231;alves" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ul.pt/handle/10451/20797" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01976720v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esf-scienceshumaines.fr/pedagogie/65-ou-vont-les-pedagogues-.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950410v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766422v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881486v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documentation.le04.fr/index.php?lvl=coll_see&amp;amp;id=82" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722310v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scienceshumaines.com/editions/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03651938v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704762v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719051v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924993v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724826v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://puf.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704759v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718384v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704658v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700169v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520659v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520667v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rayou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132755v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975100v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312498v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57086/lpa.1265" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133074v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742134v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hoy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665071v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Jing" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Meijuan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18764/2178-2229" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768463v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hp5" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692463v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Plaisance" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5585/eccos.n70.26991" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697234v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/ssf-14980" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648534v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; D. Robert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kahn" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoire-education.9018" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188946v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14244/198271995466" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648567v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ries.13387" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188945v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648630v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Fernandes" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Hidemi Ueno Guimar&#227;es" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinez Meneghello Passos" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5007/2175-7941.2020v37n1p105" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648483v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24140/issn.1645-7250.rle48.02" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853172v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24140/issn.1645-7250.rle43.07" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345650v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Tavignot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dse.4049" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972139v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Pires de Paula" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33026/peg.v19i3.5899" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978773v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663455v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978790v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978831v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954894v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria da Gra&#231;a Jacintho Setton" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Pelegrini Ratier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1517-97022016420200201" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978787v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mole" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Gautherin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978783v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978827v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978887v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950435v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978880v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00309230600552161" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774765v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770479v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Bourdoncle" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700156v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mots.1999.2570" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770487v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740378v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Kherroubi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peignard, Emmanuel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754846v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735346v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kherroubi Martine" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933643v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768471v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373613v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernex Alain" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masson Julien" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978882v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755416v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648729v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larumeurlibre.fr" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853153v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Serradas," TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara-Real Maria" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ulosofona.pt" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01972108v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Carraud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Professeurs_des_%C3%A9coles_au_XXIe_si%C3%A8cle" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01946506v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01975923v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Garnier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100857420&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01975957v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01975863v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/764/9782706124075/l-ecole-en-france" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271415v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-02073888v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513089v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Poizat" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meirieu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978884v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julieta Espinosa" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855443v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239195v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s van Zanten" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Grospiron" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Peignard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239274v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Agulhon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barr&#232;re" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barthon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Bautier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/l_ecole_l_etat_des_savoirs-9782707133069" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718493v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.snes.edu" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853164v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971793v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01978886v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665774v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174186v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roelens" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929105v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyssens Jeffrey" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770416v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Van Zanten" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856559v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05540615v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>