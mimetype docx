--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -479,260 +479,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02530225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brand typicality impact on brand imitations evaluation and categorization</w:t>
+                <w:t xml:space="preserve">A typology of brand counterfeiting and imitation based on a semiotic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bobrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marinette Thébault</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Bobrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Product and Brand Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 25 (6), pp.600-612. </w:t>
+              <w:t xml:space="preserve">Journal of Business Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 69 (1), pp.349-356. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/JPBM-07-2015-0923⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbusres.2015.08.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02117694v1</w:t>
+                <w:t xml:space="preserve">hal-02117651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A typology of brand counterfeiting and imitation based on a semiotic approach</w:t>
+                <w:t xml:space="preserve">Brand typicality impact on brand imitations evaluation and categorization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marinette Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bobrie</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marinette Thébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Business Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Product and Brand Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (6), pp.600-612. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/JPBM-07-2015-0923⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jbusres.2015.08.007⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02117651v1</w:t>
+                <w:t xml:space="preserve">hal-02117694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les consommateurs de contrefaçon : le prix n'est pas la seule motivation</w:t>
               </w:r>
@@ -1489,247 +1489,247 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring consumer behavior regarding counterfeiting: how product category, product attributes, purchase situation and consumers' motivations profiles impact behavior regarding counterfeits and genuine</w:t>
+                <w:t xml:space="preserve">Le territoire des médias socionumériques - Une approche quantitative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yves Roy</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Stenger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Marketing Trends Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Venise, Italy</w:t>
+              <w:t xml:space="preserve">35ème Congrès de l'AFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02396977v1</w:t>
+                <w:t xml:space="preserve">hal-02396964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le territoire des médias socionumériques - Une approche quantitative</w:t>
+                <w:t xml:space="preserve">Exploring consumer behavior regarding counterfeiting: how product category, product attributes, purchase situation and consumers' motivations profiles impact behavior regarding counterfeits and genuine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Stenger</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marinette Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35ème Congrès de l'AFM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Le Havre, France</w:t>
+              <w:t xml:space="preserve">International Marketing Trends Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02396964v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02396977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Territoire des médias socio-numériques. Une approche quantitative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Stenger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24ème conférence de l’Association Information et Management (AIM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1970,51 +1970,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marinette Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Stenger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th French-Austrian-GermanWorkshop on Consumer Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2052,51 +2052,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TYPOLOGIE ET CARTOGRAPHIE DES MEDIAS SOCIAUX SOUS L'ANGLE DES USAGES ET DES COMPORTEMENTS DE CONSOMMATEUR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Stenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marinette Thébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2160,51 +2160,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marinette Thebault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Stenger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32ème Congrès de l’Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2255,51 +2255,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marinette Thebault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Stenger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31ème Congrès de l’Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Marrakech, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2445,334 +2445,334 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les digital natives sont-ils des consommateurs plus résistants ?</w:t>
+                <w:t xml:space="preserve">Une comparaison internationale des freins et motivations des consommateurs face à la contrefaçon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marinette Thébault</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marinette Thebault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bobrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital natives</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ancrages culturels dans un monde en mutation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02534906v1</w:t>
+                <w:t xml:space="preserve">halshs-02530538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les digital natives sont-ils des consommateurs plus « résistants » ?</w:t>
+                <w:t xml:space="preserve">Les digital natives sont-ils des consommateurs plus résistants ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Stenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marinette Thebault</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marinette Thébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Natives Culture, génération et consommation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Digital natives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMS Editions, pp.65-94, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ems.steng.2015.01.0065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02533935v1</w:t>
+                <w:t xml:space="preserve">hal-02534906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une comparaison internationale des freins et motivations des consommateurs face à la contrefaçon</w:t>
+                <w:t xml:space="preserve">Les digital natives sont-ils des consommateurs plus « résistants » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Stenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marinette Thebault</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Bobrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ancrages culturels dans un monde en mutation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">Digital Natives Culture, génération et consommation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 978-2-84769-743-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02530538v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02533935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId59"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2927,51 +2927,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396896v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Le Roux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Th&#233;bault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JPBM-06-2018-1923" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530225v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.15534" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117694v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bobrie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JPBM-07-2015-0923" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117651v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2015.08.007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z4DBJLBT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530112v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.107.0025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530136v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Viot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kremer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570714533474" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803846v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370113516705" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803871v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627913v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malene Gram" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie-In&#232;s de La Ville" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boireau-Ducept" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampnoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13527260903342803" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396328v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Godart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530488v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viot Catherine" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Poncin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpve.472.0061" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396977v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396964v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stenger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530547v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530525v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Thebault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530557v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Ralambondrainy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396996v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530203v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530500v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530495v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530211v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534906v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.steng.2015.01.0065" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02533935v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530538v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Muller" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396896v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Le Roux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Th&#233;bault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JPBM-06-2018-1923" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530225v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.15534" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bobrie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2015.08.007" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z4DBJLBT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117694v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JPBM-07-2015-0923" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530112v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.107.0025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530136v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Viot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kremer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570714533474" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803846v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370113516705" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803871v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627913v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malene Gram" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie-In&#232;s de La Ville" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boireau-Ducept" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampnoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13527260903342803" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396328v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Godart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530488v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viot Catherine" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Poncin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpve.472.0061" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396964v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stenger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396977v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530547v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530525v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Thebault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530557v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Ralambondrainy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396996v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530203v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530500v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530495v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530211v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530538v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Muller" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534906v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.steng.2015.01.0065" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02533935v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>