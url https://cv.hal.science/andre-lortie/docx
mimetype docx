--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:120px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> André Lortie </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un demi-siècle de boulevard périphérique (1973-2023). Temps de discussion 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Pousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justinien Tribillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Simonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Emery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Thirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2023.0028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célébrer / critiquer le boulevard périphérique Enjeux et perceptions au gré des anniversaires décennaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Thirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2023.0023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un demi-siècle de boulevard périphérique (1973-2023). Temps de discussion 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justinien Tribillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Flonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Simonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Ronai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Belval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2023.0020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les années 60, Montréal voit grand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2021.0026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journée d’étude – 1919, les quatre saisons de l’urbanisme - Temps de discussion 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bellanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Bourillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Jaquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Vorms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2019.0026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Ceinture de Paris : espoirs et déceptions pour l'urbanisme français du début du 20e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2019.0024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspective transnationale et histoire du Grand Paris. Temps de discussion 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Vadelorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Roseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carola Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Jaquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2018.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois manières d'étudier les dynamiques transnationales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2018.0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Quoi L'Urbanisme est-il le projet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Aube, 283 p., 2023, Bibliothèque des territoires, Jean Viard, 978-2-8159-5543-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04478949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des fortifs au périf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Grégoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Pavillon de l'Arsenal, 368 p., 2020, 978-2-35487-056-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04552484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un demi-siècle de boulevard périphérique. 1973-2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bellanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Pousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Roseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justinien Tribillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inventer le Grand Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2023.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urbanisme, croissance et longue durée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour mémoire.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04478952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Parigi : dalla cinta muraria al Périphérique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Casabella</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, pp.103-103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De quoi l'urbanisme est-il le projet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Architecture, aménagement de l'espace. Université Paris 1 Panthéon Sorbonne, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04483095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urbanisme et questions urbaines dans le cursus de la Faculté d'architecture et d'urbanisme (FAU) Université royale des Beaux-Arts (URBA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Blancot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Tizianel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole nationale supérieure d'architecture de Paris-Belleville / Institut Parisien de Recherche : Architecture Urbanistique Société (IPRAUS). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04484932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban planning and urban issues in the Curriculum of the Faculty of Architecture & Urbanism (FAU) Royal University of Fine Arts (RUFA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Blancot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Tizianel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole nationale supérieure d'architecture de Paris-Belleville / Institut Parisien de Recherche : Architecture Urbanistique Société (IPRAUS). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04484933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un système de projets parisiens à l'ère de la métropole. La Ceinture, des fortifications au Périphérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 661/90, Ministère de l'équipement, du logement, des transports et de la mer / Bureau de la recherche architecturale (BRA); Ministère de la recherche; Ecole d'architecture de Paris-Villemin. 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les projets urbains parisiens à l'ère de la métropole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Baudouï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 591/89, Ministère de l'équipement, du logement et des transports / Bureau de la recherche architecturale (BRA); Ministère de la recherche et de l'enseignement supérieur; Ecole d'architecture de Paris-Villemin. 1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONTRECHAMP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Refuges périurbains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions WildProject; Bordeaux Métropole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.194-195, 2019, Arts et architecture, 978-2-918-490-753</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04484938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId61"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:120px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> André Lortie </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un demi-siècle de boulevard périphérique (1973-2023). Temps de discussion 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Pousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justinien Tribillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Simonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Emery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Thirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2023.0028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célébrer / critiquer le boulevard périphérique Enjeux et perceptions au gré des anniversaires décennaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanche Thirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2023.0023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un demi-siècle de boulevard périphérique (1973-2023). Temps de discussion 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justinien Tribillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Flonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Simonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Ronai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Belval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2023.0020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les années 60, Montréal voit grand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2021.0026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journée d’étude – 1919, les quatre saisons de l’urbanisme - Temps de discussion 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bellanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Bourillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Jaquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Vorms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2019.0026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Ceinture de Paris : espoirs et déceptions pour l'urbanisme français du début du 20e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2019.0024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspective transnationale et histoire du Grand Paris. Temps de discussion 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Vadelorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Roseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carola Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Jaquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2018.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois manières d'étudier les dynamiques transnationales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2018.0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Quoi L'Urbanisme est-il le projet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Aube, 283 p., 2023, Bibliothèque des territoires, Jean Viard, 978-2-8159-5543-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04478949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des fortifs au périf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Grégoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Pavillon de l'Arsenal, 368 p., 2020, 978-2-35487-056-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04552484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un demi-siècle de boulevard périphérique. 1973-2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bellanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Pousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Roseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justinien Tribillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inventer le Grand Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25580/igp.2023.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urbanisme, croissance et longue durée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour mémoire.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04478952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Parigi : dalla cinta muraria al Périphérique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Casabella</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, pp.103-103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De quoi l'urbanisme est-il le projet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Architecture, aménagement de l'espace. Université Paris 1 Panthéon Sorbonne, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04483095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban planning and urban issues in the Curriculum of the Faculty of Architecture & Urbanism (FAU) Royal University of Fine Arts (RUFA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Blancot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Tizianel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole nationale supérieure d'architecture de Paris-Belleville / Institut Parisien de Recherche : Architecture Urbanistique Société (IPRAUS). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04484933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urbanisme et questions urbaines dans le cursus de la Faculté d'architecture et d'urbanisme (FAU) Université royale des Beaux-Arts (URBA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Blancot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Tizianel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole nationale supérieure d'architecture de Paris-Belleville / Institut Parisien de Recherche : Architecture Urbanistique Société (IPRAUS). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04484932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un système de projets parisiens à l'ère de la métropole. La Ceinture, des fortifications au Périphérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 661/90, Ministère de l'équipement, du logement, des transports et de la mer / Bureau de la recherche architecturale (BRA); Ministère de la recherche; Ecole d'architecture de Paris-Villemin. 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les projets urbains parisiens à l'ère de la métropole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Baudouï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 591/89, Ministère de l'équipement, du logement et des transports / Bureau de la recherche architecturale (BRA); Ministère de la recherche et de l'enseignement supérieur; Ecole d'architecture de Paris-Villemin. 1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONTRECHAMP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lortie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Refuges périurbains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions WildProject; Bordeaux Métropole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.194-195, 2019, Arts et architecture, 978-2-918-490-753</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04484938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId61"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04858536v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pousin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justinien Tribillon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Simonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Emery" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Thirot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2023.0028" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04858506v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lortie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2023.0023" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04858461v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Flonneau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ronai" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Belval" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2023.0020" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772058v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2021.0026" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734407v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bellanger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bourillon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jaquand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Vorms" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Claude" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0026" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734390v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04669135v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Vadelorge" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roseau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Hein" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2018.0007" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04669099v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2018.0006" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478949v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04552484v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Cohen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gr&#233;goire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859200v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2023.0015" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478952v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124804v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04483095v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484932v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Blancot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ros" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Tizianel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484933v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908840v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906004v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Baudou&#239;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484938v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wildproject.org/livres/refuges-periurbains" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04858536v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pousin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justinien Tribillon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Simonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Emery" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Thirot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2023.0028" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04858506v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lortie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2023.0023" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04858461v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Flonneau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ronai" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Belval" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2023.0020" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772058v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2021.0026" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734407v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bellanger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bourillon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jaquand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Vorms" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Claude" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0026" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734390v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04669135v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Vadelorge" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roseau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Hein" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2018.0007" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04669099v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2018.0006" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478949v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04552484v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Cohen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gr&#233;goire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859200v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2023.0015" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478952v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124804v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04483095v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484933v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Blancot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ros" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Tizianel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484932v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908840v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906004v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Baudou&#239;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484938v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wildproject.org/livres/refuges-periurbains" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>