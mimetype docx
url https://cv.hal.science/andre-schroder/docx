--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -178,51 +178,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -346,295 +346,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05235358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Negative lipid membranes enhance the adsorption of TAT-decorated elastin-like polypeptide micelles</w:t>
+                <w:t xml:space="preserve">Significantly less wear of UHMWPE rubbing against pyrocarbon than against CoCr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivien Walter</w:t>
+                <w:t xml:space="preserve">Thomas Joyce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatiana Schmatko</w:t>
+                <w:t xml:space="preserve">Ghassene Ouenzerfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Muller</w:t>
+                <w:t xml:space="preserve">Goksu Kandemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André P. Schroder</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sarah R. Macewan</w:t>
+                <w:t xml:space="preserve">Ian Trail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Massardier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2024.03.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 160, pp.106768. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2024.106768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04662356v1</w:t>
+                <w:t xml:space="preserve">hal-04733371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Significantly less wear of UHMWPE rubbing against pyrocarbon than against CoCr</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Negative lipid membranes enhance the adsorption of TAT-decorated elastin-like polypeptide micelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Joyce</w:t>
+                <w:t xml:space="preserve">Tatiana Schmatko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghassene Ouenzerfi</w:t>
+                <w:t xml:space="preserve">Pierre Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Goksu Kandemir</w:t>
+                <w:t xml:space="preserve">André P. Schroder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ian Trail</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valentin Massardier</w:t>
+                <w:t xml:space="preserve">Sarah R. Macewan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 160, pp.106768. </w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 123 (7), pp.901-908. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2024.106768⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2024.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04733371v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04662356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Directly imaging emergence of phase separation in peroxidized lipid membranes</w:t>
               </w:r>
@@ -767,51 +767,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activation energy for pore opening in lipid membranes under an electric field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eulalie Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Schroder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1414,278 +1414,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02567386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid confocal imaging of vesicle-to-sponge phase droplet transition in dilute dispersions of the C10E3 surfactant</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enzyme-assisted self-assembly within a hydrogel induced by peptide diffusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Joseph Crassous</w:t>
+                <w:t xml:space="preserve">Miryam Criado Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos M. Marques</w:t>
+                <w:t xml:space="preserve">Jennifer Rodon Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulf Olsson</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Déborah Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Schroder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-38620-9⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55 (8), pp.1156-1159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8CC09437C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02126591v1</w:t>
+                <w:t xml:space="preserve">hal-02157051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzyme-assisted self-assembly within a hydrogel induced by peptide diffusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Miryam Criado Gonzalez</w:t>
+                <w:t xml:space="preserve">Rapid confocal imaging of vesicle-to-sponge phase droplet transition in dilute dispersions of the C10E3 surfactant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pierre Schroder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Rodon Fores</w:t>
+                <w:t xml:space="preserve">Jérôme Joseph Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déborah Wagner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andre Schroder</w:t>
+                <w:t xml:space="preserve">Carlos M. Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Carvalho</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ulf Olsson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 55 (8), pp.1156-1159. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.2292. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C8CC09437C⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-38620-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02157051v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02126591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DPPC Bilayers in Solutions of High Sucrose Content</w:t>
               </w:r>
@@ -1723,51 +1723,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Kluzek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thalmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André P. Schroder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biophysical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 114 (9), pp.2165-2173. </w:t>
@@ -2220,90 +2220,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cargo self-assembly rescues affinity of cell-penetrating peptides to lipid membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Weinberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Macewan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Schmatko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (1), pp.43963. </w:t>
@@ -2703,937 +2703,1607 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02333878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesion of giant unilamellar vesicles on double-end grafted DNA carpets</w:t>
+                <w:t xml:space="preserve">Lipid oxidation induces structural changes in biomimetic membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Sun</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Georges Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Charitat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio S Baptista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adjaci Uchoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Pavani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjst/e2014-02224-9⟩</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (24), pp.4241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3sm52740a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02333899v1</w:t>
+                <w:t xml:space="preserve">hal-02333891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytotoxicity and internalization of Pluronic micelles stabilized by core cross-linking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Arranja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pierre Schroder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Schmutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Waton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Schosseler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Controlled Release</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 196, pp.87-95. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jconrel.2014.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02333886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid oxidation induces structural changes in biomimetic membranes</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adhesion of giant unilamellar vesicles on double-end grafted DNA carpets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christiane Pavani</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Y. Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pierre Schroder</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 10 (24), pp.4241. </w:t>
+              <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 223 (9), pp.1755-1769. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c3sm52740a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjst/e2014-02224-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02333891v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02333899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipidic composite vesicles based on poly(NIPAM), chitosan or hyaluronan: behaviour under stresses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gel-Assisted Formation of Giant Unilamellar Vesicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Weinberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Pepin-Donat</w:t>
+                <w:t xml:space="preserve">Feng-Ching Tsai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Campillo</w:t>
+                <w:t xml:space="preserve">Gijsje H. Koenderink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Quemeneur</w:t>
+                <w:t xml:space="preserve">Thais F. Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marguerite Rinaudo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carlos Marques</w:t>
+                <w:t xml:space="preserve">Rosângela Itri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Nano Dimension</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 2 (1), pp.17-23. </w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 105 (1), pp.154-164. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7508/IJND.2011.01.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2013.05.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02148160v1</w:t>
+                <w:t xml:space="preserve">hal-05048957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scraping and Stapling of End-Grafted DNA Chains by a Bioadhesive Spreading Vesicle to Reveal Chain Internal Friction and Topological Complexity</w:t>
+                <w:t xml:space="preserve">Photo-activated phase separation in giant vesicles made from different lipid mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gi-Moon Nam</w:t>
+                <w:t xml:space="preserve">Christopher Haluska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Laure Hisette</w:t>
+                <w:t xml:space="preserve">Mauricio Baptista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuting Liang Sun</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Albert Johner</w:t>
+                <w:t xml:space="preserve">Adjaci Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Schroder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.105.088101⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1818 (3), pp.666-672. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2011.11.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04577101v1</w:t>
+                <w:t xml:space="preserve">hal-05048971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape and erosion of pebbles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photocontrol of end-grafted lambda-phage DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuting Liang Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naresh Kumar Mani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Douglas Durian</w:t>
+                <w:t xml:space="preserve">Damien Baigl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Bideaud</w:t>
+                <w:t xml:space="preserve">Thomas Gisler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Duringer</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">André Pierre Schröder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.75.021301⟩</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (12), pp.5578. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C1SM05046J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00144239v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05065871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is in a pebble shape ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lipidic composite vesicles based on poly(NIPAM), chitosan or hyaluronan: behaviour under stresses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Pepin-Donat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.J. Durian</w:t>
+                <w:t xml:space="preserve">Clément Campillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Bideau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Thalmann</w:t>
+                <w:t xml:space="preserve">François Quemeneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marguerite Rinaudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Nano Dimension</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2 (1), pp.17-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7508/IJND.2011.01.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02148160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scraping and Stapling of End-Grafted DNA Chains by a Bioadhesive Spreading Vesicle to Reveal Chain Internal Friction and Topological Complexity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gi-Moon Nam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Laure Hisette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuting Liang Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gisler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Johner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 105 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.105.088101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04577101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giant Vesicles under Oxidative Stress Induced by a Membrane-Anchored Photosensitizer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karin Riske</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiane Sudbrack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathaly Archilha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adjaci Uchoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Schroder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 97 (5), pp.1362-1370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2009.06.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05065972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combining Fluorescence Lifetime and Polarization Microscopy to Discriminate Phase Separated Domains in Giant Unilamellar Vesicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Haluska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Schröder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Heissler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Duportail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 95 (12), pp.5737-5747. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1529/biophysj.108.131490⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00366964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shape and erosion of pebbles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Douglas Durian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bideaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Duringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Schröder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 75 (2), pp.021301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.75.021301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00144239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What is in a pebble shape ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.J. Durian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Duringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Schröder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Thalmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2006, 97, 2, pp.028001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.97.028001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00118838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3643,51 +4313,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microparticles and micromotors in the neighbourhood of giant lipid vesicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaibhav Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3742,51 +4412,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomembrane Days 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02504085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3796,173 +4466,173 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thickness determination of hydroperoxidized lipid bilayers from medium-resolution cryo-TEM images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eulalie Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Schmutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Schroder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biophysical Approaches for the Study of Membrane Structure - Part A: Experimental</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 700, Elsevier, pp.329-348, 2024, Methods in Enzymology, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/bs.mie.2024.02.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04665793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId160"/>
+      <w:footerReference w:type="default" r:id="rId186"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4030,51 +4700,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="72CF9027"/>
+    <w:nsid w:val="D8BEDD22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4261,51 +4931,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/andre-schroder" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7962-4507" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/084442174" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235358v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mirailler" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Massardier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina-Nicoleta Lazar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernoud-Hubac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trd.2025.104864" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662356v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Walter" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Schmatko" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Muller" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P. Schroder" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah R. Macewan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2024.03.001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733371v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Joyce" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassene Ouenzerfi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goksu Kandemir" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Trail" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2024.106768" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296416v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Paez-Perez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurimas Vy&#353;niauskas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael L&#243;pez-Duarte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Lafarge" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L&#243;pez-R&#237;os de Castro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-022-00809-x" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292666v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Schroder" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Zaitseva" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Behrends" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2213112120" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406176v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Morandi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Kluzek" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Wolff" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pierre Schroder" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thalmann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2016037118" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379156v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Junqueira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Klymchenko" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves M&#233;ly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2021.183659" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202279v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaibhav Sharma" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Azar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Schroder" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Marques" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Stocco" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM02183K" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567386v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Haseeb Iqbal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Kerdjoudj" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Njel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Senger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c04475" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126591v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joseph Crassous" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M. Marques" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Olsson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-38620-9" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157051v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miryam Criado Gonzalez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Rodon Fores" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Wagner" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carvalho" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CC09437C" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126590v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sommer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2018.04.003" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126589v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel O L Bacellar" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio S Baptista" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena C Junqueira" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Wainwright" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2018.06.001" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142321v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Mutschler" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosette Betscha" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ball" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihal Engin Vrana" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b00334" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333801v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Miguel Serafini Micheletto" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#225;dya Pesce Da Silveira" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gon&#231;alves Dal-B&#243;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Carlos Giacomelli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Newton Luiz Dias Filho" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1980-5373-MR-2016-0700" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324921v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Weinberger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Macewan" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43963" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333856v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.6b01679" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333864v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Frederico Moro" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Cortez Lopes" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Ligabue-Braun" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Helene Souza Martinelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2016.05.063" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333878v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aoki" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Constantino" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marques" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5sm01019e" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333899v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Sun" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2014-02224-9" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333886v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Arranja" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schmutz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Waton" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Schosseler" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2014.10.001" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SF7GSMRJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333891v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Weber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Charitat" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adjaci Uchoa" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Pavani" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3sm52740a" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02148160v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pepin-Donat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Campillo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Quemeneur" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Rinaudo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7508/IJND.2011.01.002" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577101v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gi-Moon Nam" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Hisette" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuting Liang Sun" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gisler" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Johner" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.088101" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144239v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Durian" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bideaud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duringer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Schr&#246;der" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.75.021301" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118838v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Durian" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bideau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.028001" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504085v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665793v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmutz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mie.2024.02.008" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/andre-schroder" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7962-4507" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/084442174" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235358v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mirailler" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Massardier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina-Nicoleta Lazar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernoud-Hubac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trd.2025.104864" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733371v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Joyce" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassene Ouenzerfi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goksu Kandemir" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Trail" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2024.106768" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662356v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Walter" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Schmatko" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Muller" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P. Schroder" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah R. Macewan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2024.03.001" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296416v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Paez-Perez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurimas Vy&#353;niauskas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael L&#243;pez-Duarte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Lafarge" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L&#243;pez-R&#237;os de Castro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-022-00809-x" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292666v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Schroder" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Zaitseva" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Behrends" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2213112120" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406176v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Morandi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Kluzek" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Wolff" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pierre Schroder" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thalmann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2016037118" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379156v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Junqueira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Klymchenko" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves M&#233;ly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2021.183659" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202279v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaibhav Sharma" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Azar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Schroder" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Marques" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Stocco" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM02183K" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567386v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Haseeb Iqbal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Kerdjoudj" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Njel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Senger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c04475" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157051v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miryam Criado Gonzalez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Rodon Fores" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Wagner" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carvalho" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CC09437C" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126591v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joseph Crassous" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M. Marques" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Olsson" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-38620-9" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126590v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sommer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2018.04.003" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126589v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel O L Bacellar" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio S Baptista" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena C Junqueira" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Wainwright" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2018.06.001" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142321v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Mutschler" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosette Betscha" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ball" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihal Engin Vrana" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b00334" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333801v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Miguel Serafini Micheletto" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#225;dya Pesce Da Silveira" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gon&#231;alves Dal-B&#243;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Carlos Giacomelli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Newton Luiz Dias Filho" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1980-5373-MR-2016-0700" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324921v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Weinberger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Macewan" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43963" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333856v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.6b01679" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333864v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Frederico Moro" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Cortez Lopes" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Ligabue-Braun" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Helene Souza Martinelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2016.05.063" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333878v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aoki" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Constantino" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marques" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5sm01019e" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333891v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Weber" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Charitat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adjaci Uchoa" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Pavani" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3sm52740a" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333886v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Arranja" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schmutz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Waton" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Schosseler" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2014.10.001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SF7GSMRJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333899v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Sun" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2014-02224-9" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048957v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng-Ching Tsai" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijsje H. Koenderink" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais F. Schmidt" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ros&#226;ngela Itri" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2013.05.024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048971v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Haluska" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Baptista" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adjaci Fernandes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2011.11.025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065871v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuting Liang Sun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naresh Kumar Mani" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Baigl" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gisler" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pierre Schr&#246;der" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1SM05046J" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02148160v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pepin-Donat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Campillo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Quemeneur" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Rinaudo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7508/IJND.2011.01.002" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577101v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gi-Moon Nam" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Hisette" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Johner" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.088101" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065972v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Riske" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiane Sudbrack" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaly Archilha" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2009.06.023" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366964v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Schr&#246;der" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Didier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Heissler" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Duportail" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1529/biophysj.108.131490" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144239v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Durian" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bideaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duringer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.75.021301" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118838v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Durian" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bideau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.028001" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504085v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665793v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmutz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mie.2024.02.008" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>