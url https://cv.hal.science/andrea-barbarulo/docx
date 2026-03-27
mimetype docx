--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -100,248 +100,248 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manifold reducibility for a Lagrangian finite element solver with remeshing</w:t>
+                <w:t xml:space="preserve">A new strategy using the Proper Generalized Decomposition to model time evolving spatial domains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Beckermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ronan Scanff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Massimiliano Cremonesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2025.118212⟩</w:t>
+              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 316, pp.107860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2025.107860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05191181v1</w:t>
+                <w:t xml:space="preserve">hal-05191185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new strategy using the Proper Generalized Decomposition to model time evolving spatial domains</w:t>
+                <w:t xml:space="preserve">Manifold reducibility for a Lagrangian finite element solver with remeshing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Beckermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimiliano Cremonesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 316, pp.107860. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 446, Part A, pp.118212. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2025.107860⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2025.118212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05191185v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05191181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical and experimental study of echogenicity in 3D-printed tissue-mimicking materials</w:t>
               </w:r>
@@ -353,51 +353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Kamalinia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merlin Bonnevay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Vennat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -496,51 +496,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 208, pp.110926. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
@@ -587,51 +587,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A coupled acoustic/elastic discontinuous Galerkin finite element method: Application to ultrasonic imaging of 3D-printed synthetic materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Kamalinia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bing Tie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -704,51 +704,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeferson Wilian Dossa Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolfo André Kuche Sanches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 386, pp.114102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -795,51 +795,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A residual-based stabilized finite element formulation for incompressible flow problems in the Arlequin framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeferson Wilian Dossa Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hachmi Ben Dhia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -893,317 +893,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04419415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Arnoldi reduction strategy applied to the semi-analytical finite element method to model railway track vibrations</w:t>
+                <w:t xml:space="preserve">Reduced order modeling via PGD for highly transient thermal evolutions in additive manufacturing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Cettour-Janet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">B. Favoretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.A. de Hillerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bettinotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Oancea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Puel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2018.07.013⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2019.02.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01851309v1</w:t>
+                <w:t xml:space="preserve">hal-02062582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced order modeling via PGD for highly transient thermal evolutions in additive manufacturing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Arnoldi reduction strategy applied to the semi-analytical finite element method to model railway track vibrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.A. de Hillerin</w:t>
+                <w:t xml:space="preserve">R. Cettour-Janet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Bettinotti</w:t>
+                <w:t xml:space="preserve">F. Letourneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Oancea</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andrea Barbarulo</w:t>
+                <w:t xml:space="preserve">G. Puel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 116, pp.997 - 1016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2019.02.033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2018.07.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02062582v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extension of the variational theory of complex rays to orthotropic shallow shell structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Cattabiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1276,51 +1276,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variational theory of complex rays applied to shell structures: in-plane inertia, quasi-symmetric ray distribution, and orthotropic materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Cattabiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1380,51 +1380,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PGD-VTCR: A Reduced Order Model Technique to Solve Medium Frequency Broad Band Problems on Complex Acoustical Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1523,51 +1523,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Cattabiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ladevèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1631,51 +1631,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proper Generalized Decomposition applied to linear acoustic: A new tool for broad band calculation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ladevèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1806,51 +1806,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Thevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patryk Dec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1901,64 +1901,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nouvelle formulation PGD pour les problèmes définis sur domaine variable, discrétisation spatiale étendue et temporelle par morceaux.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Beckermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Barbarulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimiliano Cremonesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2009,51 +2009,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Thevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2117,51 +2117,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat Quang Ta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2199,51 +2199,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of high-fidelity numerical models for 3D printing of patient-specific anatomy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Guezou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bing Tie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2275,623 +2275,623 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04532173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of high-fidelity numerical models for 3D printing of patient-specific anatomy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Estimation d'erreur pour la Théorie Variationnelle des Rayons Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhat Quang Ta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baldrik Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bing Tie</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Puel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04490216v1</w:t>
+                <w:t xml:space="preserve">hal-04610930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation d'erreur pour la Théorie Variationnelle des Rayons Complexes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Development of high-fidelity numerical models for 3D printing of patient-specific anatomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Guezou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Puel</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bing Tie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04610930v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04490216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the midfield propagation conditions on environmental railway noise</w:t>
+                <w:t xml:space="preserve">An adaptive Trefftz method to analyze the influence of the midfield propagation conditions on environmental railway noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat Quang Ta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Barbarulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baldrik Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Computational Methods in Structural Dynamics and Earthquake Engineering - COMPDYN 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">XI International Conference on Adaptive Modeling and Simulation - ADMOS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Göteborg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04377084v1</w:t>
+                <w:t xml:space="preserve">hal-04377090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An adaptive Trefftz method to analyze the influence of the midfield propagation conditions on environmental railway noise</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Theoretical and numerical modeling of ultrasonic wave propagation in 3D-printed matrix-inclusion composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Kamalinia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Baldrik Faure</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bing Tie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XI International Conference on Adaptive Modeling and Simulation - ADMOS 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Göteborg, Sweden</w:t>
+              <w:t xml:space="preserve">ICU Beijing 2023 - 2023 International Congress on Ultrasonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Beijing (Pékin), China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04377090v1</w:t>
+                <w:t xml:space="preserve">hal-04532091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical and numerical modeling of ultrasonic wave propagation in 3D-printed matrix-inclusion composites</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Influence of the midfield propagation conditions on environmental railway noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhat Quang Ta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Puel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bing Tie</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baldrik Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICU Beijing 2023 - 2023 International Congress on Ultrasonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Beijing (Pékin), China</w:t>
+              <w:t xml:space="preserve">9th International Conference on Computational Methods in Structural Dynamics and Earthquake Engineering - COMPDYN 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532091v1</w:t>
+                <w:t xml:space="preserve">hal-04377084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric study of ultrasonic wave propagation in 3D-printed microstructures using the discontinuous Galerkin FE method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Kamalinia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Vennat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2968,51 +2968,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupled acoustic/elastic wave propagation simulation using discontinuous Galerkin finite element method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Kamalinia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bing Tie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3063,51 +3063,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space discontinuous Galerkin FEM for wave propagation simulation in 3D-printed composite polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Kamalinia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Vennat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3184,51 +3184,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction of medical ultrasonic images for 3D-printed synthetic organs using space discontinuous Galerkin FEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Kamalinia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Vennat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3305,51 +3305,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of digital twins for 3D printing of echogenic synthetic organs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Kamalinia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Vennat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3407,286 +3407,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04534657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation thermique multi-échelle du procédé de Fabrication Additive: Fusion Laser sur lit de poudre</w:t>
+                <w:t xml:space="preserve">Un cadre Arlequin généralisée en réduction de modèle pour la fabrication additive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ruyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Barbarulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhia Hachmi Ben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04824606v1</w:t>
+                <w:t xml:space="preserve">hal-04824608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un cadre Arlequin généralisée en réduction de modèle pour la fabrication additive</w:t>
+                <w:t xml:space="preserve">Simulation thermique multi-échelle du procédé de Fabrication Additive: Fusion Laser sur lit de poudre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ruyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Barbarulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhia Hachmi Ben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824608v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mid-frequency method to model coupled vibro-acoustic response of a railway track</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Cettour-Janet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Etienne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th World Congress on Computational Mechanics - WCCM 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3724,51 +3724,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à la modélisation du procédé de Fabrication Additive: Fusion laser sur lit de poudre.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ruyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hachmi Ben Dhia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3819,51 +3819,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation d'une technique moyenne fréquence pour la modélisation vibro-acoustique d'une voie ferré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Cettour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Puel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3901,77 +3901,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Arnoldi reduction applied to wave propagation model to compute railway track vibrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Cettour-Janet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Letourneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Puel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4009,77 +4009,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Arnoldi reduction applied to wave propagation to model railway track vibrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Cettour-Janet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Letourneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Puel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4143,51 +4143,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Kovalevsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Langley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2014 International Symposium on Electromagnetic Compatibility - EMC EUROPE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Gothenburg, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4215,243 +4215,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01808761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proper Generalized Decomposition and Variational Theory of Complex Rays: an alliance to consider uncertainties over mid and high broad frequency bands</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">PGD-TVRC : une méthode de réduction de modèle pour les vibrations moyennes fréquences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Kovalevsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ladevèze</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Graveleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01717075v1</w:t>
+                <w:t xml:space="preserve">hal-01722050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PGD-TVRC : une méthode de réduction de modèle pour les vibrations moyennes fréquences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proper Generalized Decomposition and Variational Theory of Complex Rays: an alliance to consider uncertainties over mid and high broad frequency bands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Barbarulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ladevèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Ladevèze</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Graveleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01722050v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01717075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4463,203 +4463,203 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apparatus and method for determining statistical mean and maximum expected variance of electromagnetic energy transmission between coupled cavities</w:t>
+                <w:t xml:space="preserve">Apparatus and method for determining statistics of electric current in an electrical system exposed to diffuse electromagnetic fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin S Langley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Barbarulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Kovalevsky</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">United States, Patent n° : US20160103165A1. 2015</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">United States, Patent n° : WO2014205391A1. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01787791v1</w:t>
+                <w:t xml:space="preserve">hal-01787783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apparatus and method for determining statistics of electric current in an electrical system exposed to diffuse electromagnetic fields</w:t>
+                <w:t xml:space="preserve">Apparatus and method for determining statistical mean and maximum expected variance of electromagnetic energy transmission between coupled cavities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin S Langley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Kovalevsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Barbarulo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">United States, Patent n° : WO2014205391A1. 2015</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">United States, Patent n° : US20160103165A1. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01787783v1</w:t>
+                <w:t xml:space="preserve">hal-01787791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId105"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4814,51 +4814,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191181v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Beckermann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Cremonesi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Barbarulo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2025.118212" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191185v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Scanff" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2025.107860" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04799006v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Kamalinia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin Bonnevay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Vennat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Tie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2024.107518" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346973v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Viana" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Puel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chamoin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2023.110926" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276338v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kamalinia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2023.107208" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419407v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeferson Wilian Dossa Fernandes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Andr&#233; Kuche Sanches" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2021.114102" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419415v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hachmi Ben Dhia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2020.113073" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851309v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cettour-Janet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Letourneaux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Puel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2018.07.013" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062582v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Favoretto" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. de Hillerin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bettinotti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Oancea" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2019.02.033" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647841v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Cattabiani" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Riou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ladev&#232;ze" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12989/aas.2016.3.3.317" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338275v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-015-1214-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647862v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Kovalevsky" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5545/sv-jme.2014.1834" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647848v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume B&#233;zier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2015.05.021" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647860v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2014.01.014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365666v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Thevenot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patryk Dec" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611060v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610925v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611022v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Thevenot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat Quang Ta" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532173v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Guezou" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490216v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610930v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baldrik Faure" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377084v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377090v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532091v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532208v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Champ" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718333v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532298v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534623v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534657v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824606v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ruyssen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Barbarulo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhia Hachmi Ben" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824608v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862094v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Etienne Gautier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899260v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899257v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cettour" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862079v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862091v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808761v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Langley" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope.2014.6931050" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717075v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Graveleau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722050v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787791v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin S Langley" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787783v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191185v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Beckermann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Scanff" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Cremonesi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Barbarulo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2025.107860" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191181v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2025.118212" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04799006v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Kamalinia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin Bonnevay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Vennat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Tie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2024.107518" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346973v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Viana" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Puel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chamoin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2023.110926" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276338v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kamalinia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2023.107208" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419407v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeferson Wilian Dossa Fernandes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Andr&#233; Kuche Sanches" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2021.114102" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419415v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hachmi Ben Dhia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2020.113073" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062582v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Favoretto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. de Hillerin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bettinotti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Oancea" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2019.02.033" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851309v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cettour-Janet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Letourneaux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Puel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2018.07.013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647841v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Cattabiani" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Riou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ladev&#232;ze" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12989/aas.2016.3.3.317" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338275v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-015-1214-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647862v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Kovalevsky" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5545/sv-jme.2014.1834" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647848v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume B&#233;zier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2015.05.021" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647860v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2014.01.014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365666v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Thevenot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patryk Dec" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611060v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610925v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611022v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Thevenot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat Quang Ta" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532173v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Guezou" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610930v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baldrik Faure" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490216v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377090v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532091v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377084v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532208v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Champ" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718333v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532298v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534623v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534657v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824608v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ruyssen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhia Hachmi Ben" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824606v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Barbarulo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862094v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Etienne Gautier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899260v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899257v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cettour" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862079v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862091v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808761v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Langley" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope.2014.6931050" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722050v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717075v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Graveleau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787783v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin S Langley" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787791v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>