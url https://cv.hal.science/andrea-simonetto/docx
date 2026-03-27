--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -250,259 +250,259 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sampled-Based Guided Quantum Walk: Non-variational quantum algorithm for combinatorial optimization</w:t>
+                <w:t xml:space="preserve">No-Regret Gaussian Process Optimization of Time-Varying Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ugo Nzongani</w:t>
+                <w:t xml:space="preserve">Eliabelle Mauduit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dylan Laplace Mermoud</w:t>
+                <w:t xml:space="preserve">Eloïse Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Di Molfetta</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05280866v1</w:t>
+                <w:t xml:space="preserve">hal-05416271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No-Regret Gaussian Process Optimization of Time-Varying Functions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sampled-Based Guided Quantum Walk: Non-variational quantum algorithm for combinatorial optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Nzongani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliabelle Mauduit</w:t>
+                <w:t xml:space="preserve">Dylan Laplace Mermoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eloïse Berthier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Giuseppe Di Molfetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Simonetto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Simonetto</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05416271v1</w:t>
+                <w:t xml:space="preserve">hal-05280866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MAPL: Model Agnostic Peer-to-peer Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sayak Mukherjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadi Jamali-Rad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -559,1487 +559,1487 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variational quantum algorithms for permutation-based combinatorial problems: Optimal ansatz generation with applications to quadratic assignment problems and beyond</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Concentration inequalities for semidefinite least squares based on data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Fabiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 10, pp.1998. </w:t>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 33, pp.326-330. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.22331/q-2026-02-09-1998⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2025.3643385⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05081323v1</w:t>
+                <w:t xml:space="preserve">hal-05273055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-unitary enhanced transfer efficiency in quantum walk search on complex networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Variational quantum algorithms for permutation-based combinatorial problems: Optimal ansatz generation with applications to quadratic assignment problems and beyond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan Laplace Mermoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Giuseppe Di Molfetta</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/jhbs-27mm⟩</w:t>
+              <w:t xml:space="preserve">Quantum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 10, pp.1998. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22331/q-2026-02-09-1998⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04980488v2</w:t>
+                <w:t xml:space="preserve">hal-05081323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Quantum Circuits for Non-Unitary and Unitary Diagonal Operators with Space-Time-Accuracy trade-offs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zylberman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ugo Nzongani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Debbasch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Quantum Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3718348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04554614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concentration inequalities for semidefinite least squares based on data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Non-unitary enhanced transfer efficiency in quantum walk search on complex networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Nzongani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Di Molfetta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 33, </w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 112 (5), pp.052451. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LSP.2025.3643385⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/jhbs-27mm⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05273055v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980488v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible Optimization for Cyber-Physical and Human Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Incentives and co-evolution: Steering linear dynamical systems with noncooperative agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Fabiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 8, pp.1475-1480. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Control of Network Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LCSYS.2024.3411931⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TCNS.2023.3332780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04495213v1</w:t>
+                <w:t xml:space="preserve">hal-04030533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Optimization Filters for Stochastic Time-Varying Convex Optimization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Flexible Optimization for Cyber-Physical and Human Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paolo Massioni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rnc.7380⟩</w:t>
+              <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8, pp.1475-1480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LCSYS.2024.3411931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03967845v1</w:t>
+                <w:t xml:space="preserve">hal-04495213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incentives and co-evolution: Steering linear dynamical systems with noncooperative agents</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Nonlinear Optimization Filters for Stochastic Time-Varying Convex Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Massioni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Control of Network Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34 (12), pp.8065-8089. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TCNS.2023.3332780⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/rnc.7380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04030533v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03967845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renewable-based charging in green ride-sharing</w:t>
+                <w:t xml:space="preserve">Distributed Personalized Gradient Tracking with Convex Parametric Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabetta Perotti</w:t>
+                <w:t xml:space="preserve">Ivano Notarnicola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Ospina</w:t>
+                <w:t xml:space="preserve">Francesco Farina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianluca Bianchin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emiliano Dall’anese</w:t>
+                <w:t xml:space="preserve">Giuseppe Notarstefano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-42042-z⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 68 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TAC.2022.3147007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04089740v1</w:t>
+                <w:t xml:space="preserve">hal-03552878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personalized incentives as feedback design in generalized Nash equilibrium problems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Time-Varying Optimization of Networked Systems With Human Preferences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Ospina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul J. Goulart</w:t>
+                <w:t xml:space="preserve">Emiliano Dall'Anese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Control of Network Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 10 (1), pp.503 - 515. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TAC.2023.3287218⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TCNS.2022.3203467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03664775v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03772165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Quantum Algorithm for the Sub-Graph Isomorphism Problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Personalized incentives as feedback design in generalized Nash equilibrium problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Fabiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Simonetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola Mariella</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andrea Simonetto</w:t>
+                <w:t xml:space="preserve">Paul J. Goulart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Quantum Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 4 (2), </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 68 (12), pp.7724-7739. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3569095⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TAC.2023.3287218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03436336v1</w:t>
+                <w:t xml:space="preserve">hal-03664775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extrapolation-based Prediction-Correction Methods for Time-varying Convex Optimization</w:t>
+                <w:t xml:space="preserve">Renewable-based charging in green ride-sharing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola Bastianello</w:t>
+                <w:t xml:space="preserve">Elisabetta Perotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Ospina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruggero Carli</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Gianluca Bianchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emiliano Dall’anese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2023.109089⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.15425. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-42042-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04088106v1</w:t>
+                <w:t xml:space="preserve">hal-04089740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Best Approximate Quantum Compiling Problems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A Quantum Algorithm for the Sub-Graph Isomorphism Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Mariella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Trans.Quant.Comput.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3505181⟩</w:t>
+              <w:t xml:space="preserve">ACM Transactions on Quantum Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3569095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03476912v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03436336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-Varying Optimization of Networked Systems With Human Preferences</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Extrapolation-based Prediction-Correction Methods for Time-varying Convex Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Bastianello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggero Carli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emiliano Dall'Anese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Control of Network Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TCNS.2022.3203467⟩</w:t>
+              <w:t xml:space="preserve">Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.109089. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2023.109089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03772165v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04088106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributed Personalized Gradient Tracking with Convex Parametric Models</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Best Approximate Quantum Compiling Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liam Madden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Giuseppe Notarstefano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, pp.1-1. </w:t>
+              <w:t xml:space="preserve">ACM Trans.Quant.Comput.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3 (2), pp.7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TAC.2022.3147007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3505181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03552878v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03476912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personalized optimization with user’s feedback</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Dall'Anese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2131,77 +2131,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-Varying Gaussian Process Bandit Optimization with Experts: No-Regret in Logarithmically-Many Side Queries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliabelle Mauduit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Machine Learning and Knowledge Discovery in Databases. Research Track. ECML PKDD 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Porto, Portugal. pp.164-182, </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2229,256 +2229,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization Filters for Stochastic Time-Varying Convex Optimization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Constrained Hierarchical Clustering via Graph Coarsening and Optimal Cuts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliabelle Mauduit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paolo Massioni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Control Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Asilomar Conference on Signals, Systems, and Computers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Pacific Grove, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04131646v1</w:t>
+                <w:t xml:space="preserve">hal-04338752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constrained Hierarchical Clustering via Graph Coarsening and Optimal Cuts</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Optimization Filters for Stochastic Time-Varying Convex Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Massioni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asilomar Conference on Signals, Systems, and Computers</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Control Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Bucharest, Romania. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ECC57647.2023.10178237⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04338752v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04131646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing Variational Circuits for Higher-Order Binary Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Verchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Elloumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Quantum Computing and Engineering (QCE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Seattle (WA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2497,412 +2497,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04174561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sketching the Best Approximate Quantum Compiling Problem</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Learning equilibria with personalized incentives in a class of nonmonotone games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Fabiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul J. Goulart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE International Conference on Quantum Computing and Engineering (QCE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Control Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, London, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03664784v1</w:t>
+                <w:t xml:space="preserve">hal-03429468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achievement and Fragility of Long-term Equitability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivano Notarnicola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Artificial Intelligence, Ethics, and Society (AIES)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Oxford, United Kingdom. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3514094.3534132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03705458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OpReg-Boost: Learning to Accelerate Online Algorithms with Operator Regression</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Sketching the Best Approximate Quantum Compiling Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liam Madden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Akhriev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emiliano Dall'Anese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learning for Dynamics &amp; Control Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE International Conference on Quantum Computing and Engineering (QCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Broomfield, CO, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/QCE53715.2022.00071⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03664795v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03664784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning equilibria with personalized incentives in a class of nonmonotone games</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">OpReg-Boost: Learning to Accelerate Online Algorithms with Operator Regression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Bastianello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul J. Goulart</w:t>
+                <w:t xml:space="preserve">Emiliano Dall'Anese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Control Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">Learning for Dynamics &amp; Control Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Stanford, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03429468v1</w:t>
+                <w:t xml:space="preserve">hal-03664795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2920,51 +2920,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing through change for cyber-physical and social systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Optimization and Control [math.OC]. Institut Polytechnique de Paris, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3014,51 +3014,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differentiable Optimisation: Theory and Algorithms -- Part II: Algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Simonetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Engineering school. ENSTA Paris, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3166,51 +3166,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4B2B6E16"/>
+    <w:nsid w:val="E967E487"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3397,51 +3397,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/andrea-simonetto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2923-3361" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/simonetto_a_1.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perso.ensta.fr/~simonetto/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?user=ap3KrooAAAAJ" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280866v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Nzongani" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Laplace Mermoud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Di Molfetta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Simonetto" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416271v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliabelle Mauduit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Berthier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530373v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayak Mukherjee" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Jamali-Rad" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081323v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourour Elloumi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2026-02-09-1998" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980488v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/jhbs-27mm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554614v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Zylberman" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Debbasch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3718348" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273055v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Fabiani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2025.3643385" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495213v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2024.3411931" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967845v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Massioni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.7380" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030533v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCNS.2023.3332780" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089740v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Perotti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ospina" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Bianchin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Dall&#8217;anese" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-42042-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664775v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. Goulart" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2023.3287218" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436336v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Mariella" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3569095" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088106v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Bastianello" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Carli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2023.109089" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476912v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Madden" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3505181" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772165v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Dall'Anese" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCNS.2022.3203467" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552878v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivano Notarnicola" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Farina" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Notarstefano" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2022.3147007" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388648v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monteil" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Bernstein" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2021.109767" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329399v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-06096-9_10" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131646v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC57647.2023.10178237" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338752v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174561v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Verch&#232;re" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664784v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Akhriev" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/QCE53715.2022.00071" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705458v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3514094.3534132" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664795v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429468v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03775476v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416966v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/andrea-simonetto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2923-3361" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/simonetto_a_1.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perso.ensta.fr/~simonetto/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?user=ap3KrooAAAAJ" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416271v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliabelle Mauduit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Berthier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Simonetto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280866v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Nzongani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Laplace Mermoud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Di Molfetta" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530373v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayak Mukherjee" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Jamali-Rad" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273055v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Fabiani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2025.3643385" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081323v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourour Elloumi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2026-02-09-1998" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554614v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Zylberman" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Debbasch" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3718348" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980488v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/jhbs-27mm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030533v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCNS.2023.3332780" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495213v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2024.3411931" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967845v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Massioni" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.7380" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552878v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivano Notarnicola" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Farina" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Notarstefano" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2022.3147007" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772165v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ospina" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Dall'Anese" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCNS.2022.3203467" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664775v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. Goulart" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2023.3287218" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089740v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Perotti" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Bianchin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Dall&#8217;anese" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-42042-z" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436336v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Mariella" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3569095" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088106v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Bastianello" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Carli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2023.109089" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476912v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Madden" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3505181" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388648v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monteil" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Bernstein" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2021.109767" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329399v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-06096-9_10" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338752v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131646v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC57647.2023.10178237" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174561v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Verch&#232;re" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429468v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705458v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3514094.3534132" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664784v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Akhriev" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/QCE53715.2022.00071" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664795v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03775476v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416966v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>