--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -109,503 +109,503 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flight centric complexity and allocation of flights to controllers</w:t>
+                <w:t xml:space="preserve">Design of low-noise arrival and departure procedures in Paris TMA using Simulated Annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Zombré</w:t>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andréas Guitart</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Air Transport Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 131, pp.102906. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jairtraman.2025.102906⟩</w:t>
+              <w:t xml:space="preserve">, 2026, 134, pp.102999. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jairtraman.2026.102999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05265442v1</w:t>
+                <w:t xml:space="preserve">hal-05528412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of low-noise arrival and departure procedures in Paris TMA using Simulated Annealing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Integrated air-rail scheduling: A branch-and-price approach for adaptive passenger-centric planning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréas Guitart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Delahaye</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Buire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Air Transport Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jairtraman.2026.102999⟩</w:t>
+              <w:t xml:space="preserve">Transportation Research Part B: Methodological</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 204, pp.103363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trb.2025.103363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05528412v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05382866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated air-rail scheduling: A branch-and-price approach for adaptive passenger-centric planning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Strategic Path Change Maneuvers for Weather Obstacle Avoidance in Aviation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Lebègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andréas Guitart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clara Buire</w:t>
+                <w:t xml:space="preserve">Daniel Delahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacco Hoekstra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Part B: Methodological</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trb.2025.103363⟩</w:t>
+              <w:t xml:space="preserve">Transactions of the Japan Society for Aeronautical and Space Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 69 (1), pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2322/tjsass.69.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05382866v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05444676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategic Path Change Maneuvers for Weather Obstacle Avoidance in Aviation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flight centric complexity and allocation of flights to controllers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Zombré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Delahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Lebègue</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Daniel Delahaye</w:t>
+                <w:t xml:space="preserve">Oludolapo Olanrewaju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacco Hoekstra</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabio Krykhtine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transactions of the Japan Society for Aeronautical and Space Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 69 (1), pp.1-8. </w:t>
+              <w:t xml:space="preserve">Journal of Air Transport Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 131, pp.102906. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2322/tjsass.69.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jairtraman.2025.102906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05444676v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05265442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Automated Airborne Support Tool for Aircraft Emergencies: Selection of Landing Sites and 4D Diversion Trajectories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raúl Sáez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréas Guitart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Viry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -682,77 +682,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi Criteria Methodology for Aircraft Trajectory Planning Algorithm Selection: A Survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Demouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Feron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -799,64 +799,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaborative Generation of Local Conflict Free Trajectories With Weather Hazards Avoidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Mora Camino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -916,64 +916,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Accelerated Dual Fast Marching Tree Applied to Emergency Geometric Trajectory Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Feron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1052,64 +1052,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planification intermodale intégrée : une approche par branch-and-price pour une gestion adaptative centrée sur les passagers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréas Guitart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Buire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ROADEF 2026</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Tours [UT], Feb 2026, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1147,51 +1147,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flight allocation in flight-centric air traffic control: A MILP model approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Guitart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Air Transportation Research and Development Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eurocontrol FAA, Jun 2025, Prague (République Tchèque), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1216,90 +1216,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FLIGHT ALLOCATION TO EN-ROUTE CONTROLLERS IN THE TBO FRAMEWORK</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Zombré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Zombré</w:t>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andréas Guitart</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oludolapo Olanrewaju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Mora-Camino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1367,64 +1367,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Blanch Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas de Urrengoecha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréas Guitart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florencia Lema-Esposto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1466,64 +1466,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flight allocation in flight-centric air traffic control: Hierarchical clustering and Simulated Annealing approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SESAR Innovation Days 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Bled (Slovénie), Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1548,64 +1548,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flight Allocation in Flight-centric Air Traffic Control: Hierarchical Clustering and Simulated Annealing Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SESAR Innovation Days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SESAR, Dec 2025, Bled, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1630,64 +1630,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SMARTS Solution for Airspace Design and Configuration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SESAR Innovation Days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SESAR, Dec 2025, Bled, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1712,90 +1712,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strategic Path Change Maneuvers for Weather Obstacle Avoidance in Aviation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Lebègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andréas Guitart</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacco Hoekstra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on ATM/CNS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ENRI, Nov 2024, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1820,77 +1820,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voronoi diagrams and Simulated Annealing for airspace block optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lavandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on ATM/CNS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ENRI, Nov 2024, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1928,64 +1928,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast Marching Tree applied to geodesic trajectories in presence of uncertain wind: a day of flights in Europe study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Demouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE/AIAA 42nd Digital Avionics Systems Conference (DASC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Barcelona, Spain. pp.1-10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2157,51 +2157,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Path Planning for Soaring Flight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Bonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Guitart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2278,64 +2278,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aircraft Emergency Trajectory Design: A Fast Marching Method on a Triangular Mesh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Ligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banavar Sridhar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2412,64 +2412,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homeyra Khaledian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Prats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourteenth USA/Europe Air Traffic Management Research and Development Seminar (ATM2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, New Orleans (virtual), United States</w:t>
@@ -2543,77 +2543,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de trajectoires pour l’évitement des zones de Turbulence en Air Clair en prenant compte de leurs incertitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Sbihi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26ème Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, Champs-sur-Marne (Marne-la-Vallée), France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2683,51 +2683,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aircraft Emergency Trajectory Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Guitart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2790,64 +2790,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating Realistic 3d Aircraft Trajectory Optimization with Climate Impact Metrics for Sustainable Aviation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Soler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2878,64 +2878,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of low-noise arrival and departure procedures in Paris TMA using Simulated Annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2966,64 +2966,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating Realistic 3D Aircraft Trajectory Optimization with Climate Impact Metrics for Sustainable Aviation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Soler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3054,77 +3054,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voronoi diagrams and Simulated Annealing for airspace block optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lavandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3155,77 +3155,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An adapted Fast Marching Tree for contrails mitigation: A short-and long-range flight study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Demouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaspard Dannet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3256,64 +3256,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balancing fuel efficiency and environmental impact: 4D trajectory optimization through Fast Marching Tree for transatlantic flights considering contrails</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Demouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3325,448 +3325,448 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04510593v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aircraft Emergency Trajectory Design: A Fast Marching Method on a Tetrahedral Mesh</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucas Ligny</w:t>
+                <w:t xml:space="preserve">Fast Marching Tree applied to geodesic trajectories in presence of wind: a day of flights in Europe study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Demouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andréas Guitart</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03955977v1</w:t>
+                <w:t xml:space="preserve">hal-04051722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Marching Tree applied to geodesic trajectories in presence of wind: a day of flights in Europe study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aircraft cruise alternative trajectories generation: a mixed RRG-clustering approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Lebègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Demouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andréas Guitart</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacco Hoekstra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04051722v1</w:t>
+                <w:t xml:space="preserve">hal-04201772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aircraft cruise alternative trajectories generation: a mixed RRG-clustering approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Lebègue</w:t>
+                <w:t xml:space="preserve">Computing optimal trajectories for light soaring aircraft using Fast Marching Tree Star</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Bonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Guitart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Prats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Feron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04201772v1</w:t>
+                <w:t xml:space="preserve">hal-03923994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computing optimal trajectories for light soaring aircraft using Fast Marching Tree Star</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Aircraft Emergency Trajectory Design: A Fast Marching Method on a Tetrahedral Mesh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Ligny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréas Guitart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Feron</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Banavar Sridhar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923994v1</w:t>
+                <w:t xml:space="preserve">hal-03955977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3784,51 +3784,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of trajectory generation algorithms to improve air transport safety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréas Guitart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Data Structures and Algorithms [cs.DS]. Université Paul Sabatier - Toulouse III, 2023. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023TOU30311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4024,51 +4024,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05265442v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Zombr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;as Guitart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delahaye" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oludolapo Olanrewaju" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Krykhtine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jairtraman.2025.102906" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05528412v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jairtraman.2026.102999" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05382866v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Buire" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trb.2025.103363" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05444676v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Leb&#232;gue" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacco Hoekstra" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2322/tjsass.69.1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04925061v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l S&#225;ez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Viry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Octavian Rad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Prats" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2025.3531952" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04580501v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Demouge" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Feron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2024.3397331" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04155840v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Mora Camino" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2023.3289191" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03619313v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aerospace9040180" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534948v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05128499v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Guitart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05317345v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Mora-Camino" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380036v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Blanch Romero" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas de Urrengoecha" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Lema-Esposto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380001v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05440800v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05440825v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04792270v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04792271v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lavandier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04286605v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASC58513.2023.10311326" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03752594v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Octavian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gonzalez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03619377v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bonin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03344402v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Ligny" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banavar Sridhar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03351220v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homeyra Khaledian" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05016995v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gonzalez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Sbihi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03634528v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04937054v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chevallier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Soler" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05208145v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04964351v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04704718v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04454409v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Dannet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04510593v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03955977v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04051722v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201772v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03923994v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04592395v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023TOU30311" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05528412v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;as Guitart" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delahaye" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jairtraman.2026.102999" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05382866v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Buire" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trb.2025.103363" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05444676v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Leb&#232;gue" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacco Hoekstra" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2322/tjsass.69.1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05265442v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Zombr&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oludolapo Olanrewaju" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Krykhtine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jairtraman.2025.102906" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04925061v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l S&#225;ez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Viry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Octavian Rad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Prats" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2025.3531952" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04580501v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Demouge" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Feron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2024.3397331" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04155840v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Mora Camino" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2023.3289191" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03619313v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aerospace9040180" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534948v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05128499v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Guitart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05317345v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Mora-Camino" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380036v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Blanch Romero" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas de Urrengoecha" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Lema-Esposto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380001v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05440800v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05440825v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04792270v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04792271v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lavandier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04286605v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DASC58513.2023.10311326" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03752594v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Octavian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gonzalez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03619377v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bonin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03344402v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Ligny" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banavar Sridhar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03351220v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homeyra Khaledian" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05016995v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gonzalez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Sbihi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03634528v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04937054v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chevallier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Soler" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05208145v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04964351v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04704718v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04454409v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Dannet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04510593v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04051722v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201772v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03923994v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03955977v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04592395v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023TOU30311" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>