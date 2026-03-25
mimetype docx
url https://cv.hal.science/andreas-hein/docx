--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -625,269 +625,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03330657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">World ships: Feasibility and Rationale</w:t>
+                <w:t xml:space="preserve">A Precursor Balloon Mission for Venusian Astrobiology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Makoto Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cameron Smith</w:t>
+                <w:t xml:space="preserve">Manasvi Lingam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Marin</w:t>
+                <w:t xml:space="preserve">T Marshall Eubanks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kai Staats</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adam Hibberd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Fries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACTA Futura</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/abc347⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02561266v1</w:t>
+                <w:t xml:space="preserve">hal-03009189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Precursor Balloon Mission for Venusian Astrobiology</w:t>
+                <w:t xml:space="preserve">World ships: Feasibility and Rationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Makoto Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Hibberd</w:t>
+                <w:t xml:space="preserve">Cameron Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dan Fries</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédéric Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Staats</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ACTA Futura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03009189v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02561266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining magnetic and electric sails for interstellar deceleration</w:t>
               </w:r>
@@ -1743,546 +1743,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02295444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methodology for architecting collaborative product service system of systems</w:t>
+                <w:t xml:space="preserve">A Techno-Economic Analysis of Asteroid Mining</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Makoto Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Boutin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marija Jankovic</w:t>
+                <w:t xml:space="preserve">Robert Matheson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Fries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on system of systems engineering (SoSE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Astronautical Congress 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Bremen, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01785857v1</w:t>
+                <w:t xml:space="preserve">hal-01910095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Techno-Economic Analysis of Asteroid Mining</w:t>
+                <w:t xml:space="preserve">Product service system design in a system of systems context : a literature survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Makoto Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dan Fries</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Poulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Chazal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Fakhfakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Astronautical Congress 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Design Conference - DESIGN 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Dubrovnik, Croatia. pp.2891-2902, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21278/idc.2018.0358⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01910095v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01785852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can Machines Design? An Artificial General Intelligence Approach</w:t>
+                <w:t xml:space="preserve">Exploring Potential Environmental Benefits of Asteroid Mining</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Makoto Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Saidani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Condat</w:t>
+                <w:t xml:space="preserve">Hortense Tollu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Conference on Artificial General Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">69th International Astronautical Congress 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Bremen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02002814v1</w:t>
+                <w:t xml:space="preserve">hal-01910090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Potential Environmental Benefits of Asteroid Mining</w:t>
+                <w:t xml:space="preserve">Can Machines Design? An Artificial General Intelligence Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Makoto Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hortense Tollu</w:t>
+                <w:t xml:space="preserve">Hélène Condat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69th International Astronautical Congress 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Bremen, Germany</w:t>
+              <w:t xml:space="preserve">11th Conference on Artificial General Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01910090v1</w:t>
+                <w:t xml:space="preserve">hal-02002814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Product service system design in a system of systems context : a literature survey</w:t>
+                <w:t xml:space="preserve">A methodology for architecting collaborative product service system of systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Makoto Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Chazal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Poulain</w:t>
+                <w:t xml:space="preserve">Samuel Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sarra Fakhfakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Design Conference - DESIGN 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Dubrovnik, Croatia. pp.2891-2902, </w:t>
+              <w:t xml:space="preserve">IEEE International Conference on system of systems engineering (SoSE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France. pp.53-59, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21278/idc.2018.0358⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/SYSOSE.2018.8428697⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01785852v1</w:t>
+                <w:t xml:space="preserve">hal-01785857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an Automatized Generation of Rule- Based systems for architecting eco-industrial parks</w:t>
               </w:r>
@@ -2389,51 +2389,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Makoto Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Condat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICED17 International Conference on Engineering Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2452,51 +2452,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01674444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A CONCEPTUAL FRAMEWORK FOR ECO - INDUSTRIAL PARKS</w:t>
+                <w:t xml:space="preserve">A DATA-AND KNOWLEDGE-DRIVEN METHODOLOGY FOR GENERATING ECO-INDUSTRIAL PARK ARCHITECTURES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Makoto Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
@@ -2514,97 +2514,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Farel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Yannou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2015 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference IDETC/CIE 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Boston, United States. pp.V004T05A024</w:t>
+              <w:t xml:space="preserve">ASME 2016 International Design Engineering Technical Conferences and Computer and Information in Engineering Conference (IDETC/CIE 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Charlotte, NC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01270893v1</w:t>
+                <w:t xml:space="preserve">hal-01363586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A DATA-AND KNOWLEDGE-DRIVEN METHODOLOGY FOR GENERATING ECO-INDUSTRIAL PARK ARCHITECTURES</w:t>
+                <w:t xml:space="preserve">A CONCEPTUAL FRAMEWORK FOR ECO - INDUSTRIAL PARKS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Makoto Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
@@ -2622,73 +2622,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Farel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Yannou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2016 International Design Engineering Technical Conferences and Computer and Information in Engineering Conference (IDETC/CIE 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Charlotte, NC, United States</w:t>
+              <w:t xml:space="preserve">ASME 2015 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference IDETC/CIE 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Boston, United States. pp.V004T05A024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01363586v1</w:t>
+                <w:t xml:space="preserve">hal-01270893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Industrial Symbiosis Using Design Structure Matrices</w:t>
               </w:r>
@@ -3556,51 +3556,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371942v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Fakhfakh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Makoto Hein" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Chazal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sys.21728" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371940v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Qasim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Olaru" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Garnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sys.21661" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03325840v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4051889" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330657v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Yuskevich" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Amokrane" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Doufene" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techfore.2021.121103" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561266v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Smith" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Staats" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009189v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manasvi Lingam" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Marshall Eubanks" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Hibberd" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Fries" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/abc347" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363587v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Perakis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actaastro.2016.07.005" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903424v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Balhmann" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Saidani" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Franzese" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Stoll" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811171v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alesia Herasimenka" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susmitha Patnala" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rubiolo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Abdin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330641v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355804v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866692v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lam&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsd.2020.317" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265961v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brun" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.139" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295444v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.319" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785857v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Boutin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SYSOSE.2018.8428697" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910095v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Matheson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002814v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Condat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910090v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Tollu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785852v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Poulain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21278/idc.2018.0358" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673544v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674444v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270893v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Farel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363586v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270870v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei I Sam" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270867v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Guzman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Welch" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541994v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-46054-9_14-1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570677v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rudelle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809198v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Condat H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278907v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363589v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Skomorohov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371942v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Fakhfakh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Makoto Hein" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Chazal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sys.21728" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371940v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Qasim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Olaru" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Garnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sys.21661" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03325840v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4051889" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330657v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Yuskevich" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Amokrane" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Doufene" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techfore.2021.121103" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009189v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manasvi Lingam" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Marshall Eubanks" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Hibberd" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Fries" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/abc347" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561266v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Smith" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Staats" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363587v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Perakis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actaastro.2016.07.005" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903424v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Balhmann" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Saidani" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Franzese" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Stoll" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811171v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alesia Herasimenka" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susmitha Patnala" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rubiolo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Abdin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330641v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355804v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866692v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lam&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsd.2020.317" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265961v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brun" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.139" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295444v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.319" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910095v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Matheson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785852v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Poulain" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21278/idc.2018.0358" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910090v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Tollu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002814v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Condat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785857v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Boutin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SYSOSE.2018.8428697" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673544v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674444v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363586v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Farel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270893v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270870v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei I Sam" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270867v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Guzman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Welch" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541994v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-46054-9_14-1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570677v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rudelle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809198v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Condat H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278907v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363589v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Skomorohov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>