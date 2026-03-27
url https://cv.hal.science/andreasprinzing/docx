--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1419,1363 +1419,1363 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04480185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why phylogenetic signal of traits is important in ecosystems: uniformity of a plant trait increases soil fauna, but only in a phylogenetically uniform vegetation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Freerk Molleman</w:t>
+                <w:t xml:space="preserve">Fewer chromosomes, more co-occurring species within plant lineages - a likely effect of local survival and colonization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor V. Bartish</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Rossignol</w:t>
+                <w:t xml:space="preserve">Salomé Bonnefoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Ponge</w:t>
+                <w:t xml:space="preserve">Abdelkader Aïnouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guénola Pérès</w:t>
+                <w:t xml:space="preserve">Helge Bruelheide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Cluzeau</w:t>
+                <w:t xml:space="preserve">Mark Bartish</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oecologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 202, pp.175-191. </w:t>
+              <w:t xml:space="preserve">American Journal of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 110 (4), pp.e16139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00442-023-05384-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ajb2.16139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04104102v3</w:t>
+                <w:t xml:space="preserve">hal-04013659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ectophagous folivores do not profit from rich resources on phylogenetically isolated trees</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Why phylogenetic signal of traits is important in ecosystems: uniformity of a plant trait increases soil fauna, but only in a phylogenetically uniform vegetation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freerk Molleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanley R. Bailey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jörg Müller</w:t>
+                <w:t xml:space="preserve">Nicolas Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Ponge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guénola Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Cluzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oecologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 201 (1), pp.1-18. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00442-022-05260-2⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 202, pp.175-191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00442-023-05384-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03800283v1</w:t>
+                <w:t xml:space="preserve">hal-04104102v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fewer chromosomes, more co-occurring species within plant lineages - a likely effect of local survival and colonization</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Helge Bruelheide</w:t>
+                <w:t xml:space="preserve">Ectophagous folivores do not profit from rich resources on phylogenetically isolated trees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumen Mallick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freerk Molleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Yguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Bartish</w:t>
+                <w:t xml:space="preserve">Stanley R. Bailey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 110 (4), pp.e16139. </w:t>
+              <w:t xml:space="preserve">Oecologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 201 (1), pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ajb2.16139⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00442-022-05260-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04013659v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03800283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What Drives Caterpillar Guilds on a Tree: Enemy Pressure, Leaf or Tree Growth, Genetic Traits, or Phylogenetic Neighbourhood?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Urszula Walczak</w:t>
+                <w:t xml:space="preserve">Herbivory on the pedunculate oak along an urbanization gradient in Europe: Effects of impervious surface, local tree cover, and insect feeding guild</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Valdés-Correcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iwona Melosik</w:t>
+                <w:t xml:space="preserve">Anna Popova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edward Baraniak</w:t>
+                <w:t xml:space="preserve">Andrea Galmán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Łukasz Piosik</w:t>
+                <w:t xml:space="preserve">Andrey V Selikhovkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13 (4), pp.367. </w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (3), pp.e8709. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/insects13040367⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ece3.8709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03659712v1</w:t>
+                <w:t xml:space="preserve">hal-03631327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herbivory on the pedunculate oak along an urbanization gradient in Europe: Effects of impervious surface, local tree cover, and insect feeding guild</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elena Valdés-Correcher</w:t>
+                <w:t xml:space="preserve">What Drives Caterpillar Guilds on a Tree: Enemy Pressure, Leaf or Tree Growth, Genetic Traits, or Phylogenetic Neighbourhood?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freerk Molleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urszula Walczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Popova</w:t>
+                <w:t xml:space="preserve">Iwona Melosik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Galmán</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+                <w:t xml:space="preserve">Edward Baraniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrey V Selikhovkin</w:t>
+                <w:t xml:space="preserve">Łukasz Piosik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (3), pp.e8709. </w:t>
+              <w:t xml:space="preserve">Insects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (4), pp.367. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.8709⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/insects13040367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03631327v1</w:t>
+                <w:t xml:space="preserve">hal-03659712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seeds and seedlings of oaks suffer from mammals and molluscs close to phylogenetically isolated, old adults</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Drivers of taxonomic, functional and phylogenetic diversities in dominant ground-dwelling arthropods of coastal heathlands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Pihain</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vincent Jung</w:t>
+                <w:t xml:space="preserve">Axel Hacala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Brunellière</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Denis Lafage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Sawtschuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Petillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aob/mcab010⟩</w:t>
+              <w:t xml:space="preserve">Oecologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 197 (2), pp.511-522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00442-021-05032-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03228990v1</w:t>
+                <w:t xml:space="preserve">hal-03366443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for top‐down and bottom‐up drivers of latitudinal trends in insect herbivory in oak trees in Europe</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xoaquín Moreira</w:t>
+                <w:t xml:space="preserve">Seeds and seedlings of oaks suffer from mammals and molluscs close to phylogenetically isolated, old adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Deniau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Augusto</w:t>
+                <w:t xml:space="preserve">Mickael Pihain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Béchade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc L. Barbaro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bouget</w:t>
+                <w:t xml:space="preserve">Margot Brunellière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/geb.13244⟩</w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 127 (6), pp.787-798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcab010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103928v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03228990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abundance, not diversity, of host beetle communities determines abundance and diversity of parasitoids in deadwood</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Search for top‐down and bottom‐up drivers of latitudinal trends in insect herbivory in oak trees in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Valdés‐correcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Vogel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+                <w:t xml:space="preserve">Xoaquín Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heinz Bussler</w:t>
+                <w:t xml:space="preserve">Laurent Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorg Mueller</w:t>
+                <w:t xml:space="preserve">Luc L. Barbaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Schmidt</w:t>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (11), pp.6881-6888. </w:t>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (3), pp.651-665. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.7535⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/geb.13244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03216899v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disturbed habitats locally reduce the signal of deep evolutionary history in functional traits of plants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Abundance, not diversity, of host beetle communities determines abundance and diversity of parasitoids in deadwood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Jactel</w:t>
+                <w:t xml:space="preserve">Heinz Bussler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joaquin Hortal</w:t>
+                <w:t xml:space="preserve">Jorg Mueller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephan M Hennekens</w:t>
+                <w:t xml:space="preserve">Stefan Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 232 (4), pp.1849-1862. </w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (11), pp.6881-6888. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.17705⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ece3.7535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03333531v1</w:t>
+                <w:t xml:space="preserve">hal-03216899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drivers of taxonomic, functional and phylogenetic diversities in dominant ground-dwelling arthropods of coastal heathlands</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Disturbed habitats locally reduce the signal of deep evolutionary history in functional traits of plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Hacala</w:t>
+                <w:t xml:space="preserve">Sandrine Pavoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Lafage</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+                <w:t xml:space="preserve">Hervé Jactel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Sawtschuk</w:t>
+                <w:t xml:space="preserve">Joaquin Hortal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Petillon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stephan M Hennekens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oecologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 197 (2), pp.511-522. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 232 (4), pp.1849-1862. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00442-021-05032-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.17705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03366443v1</w:t>
+                <w:t xml:space="preserve">hal-03333531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associational decomposition: After-life traits and interactions among decomposing litters control during-life aggregation of plant species</w:t>
               </w:r>
@@ -4638,51 +4638,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The evolutionary legacy of diversification predicts ecosystem function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Yguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Jactel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian S. Pearse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5143,64 +5143,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille d'Haese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Pavoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ponge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biogeography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 41 (2), pp.353-365. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5298,51 +5298,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Villemant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Jactel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oecologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 176 (2), pp.521-532. </w:t>
@@ -5406,51 +5406,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Yguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Jactel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xu Pan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5508,315 +5508,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01072113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endemic species have highly integrated phenotypes, environmental distributions and phenotype-environment relationships</w:t>
+                <w:t xml:space="preserve">Specialists leave fewer descendants within a region than generalists</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Hermant</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Vernon</w:t>
+                <w:t xml:space="preserve">Wim Ozinga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Convey</w:t>
+                <w:t xml:space="preserve">Audrey Colles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor V. Bartish</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Hennion</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan M. Hennekens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 40 (8), pp.1583-1594. </w:t>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 22 (2), pp.213-222. </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jbi.12095⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1466-8238.2012.00792.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00838801v1</w:t>
+                <w:t xml:space="preserve">hal-00797961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specialists leave fewer descendants within a region than generalists</w:t>
+                <w:t xml:space="preserve">Endemic species have highly integrated phenotypes, environmental distributions and phenotype-environment relationships</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wim Ozinga</w:t>
+                <w:t xml:space="preserve">Marie Hermant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vernon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Colles</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Igor V. Bartish</w:t>
+                <w:t xml:space="preserve">Peter Convey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Hennion</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 22 (2), pp.213-222. </w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 40 (8), pp.1583-1594. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1466-8238.2012.00792.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jbi.12095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00797961v1</w:t>
+                <w:t xml:space="preserve">hal-00838801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecophylogenetics: advances and perspectives</w:t>
               </w:r>
@@ -6109,51 +6109,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bouchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cynthia Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hermant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vernon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6204,51 +6204,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disparate relatives: Life histories vary more in genera occupying intermediate environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hermant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Hennion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6340,307 +6340,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00755673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRY - a global database of plant traits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jens Kattge</w:t>
+                <w:t xml:space="preserve">Phytophagy on phylogenetically isolated trees: why hosts should escape their relatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Yguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard I. Bailey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Diaz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandra Lavorel</w:t>
+                <w:t xml:space="preserve">N. Denise Tosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I.C. Prentice</w:t>
+                <w:t xml:space="preserve">Aude Vialatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul W. Leadley</w:t>
+                <w:t xml:space="preserve">Chloé Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 17 (9), pp.2905-2935. </w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 14 (11), pp.1117-1124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2486.2011.02451.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1461-0248.2011.01680.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00639535v1</w:t>
+                <w:t xml:space="preserve">hal-00653996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytophagy on phylogenetically isolated trees: why hosts should escape their relatives</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">N. Denise Tosh</w:t>
+                <w:t xml:space="preserve">TRY - a global database of plant traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Kattge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Vialatte</w:t>
+                <w:t xml:space="preserve">Sandra Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Lavorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Vasseur</w:t>
+                <w:t xml:space="preserve">I.C. Prentice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul W. Leadley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1461-0248.2011.01680.x⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17 (9), pp.2905-2935. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2486.2011.02451.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00653996v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00639535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetically poor plant communities receive more alien species, which more easily coexist with natives.</w:t>
               </w:r>
@@ -6760,77 +6760,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetic isolation of host trees affects assembly of local Heteroptera communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Vialatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard I. Bailey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Matocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6988,896 +6988,884 @@
               <w:t xml:space="preserve">Journal of Biogeography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 37 (12), pp.2317-2331. </w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1365-2699.2010.02382.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00557630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Native fauna on exotic trees: Phylogenetic conservatism and Geographic contingency in two lineages of Phytophages on two lineages of trees.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martin M. Gossner</w:t>
+                <w:t xml:space="preserve">Dispersal failure contributes to plant losses in NW Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim Ozinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Romermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Chao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Richard I. Bailey</w:t>
+                <w:t xml:space="preserve">Renée M. Bekker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wil L. M. Tamis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Naturalist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1086/597603⟩</w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 12 (1), pp.66-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1461-0248.2008.01261.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00386269v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00370863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are specialists at risk under environmental change? Neoecological, paleoecological and phylogenetic approaches.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lee Hsiang Liow</w:t>
+                <w:t xml:space="preserve">Native fauna on exotic trees: Phylogenetic conservatism and Geographic contingency in two lineages of Phytophages on two lineages of trees.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin M. Gossner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Chao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard I. Bailey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The American Naturalist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 173 (5), pp.599-614. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/597603⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1461-0248.2009.01336.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00406803v1</w:t>
+                <w:t xml:space="preserve">hal-00386269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispersal failure contributes to plant losses in NW Europe</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Renée M. Bekker</w:t>
+                <w:t xml:space="preserve">Are specialists at risk under environmental change? Neoecological, paleoecological and phylogenetic approaches.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Colles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lee Hsiang Liow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 12 (1), pp.66-74. </w:t>
+              <w:t xml:space="preserve">, 2009, 12 (8), pp.849-63. </w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1461-0248.2008.01261.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1461-0248.2009.01336.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00370863v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00406803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does an ant-dispersed plant, Viola reichenbachiana, suffer from reduced seed dispersal under inundation disturbances?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Life history variation across a riverine landscape: intermediate levels of disturbance favor sexual reproduction in the ant-dispersed herb Ranunculus ficaria.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrin Bohning-Gaese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Katrin Bohning-Gaese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.baae.2006.10.001⟩</w:t>
+              <w:t xml:space="preserve">Ecography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 31 (6), pp.776-786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.0906-7590.2008.05385.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00312852v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00370930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life history variation across a riverine landscape: intermediate levels of disturbance favor sexual reproduction in the ant-dispersed herb Ranunculus ficaria.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId283" w:history="1">
+                <w:t xml:space="preserve">Does an ant-dispersed plant, Viola reichenbachiana, suffer from reduced seed dispersal under inundation disturbances?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Dauber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith C. Hammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasera Hammouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katrin Bohning-Gaese</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 9 (2), pp.108-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2006.10.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.0906-7590.2008.05385.x⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00370930v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00312852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecological theory meets soil ecotoxicology: Challenge and chance.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Filser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliane Filser</w:t>
+                <w:t xml:space="preserve">Hartmut Koehler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hartmut Koehler</w:t>
+                <w:t xml:space="preserve">Andrea Ruf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joerg Rombke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 9 (4), pp.346-355. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2007.08.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.baae.2007.08.010⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00317740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Less lineages – more trait variation: phylogenetically clustered plant communities are functionally more diverse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinecke Reiffers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wim Braakhekke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan M. Hennekens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7886,509 +7874,2993 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver Tackenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 11 (8), pp.809-819. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1461-0248.2008.01189.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00317308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetic structure of local communities predicts the size of the regional species pool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pille Gerhold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meelis Pärtel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Liira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristjan Zobel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 96 (4), pp.709-712. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1365-2745.2008.01386.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00315902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perturbed partners: opposite responses of plant and animal mutualist guilds to inundation disturbances.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Dauber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith C. Hammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasera Hammouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katrin Bohning-Gaese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oikos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 116 (8), pp.1299-1310. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.2007.0030-1299.15738.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00168171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-00168171v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Climate changes, phenology and trophic interactions through cities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Chalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan van Baaren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Nabucet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Croci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International congress in ecology and evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFE2, Oct 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05093472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence de l'intégration phénotypique sur la plasticité des plantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Labarrere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Renaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1ère réunion du GDR PlasPhen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR PlasPhen, Nov 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03065032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déterminants phylogénétique et fonctionnel du succès d’établissement d’espèces au sein de communautés végétales prairiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Vannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10ème Congrès francophone d’Ecologie des communautés végétales ECOVEG 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société francophone d’Ecologie des communautés végétales, Apr 2014, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01090579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Close relatives occupying similar niches: is past niche conservatism a curse or a blessing under present environmental change?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop “Species communities harboring the outcome of plant diversification: Museums and cradles”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, German centre of Integrative Biodiversity Research, Jan 2014, Leipzig, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ancient lineages recently converging to the same trait range: Disturbed patches are phylogenetic museums but functional cradles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Yguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Pavoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Hennekens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bristish Ecological Society-Société Française d’Ecologie Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variance and covariance of traits in plant species across abiotic gradients in the sub-Antarctic Kerguelen Is. And significance for adaptive potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hermant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Winkworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vernon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Convey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VII Southern Connection Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Dunedin, New Zealand</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01096523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phenotypic and environmental integration in sub-Antarctic island plants, and significance for adaptive potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hermant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard C. Winkworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIth SCAR International Biology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variability of ecomorphological and metabolic traits in plant species across abiotic gradients in the Kerguelen Islands (sub-Antarctic)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouchereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hermant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vernon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Society for Experimental Biology Main Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for Experimental Biology, Jun 2012, Salzburg, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01101803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Close relatives occupying similar niches: is past niche conservatism a curse or a blessing under present environmental change?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Ecological Society Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Avila, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01098203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Change in plant phenotype along climate gradients: the effect of environmental conditions, species life histories and biogeographical origins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hermant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Deméringo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Xth SCAR International Biology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Sapporo, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00563527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Top down control of exophagous lepidoptera in phylogenetically fragmented forest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Yguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Jactel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Ecological Society Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Avila, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">More plant lineages-less mineralisation: Phylogenetic diversity of litter slows down decomposition processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecologie 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française d'Ecologie, Sep 2010, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01098195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Communautés d'espèces: aléas écologiques ou détermination macroévolutive?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloquium on Biological Invasions, Phylocom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00557695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The metabolome links macroevolution and contemporary environmental variation in Kerguelen Plants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Brumbt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Xth SCAR International Biology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Sapporo, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00563526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The role of Antarctica and the subantarctic islands in south Hemisphere plant dispersal?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. C. Winkworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hermant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven J. Wagstaff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Xth SCAR International Biology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Sapporo, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00563532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responses of life history triats to climate change depend on spatial scale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hermant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard I. Bailey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Ecological Federation Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Leipzig, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00563528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changes in life history traits along climatic gradients in the Kerguelen Cabbage.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hermant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard I. Bailey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Open Science Conference SCAR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Saint Petersbourg, Russia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00563530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réponse de la stratégie de reproduction aux variations climatiques : le cas du chou de Kerguelen.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hermant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard I. Bailey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion du GDR Com-Evol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00563524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Espèces invasives et espèces endémiques : peut-on montrer des différences dans leurs flexibilités métaboliques vis-à-vis du climat ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Brumbt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IIèmes Rencontres Francophones ‘Invasions Biologiques et Traits d'histoire de vie'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00563522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Will the decline of specialists affect future diversification?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Colles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan M. Hennekens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim Ozinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joop H.J. Schaminee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">British Ecological Society Annual Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sheffield, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00162565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polyamine composition and contents of several endemic or introduced taxa in a subantarctic environment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Torwesten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jenkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouchereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XV Congress of the Federation of European Societies of Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00090542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subantartic plants facing climate change : the roles of metabolic and life history plasticities.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouchereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Committee on Antarctic Research Open Science Conference “Antarctic in the Earth system”.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Hobart, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00079561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plant communities sampled from a phylogeny: more lineages more traits?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinecke Reiffers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim Braakhekke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan M. Hennekens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim Ozinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joop H.J. Schaminee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meeting of the British Ecological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Hatfield, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00015017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of urban gradients on pollinators: Hymenoptera and Syrphidae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Chalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Nabucet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Croci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Geslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congress of Entomological Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, En ligne, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05093582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional neighborhood driving biotic interactions driving ecosystem processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lou Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8443,73 +10915,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bristish Ecological Society-Société Française d’Ecologie Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01131504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les insectes herbivores devraient suivre les plantes hôtes ‘fuyant’ les plantes apparentées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Yguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8531,396 +11003,396 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Villemant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Jactel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque “Forêts”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Paris, France. , 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01131499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antarctica helped shape Southern Hemisphere plant distribution patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Winkworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Hennion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hermant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven J. Wagstaff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VII Southern Connection Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2013, Dunedin, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment des signaux macro-évolutifs et des réponses actuelles des plantes à l’environnement peuvent-il coexister ? La réponse du métabolome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Hennion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hermant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bouchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cynthia Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Litrico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6èmes Journées du Réseau Français de Métabolomique et de Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Nantes, France. , 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the mechanisms plants use in adapting to abiotic environments: Insights from metabolome variation in nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Hennion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hermant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Winkworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bouchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8935,100 +11407,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop « Genericity of responses and adaptation strategies to multiple stresses in organisms of aquatic and terrestrial ecosystems »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Paimpont, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering adaptive mechanisms of plants to environmental change: Insights from the metabolome and from trait variation in nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Hennion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hermant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bouchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9056,2690 +11528,206 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence « Ecological effects of environmental change »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103451v1</w:t>
-              </w:r>
-[...2482 lines deleted...]
-                <w:t xml:space="preserve">hal-00015017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasticity in plant populations may be constrained by performance costs, complex environments and weakly integrated phenotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Hennion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Labarrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Renaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04286711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latitudinal gradient in avian insectivory: complementary effects of climate, habitat and bird diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Schillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11795,51 +11783,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04169153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11849,167 +11837,167 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Close relatives occupying similar niches: is past niche conservatism a curse or a blessing under present environmental change?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01130956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Species communities: Ecological contingency or macroevolutionary determination?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01130866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId363"/>
+      <w:footerReference w:type="default" r:id="rId362"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12156,51 +12144,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766736v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keliang Zhang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Deniau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jung" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B&#233;chade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouesbet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcae177" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033351v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freerk Molleman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sokol-Letowska" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumen Mallick" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Prinzing" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urszula Walczak" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.71038" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100769v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Yguel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg M&#252;ller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Georges" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oik.11218" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533590v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingshi Yang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Luo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry M. Baskin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Baskin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pld.2025.05.007" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876993v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santonja" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Pan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Courty" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Butensch&#246;n" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matty Berg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.10567" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025374v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor V. Bartish" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.70037" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480189v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusong Ji" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linjun Yao" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huina Liu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yin Zhang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14506" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04478067v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schill&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vald&#233;s-Correcher" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavius B&#259;l&#259;cenoiu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Chor Bj&#248;rn" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14808" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877387v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Mezzomo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manidip Mandal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Moos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d16120781" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480185v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Volf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-024-01471-4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104102v3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rossignol" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponge" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nola P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cluzeau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-023-05384-z" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800283v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley R. Bailey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-022-05260-2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013659v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Bonnefoi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader A&#239;nouche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helge Bruelheide" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Bartish" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.16139" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659712v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Melosik" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Baraniak" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#321;ukasz Piosik" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects13040367" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631327v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Popova" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Galm&#225;n" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey V Selikhovkin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8709" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228990v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Pihain" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Brunelli&#232;re" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcab010" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03103928v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vald&#233;s&#8208;correcher" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xoaqu&#237;n Moreira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Barbaro" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13244" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216899v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Vogel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Bussler" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorg Mueller" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schmidt" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.7535" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333531v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pavoine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jactel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Hortal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan M Hennekens" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17705" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366443v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Hacala" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lafage" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Sawtschuk" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Petillon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-021-05032-4" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927186v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Barbe" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mony" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Uroy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13612" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02434220v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kattge" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Bonisch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#237;az" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Colin Prentice" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14904" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02147166v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin J. Abbott" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-019-00392-8" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02393955v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juhan Javoi&#353;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert B Davis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa R L Whitaker" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toomas Tammaru" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13139" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02798479v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim A. Ozinga" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark I. Bartish" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. W. Wieger Wamelink" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan M. Hennekens" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.13556" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192278v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Labarrere" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dorey" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chesneau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Hennion" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants8070234" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01833147v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Bartish" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.12944" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01861277v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard I. Bailey" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Vasseur" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Woas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29042-0" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01436544v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Br&#228;ndle" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14341" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01483989v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Lann" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Morra" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil J. Murray" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ppees.2016.12.001" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01515262v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;kristel Bittebi&#232;re" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Butenschoen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14473" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02394100v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunmei Ping" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijuan Cui" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Li" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Zhang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0171019" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01237096v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Litrico" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Weigelt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouchereau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.12505" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01274232v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Depoilly" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vernon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bailey" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12725" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01380570v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian S. Pearse" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marten Winter" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/687964" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01195874v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao-Bin Song" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Fang Liu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Kun Hu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue-Hua Ye" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep13217" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01255867v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Jiang" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0143140" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01005433v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12173" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HWLJ4DNN-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940083v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille d'Haese" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12188" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/16BAA4B3DD86318D9CCB99EAB93D805566906480/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01082979v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villemant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Brault" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-014-3026-3" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072113v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2014.08.003" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838801v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hermant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Convey" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12095" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-C6NMWWF9-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797961v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Ozinga" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Colles" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1466-8238.2012.00792.x" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LPV4VLZP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780751v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mouquet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Devictor" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine N. Meynard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Munoz" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-F&#233;lix Bersier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-185X.2012.00224.x" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736047v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bangguo Yan" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang Zhang" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zebo Li" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Huang" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2011.01384.x" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686899v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Gauthier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.1100211" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755673v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ppees.2012.02.001" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9JMDX7P5-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639535v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Diaz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.C. Prentice" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul W. Leadley" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2486.2011.02451.x" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653996v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Denise Tosh" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vialatte" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Vasseur" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-0248.2011.01680.x" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6MQS7K3R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599422v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pille Gerhold" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meelis P&#228;rtel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Tackenberg" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/659059" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504897v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Matocq" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M. Gossner" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2010.0365" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557630v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Aidoud" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2699.2010.02382.x" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8NCGLJDC-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386269v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chao" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/597603" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406803v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Hsiang Liow" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-0248.2009.01336.x" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370863v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Romermann" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e M. Bekker" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wil L. M. Tamis" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-0248.2008.01261.x" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q4QLLWMV-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312852v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Dauber" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith C. Hammer" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasera Hammouti" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Bohning-Gaese" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2006.10.001" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V86T5GJN-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370930v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Jung" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0906-7590.2008.05385.x" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8851S6FZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317740v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Filser" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut Koehler" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ruf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Rombke" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2007.08.010" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K3M0NCB1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317308v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinecke Reiffers" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Braakhekke" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-0248.2008.01189.x" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315902v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Liira" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristjan Zobel" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2745.2008.01386.x" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168171v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2007.0030-1299.15738.x" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093582v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Chalet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nabucet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Croci" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Geslin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01131504v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01131499v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103978v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Winkworth" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J. Wagstaff" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103433v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Gautier" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Litrico" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103455v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103451v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093472v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Gillard" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan van Baaren" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03065032v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Renaudon" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01090579v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Vannier" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130879v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130995v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Hennekens" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130391v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C. Winkworth" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01096523v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101803v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563527v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Garnier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Dem&#233;ringo" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130967v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01098203v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01098195v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557695v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563526v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fournier" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brumbt" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563532v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Winkworth" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563528v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563530v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563524v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563522v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162565v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joop H.J. Schaminee" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090542v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Torwesten" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jenkins" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079561v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015017v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286711v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04169153v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130956v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130866v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766736v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keliang Zhang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Deniau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jung" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B&#233;chade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouesbet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcae177" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033351v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freerk Molleman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sokol-Letowska" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumen Mallick" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Prinzing" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urszula Walczak" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.71038" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100769v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Yguel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg M&#252;ller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Georges" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oik.11218" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533590v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingshi Yang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Luo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry M. Baskin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Baskin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pld.2025.05.007" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876993v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santonja" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Pan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Courty" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Butensch&#246;n" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matty Berg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.10567" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025374v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor V. Bartish" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.70037" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480189v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusong Ji" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linjun Yao" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huina Liu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yin Zhang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14506" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04478067v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schill&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vald&#233;s-Correcher" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavius B&#259;l&#259;cenoiu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Chor Bj&#248;rn" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14808" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877387v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Mezzomo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manidip Mandal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Moos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d16120781" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480185v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Volf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-024-01471-4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013659v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Bonnefoi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader A&#239;nouche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helge Bruelheide" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Bartish" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.16139" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104102v3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rossignol" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponge" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nola P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cluzeau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-023-05384-z" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800283v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley R. Bailey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-022-05260-2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631327v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Popova" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Galm&#225;n" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey V Selikhovkin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8709" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659712v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Melosik" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Baraniak" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#321;ukasz Piosik" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects13040367" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366443v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Hacala" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lafage" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Sawtschuk" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Petillon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-021-05032-4" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228990v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Pihain" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Brunelli&#232;re" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcab010" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03103928v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vald&#233;s&#8208;correcher" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xoaqu&#237;n Moreira" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Barbaro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13244" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216899v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Vogel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Bussler" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorg Mueller" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schmidt" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.7535" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333531v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pavoine" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jactel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Hortal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan M Hennekens" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17705" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927186v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Barbe" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mony" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Uroy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13612" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02434220v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kattge" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Bonisch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#237;az" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Colin Prentice" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14904" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02147166v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin J. Abbott" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-019-00392-8" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02393955v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juhan Javoi&#353;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert B Davis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa R L Whitaker" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toomas Tammaru" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13139" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02798479v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim A. Ozinga" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark I. Bartish" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. W. Wieger Wamelink" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan M. Hennekens" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.13556" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192278v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Labarrere" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dorey" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chesneau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Hennion" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants8070234" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01833147v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Bartish" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.12944" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01861277v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard I. Bailey" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Vasseur" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Woas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29042-0" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01436544v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Br&#228;ndle" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14341" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01483989v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Lann" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Morra" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil J. Murray" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ppees.2016.12.001" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01515262v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;kristel Bittebi&#232;re" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Butenschoen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14473" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02394100v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunmei Ping" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijuan Cui" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Li" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Zhang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0171019" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01237096v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Litrico" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Weigelt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouchereau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.12505" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01274232v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Depoilly" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vernon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bailey" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12725" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01380570v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian S. Pearse" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marten Winter" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/687964" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01195874v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao-Bin Song" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Fang Liu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Kun Hu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue-Hua Ye" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep13217" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01255867v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Jiang" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0143140" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01005433v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12173" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HWLJ4DNN-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940083v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille d'Haese" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12188" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/16BAA4B3DD86318D9CCB99EAB93D805566906480/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01082979v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villemant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Brault" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-014-3026-3" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072113v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2014.08.003" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797961v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Ozinga" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Colles" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1466-8238.2012.00792.x" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LPV4VLZP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838801v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hermant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Convey" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12095" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-C6NMWWF9-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780751v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mouquet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Devictor" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine N. Meynard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Munoz" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-F&#233;lix Bersier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-185X.2012.00224.x" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736047v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bangguo Yan" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang Zhang" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zebo Li" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Huang" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2011.01384.x" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686899v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Gauthier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.1100211" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755673v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ppees.2012.02.001" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9JMDX7P5-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653996v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Denise Tosh" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vialatte" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Vasseur" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-0248.2011.01680.x" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6MQS7K3R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639535v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Diaz" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.C. Prentice" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul W. Leadley" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2486.2011.02451.x" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599422v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pille Gerhold" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meelis P&#228;rtel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Tackenberg" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/659059" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504897v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Matocq" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M. Gossner" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2010.0365" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557630v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Aidoud" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2699.2010.02382.x" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370863v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Romermann" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e M. Bekker" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wil L. M. Tamis" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-0248.2008.01261.x" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q4QLLWMV-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386269v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chao" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/597603" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406803v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Hsiang Liow" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-0248.2009.01336.x" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370930v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Jung" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Bohning-Gaese" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0906-7590.2008.05385.x" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8851S6FZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312852v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Dauber" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith C. Hammer" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasera Hammouti" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2006.10.001" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V86T5GJN-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317740v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Filser" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut Koehler" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ruf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Rombke" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2007.08.010" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K3M0NCB1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317308v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinecke Reiffers" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Braakhekke" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-0248.2008.01189.x" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315902v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Liira" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristjan Zobel" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2745.2008.01386.x" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168171v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2007.0030-1299.15738.x" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093472v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Chalet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Gillard" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan van Baaren" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nabucet" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Croci" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03065032v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Renaudon" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01090579v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Vannier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130879v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130995v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Hennekens" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01096523v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Winkworth" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130391v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C. Winkworth" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101803v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01098203v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563527v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Garnier" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Dem&#233;ringo" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130967v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01098195v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557695v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563526v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fournier" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brumbt" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563532v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Winkworth" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J. Wagstaff" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563528v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563530v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563524v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00563522v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162565v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joop H.J. Schaminee" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090542v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Torwesten" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jenkins" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079561v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015017v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093582v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Geslin" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01131504v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01131499v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103978v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103433v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Gautier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Litrico" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103455v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103451v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286711v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04169153v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130956v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130866v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>