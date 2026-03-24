--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -730,611 +730,611 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03627000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimally Invasive Microelectrode Biosensors Based on Platinized Carbon Fibers for in Vivo Brain Monitoring</w:t>
+                <w:t xml:space="preserve">Porous Silicon as Soft Material in Low-Frequency MEMS (MicroElectro-Mechanical Systems) Resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Chatard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andrei Sabac</w:t>
+                <w:t xml:space="preserve">Christophe Malhaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Moreno-Velasquez</w:t>
+                <w:t xml:space="preserve">A. Danescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Meiller</w:t>
+                <w:t xml:space="preserve">V. Lysenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Marinesco</w:t>
+                <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Central Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 4 (12), pp.1751-1760. </w:t>
+              <w:t xml:space="preserve">World journal of mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 08 (11), pp.431 - 443. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acscentsci.8b00797⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4236/wjm.2018.811031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01996690v1</w:t>
+                <w:t xml:space="preserve">hal-01914576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porous Silicon as Soft Material in Low-Frequency MEMS (MicroElectro-Mechanical Systems) Resonators</w:t>
+                <w:t xml:space="preserve">Minimally Invasive Microelectrode Biosensors Based on Platinized Carbon Fibers for in Vivo Brain Monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Malhaire</w:t>
+                <w:t xml:space="preserve">Charles Chatard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Danescu</w:t>
+                <w:t xml:space="preserve">Laura Moreno-Velasquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Lysenko</w:t>
+                <w:t xml:space="preserve">Anne Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Sabac</w:t>
+                <w:t xml:space="preserve">Stéphane Marinesco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World journal of mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 08 (11), pp.431 - 443. </w:t>
+              <w:t xml:space="preserve">ACS Central Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (12), pp.1751-1760. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4236/wjm.2018.811031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acscentsci.8b00797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01914576v1</w:t>
+                <w:t xml:space="preserve">hal-01996690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metallic nanoparticle-based strain sensors elaborated by atomic layer deposition</w:t>
+                <w:t xml:space="preserve">Investigation of the in-plane and out-of-plane electrical properties of metallic nanoparticles in dielectric matrix thin films elaborated by atomic layer deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Daniel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Etienne Puyoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Rafael</w:t>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed R'Mili</w:t>
+                <w:t xml:space="preserve">Liviu Militaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siddardha Koneti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4978778⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (45), 455602 (8 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/aa8b5e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01701521v1</w:t>
+                <w:t xml:space="preserve">hal-01644827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the in-plane and out-of-plane electrical properties of metallic nanoparticles in dielectric matrix thin films elaborated by atomic layer deposition</w:t>
+                <w:t xml:space="preserve">Metallic nanoparticle-based strain sensors elaborated by atomic layer deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Etienne Puyoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Malhaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Daniel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liviu Militaru</w:t>
+                <w:t xml:space="preserve">Rémi Rafael</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siddardha Koneti</w:t>
+                <w:t xml:space="preserve">Mohamed R'Mili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 28 (45), 455602 (8 p.). </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 110, pp.123103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/aa8b5e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4978778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01644827v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiphysics Probe for Deep Brain Monitoring of Glioblastoma Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Chatard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pascual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jourlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marinesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1508,312 +1508,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02073070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon/SU8 multi-electrode micro-needle for in vivo neurochemical monitoring</w:t>
+                <w:t xml:space="preserve">Characterization of Al2O3 Thin Films Prepared by Thermal ALD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Vasylieva</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Daniel Barbier</w:t>
+                <w:t xml:space="preserve">Corina Barbos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreï Sabac</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Danièle Blanc-Pelissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Fave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Blanquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Crisci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Energy Procedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 77, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.egypro.2015.07.080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01489325v1</w:t>
+                <w:t xml:space="preserve">hal-01218293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Al2O3 Thin Films Prepared by Thermal ALD</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Silicon/SU8 multi-electrode micro-needle for in vivo neurochemical monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Crisci</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Natalia Vasylieva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Marinesco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreï Sabac</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Procedia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 72, pp.148-155</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01218293v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01489325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced tunable nonreciprocal effect in CRLH coplanar transmission line on YIG without series capacitive loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaelle Vest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1928,51 +1928,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Suarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 93 (23), pp.231106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2006,51 +2006,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technology and performances of silicon oxynitride waveguides for optomechanical sensors fabricated by plasma-enhanced chemical vapour deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gorecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2250,372 +2250,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00280835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A versatile and stable device allowing the efficient generation of beams with radial, azimuthal or hybrid polarizations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Nanostructuring lithium niobate substrates by focused ion beam milling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Courjal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-P. Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bainier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.optcom.2005.04.004⟩</w:t>
+              <w:t xml:space="preserve">Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 27, pp.1421-1425. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optmat.2004.07.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00095629v1</w:t>
+                <w:t xml:space="preserve">hal-00095692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructuring Optical Waveguides by Focused Ion Beam Milling. Near-Field Characterization.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Spajer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Korean Physical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 47 (91), pp.S175-S181</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00095678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanostructuring lithium niobate substrates by focused ion beam milling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N. Courjal</w:t>
+                <w:t xml:space="preserve">A versatile and stable device allowing the efficient generation of beams with radial, azimuthal or hybrid polarizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-P. Bernal</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">D. Courjon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 252, pp.12-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optcom.2005.04.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.optmat.2004.07.016⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00095692v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00095629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optomechanical characterisation of compressively prestressed silicon oxynitride films deposited by plasma-enhanced chemical vapour deposition on silicon membranes</w:t>
               </w:r>
@@ -2640,51 +2640,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Delobelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gorecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Nieradko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2761,51 +2761,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jozwik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gorecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Delobelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2888,77 +2888,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IMPLANTABLE ELECTRODES FOR ELECTROCHEMICAL DETECTION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marinesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Moreno-Velasquez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP 3283874 A1 20180221 (FR). 2018, https://data.epo.org/gpi/EP3283874A1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3415,51 +3415,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minimally-invasive intra-tumoral oxygen pressure monitoring using beveled carbon-disk microelectrodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marinesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Chaveroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3523,90 +3523,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi du Métabolisme Cérébral par des Biocapteurs à base de Microélectrodes en Fibre de Carbone Platinée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Chatard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marinesco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ième Colloque du GFB (Groupe Français de Bioélectrochimie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Sète, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3625,346 +3625,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pt nanoislands embedded in Al2O3 matrix: from ALD-based fabrication to structural to electrical characterization</w:t>
+                <w:t xml:space="preserve">Flexible Platinum Nanoparticle-based Piezoresistive Transducers Elaborated by Atomic Layer Deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Etienne Puyoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Malhaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Daniel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liviu Militaru</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Koneti</w:t>
+                <w:t xml:space="preserve">Rémi Rafael</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed R'Mili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">AVS 17th International Conference on Atomic Layer Deposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Denver, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01701466v1</w:t>
+                <w:t xml:space="preserve">hal-01701470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible Platinum Nanoparticle-based Piezoresistive Transducers Elaborated by Atomic Layer Deposition</w:t>
+                <w:t xml:space="preserve">Pt nanoislands embedded in Al2O3 matrix: from ALD-based fabrication to structural to electrical characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Daniel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Etienne Puyoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Rafael</w:t>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed R'Mili</w:t>
+                <w:t xml:space="preserve">Liviu Militaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Koneti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AVS 17th International Conference on Atomic Layer Deposition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Denver, United States</w:t>
+              <w:t xml:space="preserve">EMRS Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01701470v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Platinized Carbon Fibers as an Electrochemical Substrate to Obtain Minimally Invasive Microelectrode Biosensors for Brain Monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marinesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Chatard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PITTCON</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Chicago, IL, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3989,103 +3989,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minimally invasive microelectrode biosensors reveal different neurochemical signature of spreading depolarization in rat cortex.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Chatard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Balança</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marinesco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Spreading Depolarizations (iCSD) COSBID</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4110,103 +4110,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PEALD Platinum Nano-island SET Fabrication and Electrical Characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Thomas</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Etienne Puyoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Militaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Koneti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AVS 17th International Conference on Atomic Layer Deposition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Denver, United States</w:t>
@@ -4235,77 +4235,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain monitoring with Minimally Invasive Microelectrode Biosensors based on Platinized Carbon Fibers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Chatard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marinesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Sabac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4343,103 +4343,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shadow Edge Lithography coupled with ALD growth of Alumina and Platinum Nanoislands Towards the Fabrication of Single Electron Transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Thomas</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Etienne Puyoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Militaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Koneti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Warsaw, Poland</w:t>
@@ -4587,612 +4587,612 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and investigation of high resolution resonant pressure sensor with optical interrogation</w:t>
+                <w:t xml:space="preserve">Microsystem based optical measurement systems : case of opto–mechanical sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jozwik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gorecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Heinis</w:t>
+                <w:t xml:space="preserve">T. Dean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Dean</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">2005, pp. 734-39</w:t>
+                <w:t xml:space="preserve">A. Jacobelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp. 597-604</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00095227v1</w:t>
+                <w:t xml:space="preserve">hal-00095233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microsystem based optical measurement systems : case of opto–mechanical sensors</w:t>
+                <w:t xml:space="preserve">Development and investigation of high resolution resonant pressure sensor with optical interrogation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jozwik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gorecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Heinis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">2005, pp. 597-604</w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp. 734-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00095233v1</w:t>
+                <w:t xml:space="preserve">hal-00095227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication des cristaux photoniques en niobate de lithium</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Evaluation of the mechanical properties of square membranes prestressed by PECVD silicone oxynitride thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jozwik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gorecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Delobelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, 2004, PARIS, France</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kujawinska</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2004, pp. 326-331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00093362v1</w:t>
+                <w:t xml:space="preserve">hal-00094984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, testing and calibration of an integrated Mach–Zehnder–based optical read–out architecture for MEMS characterization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Fabrication des cristaux photoniques en niobate de lithium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Courjal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-P. Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">2004, pp. 141-146</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bainier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR Ondes GT2, IEF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00095115v1</w:t>
+                <w:t xml:space="preserve">hal-00093362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the mechanical properties of square membranes prestressed by PECVD silicone oxynitride thin films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design, testing and calibration of an integrated Mach–Zehnder–based optical read–out architecture for MEMS characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sabac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gorecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jozwik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">2004, pp. 326-331</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jacobelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2004, pp. 141-146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00094984v1</w:t>
+                <w:t xml:space="preserve">hal-00095115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication and optical packaging of an integrated Mach-Zehnder interferometer on top of a moveable micromirror</w:t>
               </w:r>
@@ -5204,51 +5204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Nieradko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gorecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5293,144 +5293,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00104524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interferometry system for the mechanical characterization of membranes with silicon oxynitride thin films fabricated by PECVD</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Integrated Optomechanical sensor for in situ characterization of MEMS : the implementing of a readout architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gorecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2003, pp. 79-84</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Gut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jacobelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003, pp. 189-195</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00094446v1</w:t>
+                <w:t xml:space="preserve">hal-00094424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the mechanical properties of square membranes prestressed by PECVD silicone oxynitride thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jozwik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5439,668 +5456,651 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gorecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Delobelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kujawinska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2003, pp. 326-331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00094456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated Optomechanical sensor for in situ characterization of MEMS : the implementing of a readout architecture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Silicon oxynitride waveguides developed for opto–mechanical sensing functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sabac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jozwik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Nieradko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gorecki</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003, pp. 214-218</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Gut</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-00094424v1</w:t>
+                <w:t xml:space="preserve">hal-00094547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon oxynitride waveguides developed for opto–mechanical sensing functions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Interferometry system for the mechanical characterization of membranes with silicon oxynitride thin films fabricated by PECVD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jozwik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Delobelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gorecki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2003, pp. 214-218</w:t>
+              <w:t xml:space="preserve">2003, pp. 79-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00094547v1</w:t>
+                <w:t xml:space="preserve">hal-00094446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude en champ proche des structures photoniques planaires</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Guide optique &amp;quot;ruban&amp;quot; en oxinitrure de silicium pour capteurs MOEMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2002, Saint Aubin de Médoc, France</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jozwik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gorecki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2002, pp. 152-154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00421551v1</w:t>
+                <w:t xml:space="preserve">hal-00095687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical interferometry investigation of internal stress and opto–mechanical characteristics of silicon oxynitride thin films fabricated by PECVD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gorecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jozwik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">May 2002, pp.TOME 4755</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00104515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guide optique &amp;quot;ruban&amp;quot; en oxinitrure de silicium pour capteurs MOEMS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Etude en champ proche des structures photoniques planaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Spajer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2002, pp. 152-154</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Charraut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Troisième colloque francophone Méthodes et Techniques Optiques pour l'Industrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2002, Saint Aubin de Médoc, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00095687v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00421551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude en champ proche des guides d'onde et des structures photoniques planaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Spajer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Charraut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème colloque francophone CMOI de la Société française d'Optique, Méthodes et Techniques Optiques pour l'Industrie.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2002, Saint Aubin de Médoc, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6151,51 +6151,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jozwik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Delobelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gorecki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6511,103 +6511,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ALD growth of Platinum Nanoislands on Alumina for Single Electron Transistors Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Thomas</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Etienne Puyoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Militaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Koneti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALD growth of Platinum Nanoislands on Alumina for Single Electron Transistors Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Paris, France. 2016</w:t>
@@ -6938,51 +6938,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998891v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sabac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303820v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Ghanam" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cecillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Mohammadi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Amine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi14122142" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657398v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoufel Haddour" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2022.114335" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688914v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bataillou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Lee" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monnier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Gerges" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-022-03997-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627000v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22072706" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996690v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Chatard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Moreno-Velasquez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meiller" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marinesco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.8b00797" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914576v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malhaire" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Danescu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lysenko" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sabac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wjm.2018.811031" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701521v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Puyoo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Thomas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Rafael" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed R'Mili" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4978778" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644827v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Le Berre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Militaru" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddardha Koneti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aa8b5e" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917672v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pascual" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jourlin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barbier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings1040502" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073070v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Wang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Gautier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Bremond" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2016.12.016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DNGLFBVT-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489325v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Vasylieva" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre&#239; Sabac" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218293v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Barbos" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Blanc-Pelissier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fave" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Blanquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Crisci" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2015.07.080" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327975v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Zhou" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Vest" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calmon F." TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Boukchiche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.27979" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5C0014E66859EBB96B9A1A0C77E94A86A4798F72/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455153v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Grosjean" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Suarez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3040056" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00280834v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gorecki" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jozwik" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nieradko" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meunier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00280835v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz Nieradko" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gorecki" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal J&#243;zwik" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Hoffmann" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095629v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Courjon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2005.04.004" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZHJCMXR7-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095678v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lacour" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spajer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095692v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Courjal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Bernal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bainier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2004.07.016" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096940v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delobelle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2004.04.019" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093959v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kujawinska" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994371v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492566v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylwester Bargiel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Albero" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Laszczyk" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747729v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Le Berre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bregigeon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fr&#233;n&#233;a-Robin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rivi&#232;re" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829966v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Abdallah" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827276v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Chaveroux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Duret" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994419v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701466v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Koneti" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701470v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994267v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994203v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Balan&#231;a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701467v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Berre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994171v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489069v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606381v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Soueidan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Lazar" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tournier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Planson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Raynaud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095227v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heinis" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dean" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095233v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jacobelli" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093362v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095115v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094984v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104524v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hoffmann" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094446v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094456v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094424v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bey" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gut" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094547v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421551v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charraut" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104515v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095687v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102866v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092692v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Delobelle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905499v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Loupias" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Buttay" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Combettes" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083827v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sonneville" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489072v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829187v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuting Chen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Hexter" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Marinesco" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998891v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sabac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303820v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Ghanam" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cecillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Mohammadi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Amine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi14122142" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657398v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoufel Haddour" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2022.114335" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688914v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bataillou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Lee" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monnier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Gerges" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-022-03997-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627000v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22072706" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914576v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malhaire" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Danescu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lysenko" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sabac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wjm.2018.811031" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996690v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Chatard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Moreno-Velasquez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meiller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marinesco" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.8b00797" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644827v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Thomas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Puyoo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Le Berre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Militaru" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddardha Koneti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aa8b5e" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701521v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Rafael" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed R'Mili" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4978778" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917672v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pascual" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jourlin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barbier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings1040502" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073070v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Wang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Gautier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Bremond" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2016.12.016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DNGLFBVT-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218293v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Barbos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Blanc-Pelissier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fave" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Blanquet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Crisci" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2015.07.080" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489325v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Vasylieva" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre&#239; Sabac" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327975v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Zhou" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Vest" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calmon F." TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Boukchiche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.27979" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5C0014E66859EBB96B9A1A0C77E94A86A4798F72/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455153v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Grosjean" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Suarez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3040056" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00280834v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gorecki" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jozwik" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nieradko" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meunier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00280835v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz Nieradko" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gorecki" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal J&#243;zwik" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Hoffmann" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095692v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lacour" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Courjal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Bernal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bainier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2004.07.016" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095678v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spajer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095629v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Courjon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2005.04.004" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZHJCMXR7-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096940v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delobelle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2004.04.019" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093959v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kujawinska" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994371v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492566v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylwester Bargiel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Albero" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Laszczyk" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747729v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Le Berre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bregigeon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fr&#233;n&#233;a-Robin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rivi&#232;re" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829966v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Abdallah" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827276v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Chaveroux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Duret" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994419v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701470v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701466v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Koneti" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994267v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994203v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Balan&#231;a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701467v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Berre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994171v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489069v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606381v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Soueidan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Lazar" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tournier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Planson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Raynaud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095233v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dean" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jacobelli" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095227v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heinis" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094984v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093362v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095115v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104524v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hoffmann" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094424v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bey" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gut" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094456v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094547v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094446v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095687v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104515v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421551v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charraut" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102866v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092692v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Delobelle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905499v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Loupias" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Buttay" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Combettes" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083827v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sonneville" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489072v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829187v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuting Chen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Hexter" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Marinesco" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>