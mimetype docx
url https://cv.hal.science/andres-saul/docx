--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -93,498 +93,515 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (53)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (54)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferroelectric control of spin and orbital Rashba effects at the Ni/HfO2 interface</w:t>
+                <w:t xml:space="preserve">Spin texture of α−GeTe in the ultrathin regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armando Pezo</w:t>
+                <w:t xml:space="preserve">Calvin Tagne-Kaegom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrés Saúl</w:t>
+                <w:t xml:space="preserve">Alexandre Llopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien Manchon</w:t>
+                <w:t xml:space="preserve">Boris Croes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Arras</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Geoffroy Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kierren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 11, pp.L140405. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.L140405⟩</w:t>
+              <w:t xml:space="preserve">, 2026, 113 (12), pp.125113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/yst7-ktp9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04966536v1</w:t>
+                <w:t xml:space="preserve">hal-05550678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic Phases and Zone-Folded Phonons in a Frustrated van der Waals Magnet</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ferroelectric control of spin and orbital Rashba effects at the Ni/HfO2 interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Petot</w:t>
+                <w:t xml:space="preserve">Armando Pezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Le Mardelé</w:t>
+                <w:t xml:space="preserve">Andrés Saúl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Riccardi</w:t>
+                <w:t xml:space="preserve">Aurelien Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Lévêque</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rémi Arras</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 19 (26), pp.23693-23702. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11, pp.L140405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsnano.5c03174⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.L140405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05173278v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04966536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic structure of a multiferroic compound: Cu2OCl2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Magnetic Phases and Zone-Folded Phonons in a Frustrated van der Waals Magnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amit Pawbake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Petot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Le Mardelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Riccardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faraday Discussions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4FD00042K⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (26), pp.23693-23702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.5c03174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04527867v1</w:t>
+                <w:t xml:space="preserve">hal-05173278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van der Waals epitaxy of Weyl-semimetal Td-WTe2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Llopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calvin Tagne-Kaegom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Croes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -599,5827 +616,5944 @@
               <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (16), pp.20878-20885. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsami.4c00676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04542981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why the pyrochlore-like antiferromagnet NaCu3F7 is magnetically non-frustrated</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Magnetic structure of a multiferroic compound: Cu2OCl2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Rebolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Saúl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Bernadette Lepetit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrés Saúl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-648X/ad5d39⟩</w:t>
+              <w:t xml:space="preserve">Faraday Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 254, pp.612-627. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4FD00042K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04677405v1</w:t>
+                <w:t xml:space="preserve">hal-04527867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pushing the thickness limit of the giant Rashba effect in ferroelectric semiconductor GeTe</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Why the pyrochlore-like antiferromagnet NaCu3F7 is magnetically non-frustrated</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Llopez</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julien Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Rebolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Lepetit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Saúl</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (41), pp.415803. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.4c03281⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-648X/ad5d39⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735122v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04677405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetoelastic interactions in SrCu2(BO3)2 studied by Raman scattering experiments and first principles calculations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pushing the thickness limit of the giant Rashba effect in ferroelectric semiconductor GeTe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Croes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Llopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calvin Tagne-Kaegom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Thirunavukkuarasu</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">P. Christianen</w:t>
+                <w:t xml:space="preserve">Bodry Tegomo Chiogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kierren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.107.064410⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.4c03281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03981318v1</w:t>
+                <w:t xml:space="preserve">hal-04735122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coherent description of the magnetic properties of SeCuO3 versus temperature and magnetic field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rocquefelte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirta Herak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atsushi Miyake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Lafargue-Dit-Hauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helmuth Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 107 (5), pp.054407. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.107.054407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03981590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ab initio investigation of the magnetic and ferroelectric properties of BaCuF4 under hydrostatic pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Magnetoelastic interactions in SrCu2(BO3)2 studied by Raman scattering experiments and first principles calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Thirunavukkuarasu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Radtke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lazzeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Vincent</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Christianen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 106 (6), pp.064421. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.064421⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 107 (6), pp.064410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.107.064410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03780562v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03981318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical study of the magnetic properties of the CoCu2O3 compound</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Andrés Saúl</w:t>
+                <w:t xml:space="preserve">Ab initio investigation of the magnetic and ferroelectric properties of BaCuF4 under hydrostatic pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rocquefelte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 106 (22), pp.224402. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.224402⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 106 (6), pp.064421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.064421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03886357v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03780562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piezomagnetic switching and complex phase equilibria in uranium dioxide</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Theoretical study of the magnetic properties of the CoCu2O3 compound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Rebolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Lepetit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Saúl</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43246-021-00121-6⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (22), pp.224402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.224402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03135740v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03886357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Age, duration and mineral markers of magma interactions in the deep crust: an example from the Pyrenees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vielzeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Clemens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Stevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmouhcine Gannoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 176 (5), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00410-021-01789-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03228280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical study of the magnetic properties of BaNiF4</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Piezomagnetic switching and complex phase equilibria in uranium dioxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Antonio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Shanks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob Ruff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Jaime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjb/s10051-021-00225-5⟩</w:t>
+              <w:t xml:space="preserve">Communications Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43246-021-00121-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03403829v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03135740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential room-temperature multiferroicity in cupric oxide under high pressure</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Theoretical study of the magnetic properties of BaNiF4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Rebolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Saúl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Lepetit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.214432⟩</w:t>
+              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 94 (10), pp.214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjb/s10051-021-00225-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03281460v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03403829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radioactive decay of $\mathrm {{}^{90}Sr}$ in cement: a non-equilibrium first-principles investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Kohanoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Correa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Kohanoff</w:t>
+                <w:t xml:space="preserve">Gleb Gribakin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alfredo Correa</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Conrad Johnston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Saúl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 75 (9), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1140/epjd/s10053-021-00202-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03358070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetoelastic interaction in the two-dimensional magnetic material MnPS&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; studied by first principles calculations and Raman experiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Potential room-temperature multiferroicity in cupric oxide under high pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Lafargue-Dit-Hauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Braithwaite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew D. Huxley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diana Vaclavkova</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Aleksander Bogucki</w:t>
+                <w:t xml:space="preserve">Tsuyoshi Kimura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Saúl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2D Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2053-1583/ab93e3⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103 (21), pp.214432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.214432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02613069v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03281460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of confinement on free radical chemistry in layered nanostructures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Magnetoelastic interaction in the two-dimensional magnetic material MnPS&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; studied by first principles calculations and Raman experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Vaclavkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Delhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Faugeras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Potemski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khashayar Ghandi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Andrés Saúl</w:t>
+                <w:t xml:space="preserve">Aleksander Bogucki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-52662-z⟩</w:t>
+              <w:t xml:space="preserve">2D Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (3), pp.035030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2053-1583/ab93e3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02378173v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02613069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of halogen substitution on aggregation-induced near infrared emission of borondifluoride complexes of 2′-hydroxychalcones</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of confinement on free radical chemistry in layered nanostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khashayar Ghandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cody Landry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tait Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony D’aléo</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Maxime Lainé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Saúl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Chemistry Frontiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8qm00478a⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.17165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-52662-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01970667v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02378173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unconventional field induced phases in a quantum magnet formed by free radical tetramers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Influence of halogen substitution on aggregation-induced near infrared emission of borondifluoride complexes of 2′-hydroxychalcones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony D’aléo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Saúl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Attaccalite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Gauthier</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédéric Fages</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevb.97.064414⟩</w:t>
+              <w:t xml:space="preserve">Materials Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (1), pp.86-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8qm00478a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01970669v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01970667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic dimerization in the frustrated spin ladder Li 2 Cu 2 O ( SO 4 ) 2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unconventional field induced phases in a quantum magnet formed by free radical tetramers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Saúl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reza Moosavi Askari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Côté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Vaccarelli</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thierry Maris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 96 (18), pp.180406-1 - 180406-5. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.180406⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 97 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevb.97.064414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01720335v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01970669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of H2 by water radiolysis in cement paste under electron irradiation: A joint experimental and theoretical study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gene expression profiling of patient‐derived pancreatic cancer xenografts predicts sensitivity to the BET bromodomain inhibitor JQ1: implications for individualized medicine efforts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie A Le Caër</w:t>
+                <w:t xml:space="preserve">Martin Bigonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Dezerald</w:t>
+                <w:t xml:space="preserve">Odile Gayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khaoula A Boukari</w:t>
+                <w:t xml:space="preserve">Céline Loncle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime A Lainé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien A Taupin</w:t>
+                <w:t xml:space="preserve">Aurélie Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2017.05.022⟩</w:t>
+              <w:t xml:space="preserve">EMBO Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (4), pp.482 - 497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15252/emmm.201606975⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01543011v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01787567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene expression profiling of patient‐derived pancreatic cancer xenografts predicts sensitivity to the BET bromodomain inhibitor JQ1: implications for individualized medicine efforts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Magnetic dimerization in the frustrated spin ladder Li 2 Cu 2 O ( SO 4 ) 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Vaccarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Bian</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Radtke</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Molecular Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15252/emmm.201606975⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 96 (18), pp.180406-1 - 180406-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.180406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01787567v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01720335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piezomagnetism and magnetoelastic memory in uranium dioxide</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Production of H2 by water radiolysis in cement paste under electron irradiation: A joint experimental and theoretical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie A Le Caër</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Dezerald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula A Boukari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime A Lainé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Jaime</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">N. Harrison</w:t>
+                <w:t xml:space="preserve">Sébastien A Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-017-00096-4⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 100, pp.110 - 118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2017.05.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01720468v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01543011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quasi-two-dimensional Bose-Einstein condensation of spin triplets in the dimerized quantum magnet Ba 2 CuSi 2 O 6 Cl 2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Piezomagnetism and magnetoelastic memory in uranium dioxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jaime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Salamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Zapf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Makiko Okada</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Hidehiro Uekusa</w:t>
+                <w:t xml:space="preserve">N. Harrison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevb.94.094421⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-017-00096-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01970678v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01720468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomistic Model for Ge Condensation under SiGe Oxidation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quasi-two-dimensional Bose-Einstein condensation of spin triplets in the dimerized quantum magnet Ba 2 CuSi 2 O 6 Cl 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makiko Okada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hidekazu Tanaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nobuyuki Kurita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kohei Johmoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Ganster</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hidehiro Uekusa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Defect and Diffusion Forum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 94 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevb.94.094421⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01130906v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01970678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic nanopantograph in the SrCu2(BO3)2 Shastry–Sutherland lattice</w:t>
+                <w:t xml:space="preserve">Atomistic Model for Ge Condensation under SiGe Oxidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Radtke</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andrés Saúl</w:t>
+                <w:t xml:space="preserve">P. Ganster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanna A. Dabkowska</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Jaime</w:t>
+                <w:t xml:space="preserve">G. Tréglia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Defect and Diffusion Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 363, pp.210-216</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01219306v1</w:t>
+                <w:t xml:space="preserve">hal-01130906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antiferromagnetic phase of the gapless semiconductor V3Al</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Magnetic nanopantograph in the SrCu2(BO3)2 Shastry–Sutherland lattice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Radtke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Saúl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna A. Dabkowska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. E. Jamer</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Myron B. Salamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Jaime</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.91.094409⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 112 (7), pp.1971-1976. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1421414112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01219320v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01219306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simple views on surface stress and surface energy concepts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antiferromagnetic phase of the gapless semiconductor V3Al</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. E. Jamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badih Assaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. E. Sterbinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Arena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Müller</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L. H. Lewis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Natural Sciences : Nanoscience and Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2043-6262/5/1/013002⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 91 (9), pp.094409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.91.094409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00919575v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01219320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphase equation of state for carbon addressing high pressures and temperatures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simple views on surface stress and surface energy concepts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.X. Benedict</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F. Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.89.224109⟩</w:t>
+              <w:t xml:space="preserve">Advances in Natural Sciences : Nanoscience and Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, pp.013002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2043-6262/5/1/013002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01067976v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00919575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular dynamics simulations of the formation of 1D spin-valves from stretched Au-Co and Pt-Co nanowires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multiphase equation of state for carbon addressing high pressures and temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.X. Benedict</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.P. Driver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Militzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Cortes-Huerto</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">T.T. Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/47/474206⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 89 (22), pp.224109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.89.224109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01243095v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01067976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density functional approach for the magnetism of !-TeVO4</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Molecular dynamics simulations of the formation of 1D spin-valves from stretched Au-Co and Pt-Co nanowires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Cortes-Huerto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Sondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saul</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Radtke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.89.104414⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (47), pp.474206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/47/474206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01052682v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01243095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetism of Ba4Ru3O10 revealed by density functional calculations: Structural trimers behaving as coupled magnetic dimers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Density functional approach for the magnetism of !-TeVO4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Radtke</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">G. Rousse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 87 (5), pp.054436. </w:t>
+              <w:t xml:space="preserve">, 2014, 89, pp.104414. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.87.054436⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.89.104414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01052671v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01052682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of temperature in the formation and growth of gold monoatomic chains: A molecular dynamics study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Magnetism of Ba4Ru3O10 revealed by density functional calculations: Structural trimers behaving as coupled magnetic dimers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Radtke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rousse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 88 (23), pp.235438. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.88.235438⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 87 (5), pp.054436. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.87.054436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01243108v1</w:t>
+                <w:t xml:space="preserve">hal-01052671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical study of the magnetic order in alpha-CoV2O6</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Role of temperature in the formation and growth of gold monoatomic chains: A molecular dynamics study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Cortes-Huerto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Sondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saul</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Radtke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 87 (2), pp.024403</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, 88 (23), pp.235438. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.88.235438⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00810503v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01243108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conductance fluctuations in gold point contacts: an atomistic picture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hubert Klein</w:t>
+                <w:t xml:space="preserve">Theoretical study of the magnetic order in alpha-CoV2O6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Leoni</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Andrés Saúl</w:t>
+                <w:t xml:space="preserve">D. Vodenicarevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Radtke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (2), pp.024403</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01075133v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00810503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and properties of nanoscale materials: theory and atomistic computer simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bichara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Marsal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mottet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bichara</w:t>
+                <w:t xml:space="preserve">R. Pellenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 9 (3-7), pp.576-604. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1504/IJNT.2012.045335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00697530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic Couplings in CsV2O5: A New Picture</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Radtke</w:t>
+                <w:t xml:space="preserve">Conductance fluctuations in gold point contacts: an atomistic picture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Leoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Zoubkoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Saúl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23, pp.235707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-4484/23/23/235707⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00603277v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01075133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uphill diffusion, zero-flux planes and transient chemical solitary waves in garnet</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Magnetic Couplings in CsV2O5: A New Picture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Radtke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 161 (5), pp.683-702</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 106 (17), pp.177203</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00603271v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00603277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between Structural, Electronic, and Magnetic Degrees of Freedom in Sr3Cr2O8</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Uphill diffusion, zero-flux planes and transient chemical solitary waves in garnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vielzeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saul</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">G.A. Botton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 105 (3), pp.036401</w:t>
+              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 161 (5), pp.683-702</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00523865v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00603271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the electronic structure and stability of hexagonal Ba3Ti2RuO9</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Radtke</w:t>
+                <w:t xml:space="preserve">Atomistic modeling of strain and diffusion at theSi/SiO2interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ganster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Maunders</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guy Treglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Saúl</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 81, pp.085112</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 81, pp.045315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevb.81.045315⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00523842v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03038194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomistic modeling of strain and diffusion at theSi/SiO2interface</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the electronic structure and stability of hexagonal Ba3Ti2RuO9</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Radtke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Maunders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Ganster</w:t>
+                <w:t xml:space="preserve">S. Lazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Treglia</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">H.J. Whitfield</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 81, pp.045315. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2010, 81, pp.085112</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03038194v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00523842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strain effect on self-diffusion in silicon : numerical study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Ganster</w:t>
+                <w:t xml:space="preserve">Interplay between Structural, Electronic, and Magnetic Degrees of Freedom in Sr3Cr2O8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Radtke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.A. Dabkowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Treglia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Saul</w:t>
+                <w:t xml:space="preserve">G.M. Luke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.A. Botton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 79 (11), pp.115205</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 105 (3), pp.036401</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00386960v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00523865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are conductance plateaus independent events in atomic point contact measurements? A statistical approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Homri</w:t>
+                <w:t xml:space="preserve">Strain effect on self-diffusion in silicon : numerical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ganster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadine Candoni</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. Treglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saul</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 79 (11), pp.115205</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01586765v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00386960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic structure of the quasi 2D spin gap system SrCu2(BO3)2</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">H.A. Dabkowska</w:t>
+                <w:t xml:space="preserve">Are conductance plateaus independent events in atomic point contact measurements? A statistical approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Leoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Zoubkoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Homri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Candoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B.D. Gaulin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Petar Vidakovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 19 (35), pp.355401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-4484/19/35/355401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00386835v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01586765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of gold monoatomic wires connected to two electrodes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Zoubkoff</w:t>
+                <w:t xml:space="preserve">Electronic structure of the quasi 2D spin gap system SrCu2(BO3)2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Radtke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.A. Dabkowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. de La Vega</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Saul</w:t>
+                <w:t xml:space="preserve">B.D. Gaulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.A. Botton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 398, pp.309</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 77, pp.125130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00386834v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00386835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the structure, segregation, and magnetic properties of Ni-Rh clusters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Sondon</w:t>
+                <w:t xml:space="preserve">Structure of gold monoatomic wires connected to two electrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Zoubkoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. de La Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Guevara</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">A. Martin-Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Levy Yeyati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 75, pp.104426</w:t>
+              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 398, pp.309</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00175323v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00386834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic properties of CoRh and NiRh nanowires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Sondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Guevara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 398, pp.352</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00386833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic properties of Pt-Ir nanowires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
+                <w:t xml:space="preserve">Study of the structure, segregation, and magnetic properties of Ni-Rh clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Sondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Guevara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saul</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Guevara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, vol. 601 (18), pp.4297-4299</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 75, pp.104426</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00193587v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00175323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring the surface stress polar dependence</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Magnetic properties of Pt-Ir nanowires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Sondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Muller</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Guevara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, vol. 601 (18), pp.4297-4299</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01967005v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00193587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic effects on surface physics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measuring the surface stress polar dependence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. J Métois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Muller</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andrés Saúl</w:t>
+                <w:t xml:space="preserve">P. Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface Science Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 54 (5-8), pp.157-258. </w:t>
+              <w:t xml:space="preserve">Nature Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 4 (3), pp.238-242. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.surfrep.2004.05.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nmat1328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01967004v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01967005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of prewetting and wetting transitions on the surface energy of liquid binary alloys</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Elastic effects on surface physics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Saúl</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Chatain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1359-6454(97)00390-X⟩</w:t>
+              <w:t xml:space="preserve">Surface Science Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 54 (5-8), pp.157-258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surfrep.2004.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01785902v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01967004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cinétique de dissolution d'un dépôt Fe/Cu</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effects of prewetting and wetting transitions on the surface energy of liquid binary alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Wynblatt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Saúl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Delage</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dominique Chatain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/jp4:1996717⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 46 (7), pp.2337 - 2347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1359-6454(97)00390-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">jpa-00254505v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01785902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cinétique de dissolution d'un dépôt Fe/Cu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Delage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Soisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Bigault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Saúl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 06 (C7), pp.C7-151-C7-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jp4:1996717⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">jpa-00254505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Wavefunctions of one-dimensional incommensurate Hamiltonians: the fractal dimension and its relationship with localisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Llois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Weissmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics C: Solid State Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1988, 21 (11), pp.2137-2151. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0022-3719/21/11/006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6429,124 +6563,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface instabilities induced by electromigration and surface stress measurement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Metois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saul.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International congress on surface instabilities, 1-3 octobre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Sofia, Bulgaria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00105717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6556,125 +6690,125 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description elastique d'une surface et de ses defauts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Saúl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Müller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contraintes mecaniques en micro, nano et optoelectronique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01967057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId254"/>
+      <w:footerReference w:type="default" r:id="rId257"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6821,51 +6955,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966536v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Pezo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Sa&#250;l" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Manchon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Arras" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.L140405" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173278v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Pawbake" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Mardel&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Riccardi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.5c03174" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527867v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Rebolini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Lepetit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4FD00042K" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542981v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Llopez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leroy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calvin Tagne-Kaegom" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Croes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Michon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c00676" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677405v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ad5d39" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735122v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodry Tegomo Chiogo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kierren" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c03281" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981318v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Thirunavukkuarasu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Radtke" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Lu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lazzeri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Christianen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.064410" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981590v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rocquefelte" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirta Herak" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Miyake" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Lafargue-Dit-Hauret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmuth Berger" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.054407" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780562v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vincent" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Saul" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.064421" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886357v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.224402" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135740v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Antonio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Weiss" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Shanks" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Ruff" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Jaime" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-021-00121-6" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03228280v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vielzeuf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paquette" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clemens" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stevens" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmouhcine Gannoun" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-021-01789-2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403829v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/s10051-021-00225-5" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281460v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Braithwaite" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D. Huxley" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsuyoshi Kimura" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.214432" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03358070v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Kohanoff" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Correa" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb Gribakin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conrad Johnston" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/s10053-021-00202-8" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613069v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Vaclavkova" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Delhomme" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Faugeras" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Potemski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksander Bogucki" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/ab93e3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02378173v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khashayar Ghandi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cody Landry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tait Du" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lain&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-52662-z" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970667v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D&#8217;al&#233;o" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Attaccalite" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fages" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8qm00478a" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970669v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauthier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Moosavi Askari" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Maris" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.97.064414" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720335v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vaccarelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rousse" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.180406" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01543011v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie A Le Ca&#235;r" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dezerald" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula A Boukari" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime A Lain&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien A Taupin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2017.05.022" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787567v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bian" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bigonnet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Gayet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Loncle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maignan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201606975" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720468v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jaime" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Salamon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zapf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Harrison" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-00096-4" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970678v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makiko Okada" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hidekazu Tanaka" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuyuki Kurita" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohei Johmoto" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hidehiro Uekusa" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.94.094421" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130906v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ganster" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tr&#233;glia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219306v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Radtke" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna A. Dabkowska" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myron B. Salamon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1421414112" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219320v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Jamer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badih Assaf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. E. Sterbinsky" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arena" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. H. Lewis" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.094409" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919575v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M&#252;ller" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leroy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2043-6262/5/1/013002" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067976v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.X. Benedict" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.P. Driver" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hamel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Militzer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Qi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.224109" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243095v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cortes-Huerto" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sondon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/47/474206" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052682v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.104414" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052671v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Klein" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.054436" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243108v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.235438" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810503v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vodenicarevic" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075133v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Klein" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leoni" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dumas" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Zoubkoff" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/23/23/235707" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697530v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bichara" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marsal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mottet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pellenq" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ribeiro" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2012.045335" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603277v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603271v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vielzeuf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523865v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Dabkowska" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Luke" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Botton" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523842v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maunders" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lazar" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Whitfield" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038194v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ganster" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Treglia" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.81.045315" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386960v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Treglia" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01586765v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Homri" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Candoni" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Vidakovic" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/19/35/355401" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386835v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Gaulin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386834v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zoubkoff" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de La Vega" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martin-Rodero" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Levy Yeyati" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175323v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guevara" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386833v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193587v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967005v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J M&#233;tois" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Muller" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat1328" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967004v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Muller" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfrep.2004.05.001" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5QZF2WQ0-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785902v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Wynblatt" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chatain" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1359-6454(97)00390-X" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00254505v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delage" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Legrand" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Soisson" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bigault" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sa&#250;l" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1996717" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D471FD27897F3B2F457279AD3D6827CDD252B132/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983566v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Llois" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Weissmann" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3719/21/11/006" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0DF4C40B15A54DC6534A1210A97DB5DC16E19480/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105717v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Metois" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Saul." TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967057v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550678v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calvin Tagne-Kaegom" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Llopez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Croes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Kremer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kierren" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/yst7-ktp9" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966536v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Pezo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Sa&#250;l" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Manchon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Arras" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.L140405" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173278v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Pawbake" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Mardel&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Riccardi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.5c03174" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542981v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leroy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Michon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c00676" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527867v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Rebolini" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Lepetit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4FD00042K" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677405v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ad5d39" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735122v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodry Tegomo Chiogo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c03281" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981590v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rocquefelte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirta Herak" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Miyake" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Lafargue-Dit-Hauret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmuth Berger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.054407" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981318v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Thirunavukkuarasu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Radtke" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Lu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lazzeri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Christianen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.064410" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780562v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vincent" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Saul" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.064421" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886357v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.224402" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03228280v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vielzeuf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paquette" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clemens" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stevens" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmouhcine Gannoun" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-021-01789-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135740v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Antonio" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Weiss" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Shanks" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Ruff" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Jaime" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-021-00121-6" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403829v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/s10051-021-00225-5" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03358070v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Kohanoff" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Correa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb Gribakin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conrad Johnston" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/s10053-021-00202-8" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281460v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Braithwaite" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D. Huxley" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsuyoshi Kimura" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.214432" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613069v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Vaclavkova" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Delhomme" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Faugeras" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Potemski" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksander Bogucki" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/ab93e3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02378173v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khashayar Ghandi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cody Landry" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tait Du" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lain&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-52662-z" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970667v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D&#8217;al&#233;o" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Attaccalite" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fages" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8qm00478a" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970669v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauthier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Moosavi Askari" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Maris" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.97.064414" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787567v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bian" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bigonnet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Gayet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Loncle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maignan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201606975" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720335v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vaccarelli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rousse" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.180406" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01543011v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie A Le Ca&#235;r" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dezerald" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula A Boukari" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime A Lain&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien A Taupin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2017.05.022" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720468v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jaime" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Salamon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zapf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Harrison" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-00096-4" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970678v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makiko Okada" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hidekazu Tanaka" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuyuki Kurita" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohei Johmoto" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hidehiro Uekusa" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.94.094421" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130906v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ganster" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tr&#233;glia" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219306v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Radtke" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna A. Dabkowska" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myron B. Salamon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1421414112" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219320v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Jamer" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badih Assaf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. E. Sterbinsky" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arena" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. H. Lewis" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.094409" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919575v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M&#252;ller" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leroy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2043-6262/5/1/013002" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067976v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.X. Benedict" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.P. Driver" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hamel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Militzer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Qi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.224109" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243095v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cortes-Huerto" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sondon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/47/474206" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052682v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.104414" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052671v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Klein" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.054436" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243108v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.235438" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810503v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vodenicarevic" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697530v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bichara" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marsal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mottet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pellenq" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ribeiro" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2012.045335" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075133v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Klein" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leoni" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dumas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Zoubkoff" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/23/23/235707" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603277v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603271v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vielzeuf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038194v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ganster" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Treglia" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.81.045315" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523842v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maunders" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lazar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Whitfield" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523865v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Dabkowska" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Luke" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Botton" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386960v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Treglia" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01586765v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Homri" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Candoni" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Vidakovic" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/19/35/355401" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386835v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Gaulin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386834v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zoubkoff" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de La Vega" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martin-Rodero" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Levy Yeyati" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386833v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guevara" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175323v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193587v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967005v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J M&#233;tois" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Muller" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat1328" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967004v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Muller" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfrep.2004.05.001" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5QZF2WQ0-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785902v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Wynblatt" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chatain" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1359-6454(97)00390-X" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00254505v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delage" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Legrand" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Soisson" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bigault" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sa&#250;l" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1996717" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D471FD27897F3B2F457279AD3D6827CDD252B132/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983566v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Llois" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Weissmann" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3719/21/11/006" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0DF4C40B15A54DC6534A1210A97DB5DC16E19480/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105717v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Metois" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Saul." TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967057v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>