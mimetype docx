--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -303,329 +303,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05403350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invited: From redox-active glyconanoparticles to dextran-based hydrogels for bioelectrochemical energy and transdermal biosensing</w:t>
+                <w:t xml:space="preserve">Invited: A Self-Extracting Hydrogel Microneedle Patch with Dual-State Electrode Integration for Transdermal Bioelectrochemical Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Labex ARCANE Day</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Saint-Martin d'Hères, France</w:t>
+              <w:t xml:space="preserve">1st Edition of the Microneedles for Biosensing Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEA Leti, Nov 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04837920v1</w:t>
+                <w:t xml:space="preserve">hal-04837917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invited: Porous Frameworks at Enzymatic Electrodes for Bioelectrochemical Sensing and Energy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhanced Bioelectrocatalysis and H2O2 Sensing via Dual-Encapsulation in Zeolitic Imidazolate Frameworks at Multi-Walled Carbon Nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Joharian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Encinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Departmental presentation at University of Monastir, Tunisia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Monastir, Tunisia</w:t>
+              <w:t xml:space="preserve">ChemOnTubes 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04837919v1</w:t>
+                <w:t xml:space="preserve">hal-04837923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Bioelectrocatalysis and H2O2 Sensing via Dual-Encapsulation in Zeolitic Imidazolate Frameworks at Multi-Walled Carbon Nanotubes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Invited: From redox-active glyconanoparticles to dextran-based hydrogels for bioelectrochemical energy and transdermal biosensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemOnTubes 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Labex ARCANE Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Saint-Martin d'Hères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04837923v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04837920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invited: A Self-Extracting Hydrogel Microneedle Patch with Dual-State Electrode Integration for Transdermal Bioelectrochemical Applications</w:t>
+                <w:t xml:space="preserve">Invited: Porous Frameworks at Enzymatic Electrodes for Bioelectrochemical Sensing and Energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Edition of the Microneedles for Biosensing Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CEA Leti, Nov 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Departmental presentation at University of Monastir, Tunisia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Monastir, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04837917v1</w:t>
+                <w:t xml:space="preserve">hal-04837919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Invited: Hydrogel Microneedle Arrays for Transdermal Bioelectrochemical Monitoring with Matrix Protection</w:t>
               </w:r>
@@ -1718,411 +1718,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04910404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redox Glyconanoparticles: Self-Assembly, Mediated Bioelectrocatalysis and the Solubilised Enzymatic Fuel Cell</w:t>
+                <w:t xml:space="preserve">Invited: Paper-Based Biofuel Cells to Power Electronics Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules L. Hammond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francis Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Holzinger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Materials Research Society (MRS), May 2019, Nice, France</w:t>
+              <w:t xml:space="preserve">PolyNat International Industries Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Carnot Polynat, May 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04910556v1</w:t>
+                <w:t xml:space="preserve">hal-04910548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Engineering and Electrochemistry at the Molecular Level for Sensing and Energy</w:t>
+                <w:t xml:space="preserve">Invited: Recent Advances in Buckypaper Electrodes for In-Vivo and Portable Enzymatic Biofuel Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cosnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Departmental Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Département de Chimie Moléculaire, UMR 5250, May 2019, Grenoble, France</w:t>
+              <w:t xml:space="preserve">70th Annual ISE Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2019, Durban, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04910580v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invited: Recent Advances in Buckypaper Electrodes for In-Vivo and Portable Enzymatic Biofuel Cells</w:t>
+                <w:t xml:space="preserve">Surface Engineering and Electrochemistry at the Molecular Level for Sensing and Energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Serge Cosnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">70th Annual ISE Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2019, Durban, South Africa</w:t>
+              <w:t xml:space="preserve">Departmental Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département de Chimie Moléculaire, UMR 5250, May 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04910537v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invited: Paper-Based Biofuel Cells to Power Electronics Devices</w:t>
+                <w:t xml:space="preserve">Redox Glyconanoparticles: Self-Assembly, Mediated Bioelectrocatalysis and the Solubilised Enzymatic Fuel Cell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules L. Hammond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaohong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Giroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Travelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PolyNat International Industries Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Carnot Polynat, May 2019, Grenoble, France</w:t>
+              <w:t xml:space="preserve">E-MRS Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Materials Research Society (MRS), May 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04910548v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progrès récents sur les biopiles enzymatiques destinés à l'alimentation en énergie électrique des dispositifs médicaux</w:t>
               </w:r>
@@ -2134,51 +2134,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules L. Hammond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francis Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Holzinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2333,185 +2333,202 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (11)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polysaccharide-based hydrogels combined with MOFs for bioelectroenzymatic sensors</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cellulose and Metal Organic Framework Membranes for Di- and Tribo- Electric Nanogenerators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mètègnon Djomionton Salomon Hountchonou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yana Dimitrova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Dhuiège</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Dahlem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIII ième COLLOQUE DU GFB</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Autrans (Grenoble), France</w:t>
+              <w:t xml:space="preserve">Glyco@Alps Scientific</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04912250v1</w:t>
+                <w:t xml:space="preserve">hal-05540435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polysaccharide-based hydrogels combined with MOFs for bioelectroenzymatic sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladyslav Mishyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2537,918 +2554,1026 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Szarpak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UGA Journee Scientifique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Saint Martin d’Hères, France</w:t>
+              <w:t xml:space="preserve">XVIII ième COLLOQUE DU GFB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Autrans (Grenoble), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04912899v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04912250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-Extracting Dextran-Based Hydrogel Microneedle Arrays with an Interpenetrating Bioelectroenzymatic Sensor for Transdermal Monitoring with Matrix Protection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bastien Darmau</w:t>
+                <w:t xml:space="preserve">Polysaccharide-based hydrogels combined with MOFs for bioelectroenzymatic sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladyslav Mishyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Szarpak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Texier-Nogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 Visiting Committee Labex Arcane</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">UGA Journee Scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Saint Martin d’Hères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04912972v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04912899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioelectrochemical H2O2 Sensing via Biocatalyst Dual-Encapsulation in Zeolitic Imidazolate Frameworks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Joharian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunions Printemps du Club MicroCapteurs Chimiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04837929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced Electrode Materials for Supercapacitors: A study on ZIF-8 and ZIF-8-Derived Porous Carbon</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Doha Abbas</w:t>
+                <w:t xml:space="preserve">Self-Extracting Dextran-Based Hydrogel Microneedle Arrays with an Interpenetrating Bioelectroenzymatic Sensor for Transdermal Monitoring with Matrix Protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Darmau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Houcine Barhoumi</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Texier-Nogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Maghreb-Europa MADICA 2024 Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Monastir (Tunisie), Tunisia</w:t>
+              <w:t xml:space="preserve">2024 Visiting Committee Labex Arcane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04838743v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04912972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Bioelectrocatalysis and H2O2 Sensing via Dual-Encapsulation in Zeolitic Imidazolate Frameworks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Monika Joharian</w:t>
+                <w:t xml:space="preserve">Advanced Electrode Materials for Supercapacitors: A study on ZIF-8 and ZIF-8-Derived Porous Carbon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saher Bellali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Kahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doha Abbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Barhoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French MOF 2024 French : MOFs-COFs-POPs conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Villeurbanne (France), France</w:t>
+              <w:t xml:space="preserve">13th Maghreb-Europa MADICA 2024 Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Monastir (Tunisie), Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04837918v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04838743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioelectrochemical Power Generation via Sequential Biocatalyst Dual-Encapsulation in Zn-based Zeolitic Imidazolate Frameworks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bolac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Joharian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Encinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la SCF Rhône-Alpes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04837922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-linked Biopolymer Hydrogel-coated Electrochemical Biosensors for Transdermal Metabolite Monitoring</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhanced Bioelectrocatalysis and H2O2 Sensing via Dual-Encapsulation in Zeolitic Imidazolate Frameworks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Joharian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Texier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">France: Journée Printemps SCF Rhône-Alpes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">French MOF 2024 French : MOFs-COFs-POPs conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Villeurbanne (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909744v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04837918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ZIF-8 and PCN-333 Redox Composites with Metalloenzymes for Bioelectrochemical H2O2 and O2 Reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Joharian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doha Abbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shane G. Telfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International School on Porous Materials (MOFschool2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Como (ITALY), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04838303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation Assisted Swelling of Bucky Paper Electrodes for Superbiocapacitors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cross-linked Biopolymer Hydrogel-coated Electrochemical Biosensors for Transdermal Metabolite Monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Darmau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Texier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 5th International Union of Materials Research Societies International Conference of Young Researchers on Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Fukuoka, Japan. </w:t>
+              <w:t xml:space="preserve">France: Journée Printemps SCF Rhône-Alpes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04840921v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxidation Assisted Swelling of Bucky Paper Electrodes for Superbiocapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anurag Mohanty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew J. Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Hammond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francis Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Thuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 5th International Union of Materials Research Societies International Conference of Young Researchers on Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Fukuoka, Japan. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04840921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Bioelectrodes/Biopolymer Microneedle Devices for Transdermal Electrochemical Sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Darmau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3477,51 +3602,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Doctorants de l'EDCSV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04913432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3531,51 +3656,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1. Buckypapers for bioelectrochemical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3594,174 +3719,174 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Cosnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioelectrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Gruyter, pp.1-22, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/9783110570526-001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03011420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patterned Molecular Layers on Surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Downard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bradley Simons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aryl Diazonium Salts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley-VCH Verlag GmbH &amp; Co. KGaA, pp.53-69, 2012, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9783527650446.ch3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03016374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3771,139 +3896,139 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expanded ultraporous graphite electrodes for (bio)electronics devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Holzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anurag Mohanty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : PCT/EP2024/069105. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04752573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microneedle electrode patch device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3925,73 +4050,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Texier-Nogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : FR2307214. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04910666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microneedle Patch Device with Integrated Bioelectrode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Darmau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4013,275 +4138,275 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Texier-Nogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : FR3150700. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04910648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy production and/or storage device comprising a reservoir</w:t>
+                <w:t xml:space="preserve">Cross-linked carbon nanomaterial, its uses and a method for its manufacture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Holzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Hammond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">France, Patent n° : WO2021094593A1. 2022</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : WO2022152731A1. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04886821v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-linked carbon nanomaterial, its uses and a method for its manufacture</w:t>
+                <w:t xml:space="preserve">Energy production and/or storage device comprising a reservoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Holzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Hammond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">France, Patent n° : WO2022152731A1. 2022</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francis Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : WO2021094593A1. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04886799v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé de fonctionnalisation du dextran par des (méth)acrylates et utilisation du dextran ainsi fonctionnalisé pour préparer un hydrogel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Texier-Nogues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4303,201 +4428,201 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: EP4201966A1. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04799864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual-cathode fuel biocell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Holzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Hammond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francis Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Cosnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2021170826A1. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04886833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioelectrode for detecting and/or oxidising glucose and method for the production thereof and device comprising same</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Giroud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4505,51 +4630,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Cosnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : FR3060859B1. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03016952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4559,114 +4684,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modification and patterning of planar graphitic surfaces with molecular films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chemical Sciences. University of canterbury, 2012. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03016364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId93"/>
+      <w:footerReference w:type="default" r:id="rId99"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4813,51 +4938,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400765v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladyslav Mishyn" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Szarpak" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Auz&#233;ly-Velty" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Gross" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403350v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Darmau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Texier-Nogues" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837920v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837919v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837923v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Joharian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Encinas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837917v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837921v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838300v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909022v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913441v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838697v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seiya Tsujimuraa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuta Nishina" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Holzinger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04909153v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cosnier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berezovska" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Giroud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gorgy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909722v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909781v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules L. Hammond" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohong Chen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Travelet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838705v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunya Tanaka" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luminita Fritea" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913421v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910404v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910556v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910580v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910537v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910548v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francis Bloch" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913361v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994471v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Abreu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buret" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912250v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912899v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912972v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837929v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838743v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saher Bellali" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Kahri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doha Abbas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Barhoumi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837918v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837922v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bolac" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909744v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Texier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838303v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Auer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shane G. Telfer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840921v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anurag Mohanty" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Hammond" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Thuo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913432v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011420v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110570526-001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016374v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Downard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Simons" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527650446.ch3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752573v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910666v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910648v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886821v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886799v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Bloch" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799864v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886833v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016952v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Giroud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03016364v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400765v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladyslav Mishyn" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Szarpak" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Auz&#233;ly-Velty" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Gross" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403350v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Darmau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Texier-Nogues" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837917v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837923v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Joharian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Encinas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837920v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837919v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837921v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838300v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909022v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913441v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838697v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seiya Tsujimuraa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuta Nishina" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Holzinger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04909153v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cosnier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berezovska" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Giroud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gorgy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909722v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909781v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules L. Hammond" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohong Chen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Travelet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838705v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunya Tanaka" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luminita Fritea" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913421v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910404v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910548v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francis Bloch" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910537v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910580v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910556v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913361v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994471v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Abreu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buret" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540435v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#232;t&#232;gnon Djomionton Salomon Hountchonou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yana Dimitrova" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Meyer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dhui&#232;ge" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dahlem" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912250v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912899v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837929v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912972v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838743v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saher Bellali" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Kahri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doha Abbas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Barhoumi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837922v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bolac" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837918v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838303v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Auer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shane G. Telfer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909744v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Texier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840921v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anurag Mohanty" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Hammond" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Thuo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913432v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011420v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110570526-001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016374v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Downard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Simons" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527650446.ch3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752573v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910666v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910648v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886799v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Bloch" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886821v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799864v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886833v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016952v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Giroud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03016364v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>