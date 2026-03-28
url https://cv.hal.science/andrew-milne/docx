--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -255,448 +255,457 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mémoire(s), identité(s), marginalité(s) dans le monde occidental contemporain. Cahiers du MIMMOC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 31</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, Migration and Diversity in the UK: Historical, Political and Sociological Perspectives. Adapting, living in spaces “in between”, negotiating identities : being a “minority” in the UK, 31, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/1406y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05082638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Typography of Forgetting: The Unsettling of Dominant Social Narratives in the Resurfacing of a Military Deserter in Family Memory</w:t>
+                <w:t xml:space="preserve">“There Is No Law for Me in England”: An Indian Grocer’s Struggle for Economic and Geographical Space, and Agency in Oxford (1888–1896)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genealogy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Histories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (4), pp.465-486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/histories4040024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/genealogy8020060⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04588983v1</w:t>
+                <w:t xml:space="preserve">hal-04799634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“There Is No Law for Me in England”: An Indian Grocer’s Struggle for Economic and Geographical Space, and Agency in Oxford (1888–1896)</w:t>
+                <w:t xml:space="preserve">The Typography of Forgetting: The Unsettling of Dominant Social Narratives in the Resurfacing of a Military Deserter in Family Memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histories</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genealogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8 (2), pp.60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genealogy8020060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/histories4040024⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04799634v1</w:t>
+                <w:t xml:space="preserve">hal-04588983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Singh, Gurharpal and Shani, Giorgio, Sikh Nationalism: From a Dominant Minority to an Ethno-Religious Diaspora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de civilisation britannique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, XXVIII (3), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rfcb.11476⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04529904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Australian Selectors in the Nineteenth Century and Discrepancies in Imaginings and Realities: Critical Family History</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genealogy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 7 (4), pp.78. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genealogy7040078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04254698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sikhs: A Stateless Nation, a Powerful Cohesive Diaspora and a Mistaken Identity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Contemporary British Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -706,718 +715,718 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Everything you were never told! - Fiches de civilisation britannique et américaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Tobia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions Ellipses, 2025, 9782340099722</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sikhs of France and the United Kingdom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Routledge, 2025, 9781032804286</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04529239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire et comprendre la presse anglo-saxonne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ellipses, 2022, 9782340069657</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vocabulaire thématique de la presse anglo-saxonne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ellipses, 2021, 9782340047525</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Monde Anglophone - Fiches de civilisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ellipses, 2021, 9782340047518</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">National Identity Theory and Research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Verdugo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Information Age Publishing, 2016, 978-1-68123-524-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'anglais à Sciences Po</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ellipses, 2014, 9782729883935</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Negotiating Boundaries in Multicultural Societies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dina Mansour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inter-Disciplinary Press, 2014, 978-1-84888-272-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identity, Difference and Belonging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dina Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inter-Disciplinary Press, 2014, 978-1848882843</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réussir l'épreuve d'anglais - Sciences Po et les IEP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Studyrama, 2012, 9782759015801</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1427,318 +1436,318 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction: National Identity: Theory and Practice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Verdugo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">National Identity: Theory and Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Information Age Publishing, pp.1-24, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">National Identity in France: The Validity of Civil Tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">National Identity: Theory and Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Information Age Publishing, pp.245-270, 2016, 9781681235240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frenchness': Reducing the Mosaic of Multi-Facetted Integration to a Civil Test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Negotiating Boundaries in Multicultural Societies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Inter-Disciplinary Press, pp.139-152, 2014, 9781848882720</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations sociales de l'identité nationale et la francité : la validité des tests civiques dans le processus d'évaluation de l'intégration des immigrés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'identité nationale à l'épreuve des identités culturelles en Allemagne, en France, au Royaume-Uni</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.27-44, 2013, 978-2-343-01385-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1748,114 +1757,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Aspects of National Identity on Both Sides of the Channel: a Comparative Case Study of the Sikhs in the UK and France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Milne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Humanities and Social Sciences. Université de Toulouse Jean Jaurès, 2021. English. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04028710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId42"/>
+      <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1923,51 +1932,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CEC59765"/>
+    <w:nsid w:val="029010FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2154,51 +2163,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/andrew-milne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5297-3643" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057461538" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082638v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Milne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588983v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genealogy8020060" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799634v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/histories4040024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529904v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfcb.11476" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254698v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genealogy7040078" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028776v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973096v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Tobia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529239v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028876v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028869v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028856v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028602v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Verdugo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028893v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028640v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Mansour" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028717v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028884v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028739v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028751v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028731v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028623v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04028710v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/andrew-milne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5297-3643" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057461538" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082638v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Milne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1406y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799634v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/histories4040024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588983v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genealogy8020060" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529904v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfcb.11476" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254698v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genealogy7040078" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028776v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973096v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Tobia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529239v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028876v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028869v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028856v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028602v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Verdugo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028893v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028640v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Mansour" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028717v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ille" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028884v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028739v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028751v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028731v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028623v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04028710v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>