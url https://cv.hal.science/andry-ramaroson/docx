--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Andry Ramaroson </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From poverty to prosperity: innovation as a key factor in new venture survival</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Nakara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Douaihy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and Regional Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.1-22. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/08985626.2025.2523806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05263495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How can global city attributes explain international strategic alliance formation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliane Engsig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo B. Nielsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Chiambaretto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Business Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (2), pp.102380. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ibusrev.2024.102380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation and entrepreneurship in a context of poverty: a multilevel approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid A Nakara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 56 (4), pp.1601-1617. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11187-019-00281-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drivers of growth: the case of French academic spin-off</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Entrepreneurship and Innovation Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, The growth of academic spin-offs, 21 (4/5), pp.318-342. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJEIM.2017.085684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'influence de l'image du magasin et des types de marque de distributeur sur le capital marque : le cas des produits alimentaires en France durant la période de crise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Kaswengi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01743973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants de la croissance des essaimages académiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 28 (3-4), pp.37-63. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1035410ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02009444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pérenniser la croissance des spin-off académiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milet Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Haja Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facteurs déterminants de la relation entre la satisfaction des clients et la performance de l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Valentin Ngobo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décisions Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 40, pp.75-84. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7193/DM.040.75.84⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02915209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation produit et service dans un contexte de pauvreté : une analyse multiniveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid A Nakara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Académie de l’Entrepreneuriat et de l’Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02519418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between resources and the early growth trajectories of ASOs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relationships between resources and the early growth trajectories of ASOs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM Conference, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation performance in ASOs : contribution of competencies acquisition of the entrepreneurial team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&D Management Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial team and performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competency acquisition in entrepreneurial teams and innovation performance in ASOs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&D Management Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lifestyle entrepreneurs in academic Spin-offs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does competencies acquisition of entrepreneurial tema impact the ASO’s size ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le capital marque des marques de distributeur : le rôle de l’image du magasin et l’effet modérateur des types de MDD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Kaswengi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29ème Congrès de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04973024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du manger ensemble au mieux vivre ensemble : le cas des produits locaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Pierre Beylier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilles Séré de Lanauze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les évolutions des liens sociaux autour des nouvelles pratiques alimentaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Editions, 2022, 9781789480443</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From “eating together” to “living together better”, The case of local products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Pierre Beylier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilles Séré de Lanauze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution of Social Ties Around New Food Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.145-187, 2021, 9781789450446. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119882206.ch6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creating a Typology of International Alliances with City-level Distance Measures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliane Engsig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo Nielsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Chiambaretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Multiple Dimensions of Institutional Complexity in International Business Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emerald Publishing Limited, pp.311-338, 2021, Progress in International Business Research, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/S1745-886220210000015018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants de la migration des clients entre les marques nationales et les marques de distributeurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Haja Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université d'Orléans, 2009. Français. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2009ORLE0502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00461256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId62"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Andry Ramaroson </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From poverty to prosperity: innovation as a key factor in new venture survival</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Nakara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Douaihy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and Regional Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.1-22. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/08985626.2025.2523806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05263495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How can global city attributes explain international strategic alliance formation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliane Engsig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo B. Nielsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Chiambaretto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Business Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (2), pp.102380. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ibusrev.2024.102380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation and entrepreneurship in a context of poverty: a multilevel approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid A Nakara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 56 (4), pp.1601-1617. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11187-019-00281-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drivers of growth: the case of French academic spin-off</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Entrepreneurship and Innovation Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, The growth of academic spin-offs, 21 (4/5), pp.318-342. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJEIM.2017.085684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'influence de l'image du magasin et des types de marque de distributeur sur le capital marque : le cas des produits alimentaires en France durant la période de crise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Kaswengi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01743973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pérenniser la croissance des spin-off académiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milet Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Haja Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants de la croissance des essaimages académiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 28 (3-4), pp.37-63. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1035410ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02009444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facteurs déterminants de la relation entre la satisfaction des clients et la performance de l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Valentin Ngobo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décisions Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 40, pp.75-84. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7193/DM.040.75.84⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02915209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation produit et service dans un contexte de pauvreté : une analyse multiniveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid A Nakara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Académie de l’Entrepreneuriat et de l’Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02519418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between resources and the early growth trajectories of ASOs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relationships between resources and the early growth trajectories of ASOs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM Conference, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lifestyle entrepreneurs in academic Spin-offs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competency acquisition in entrepreneurial teams and innovation performance in ASOs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&D Management Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial team and performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does competencies acquisition of entrepreneurial tema impact the ASO’s size ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Academy of Management Conference - EURAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation performance in ASOs : contribution of competencies acquisition of the entrepreneurial team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomez-Breysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sammut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Messeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bessière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&D Management Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le capital marque des marques de distributeur : le rôle de l’image du magasin et l’effet modérateur des types de MDD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Kaswengi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29ème Congrès de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04973024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du manger ensemble au mieux vivre ensemble : le cas des produits locaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Pierre Beylier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilles Séré de Lanauze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les évolutions des liens sociaux autour des nouvelles pratiques alimentaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Editions, 2022, 9781789480443</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creating a Typology of International Alliances with City-level Distance Measures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliane Engsig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo Nielsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Chiambaretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Multiple Dimensions of Institutional Complexity in International Business Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emerald Publishing Limited, pp.311-338, 2021, Progress in International Business Research, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/S1745-886220210000015018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From “eating together” to “living together better”, The case of local products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Pierre Beylier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilles Séré de Lanauze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution of Social Ties Around New Food Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.145-187, 2021, 9781789450446. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119882206.ch6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants de la migration des clients entre les marques nationales et les marques de distributeurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andry Haja Ramaroson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université d'Orléans, 2009. Français. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2009ORLE0502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00461256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId62"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263495v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Nakara" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Ramaroson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Douaihy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Messeghem" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08985626.2025.2523806" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114957v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Engsig" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo B. Nielsen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chiambaretto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibusrev.2024.102380" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524929v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid A Nakara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11187-019-00281-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995316v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bessi&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomez Breysse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Sammut" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJEIM.2017.085684" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743973v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Kaswengi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02009444v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bessiere" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomez-Breysse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1035410ar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136986v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milet Arnaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Haja Ramaroson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02915209v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Valentin Ngobo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.040.75.84" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519418v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059467v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02060516v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomez-Breysse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramaroson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sammut" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Messeghem" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bessi&#232;re" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023438v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02060515v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023442v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023446v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973024v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03722499v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Pierre Beylier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Fort" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03563881v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iste.co.uk/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119882206.ch6" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513979v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Nielsen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S1745-886220210000015018" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00461256v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009ORLE0502" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263495v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Nakara" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Ramaroson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Douaihy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Messeghem" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08985626.2025.2523806" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114957v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Engsig" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo B. Nielsen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chiambaretto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibusrev.2024.102380" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524929v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid A Nakara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11187-019-00281-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995316v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bessi&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomez Breysse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Sammut" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJEIM.2017.085684" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743973v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Kaswengi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136986v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomez-Breysse" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milet Arnaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Haja Ramaroson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02009444v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bessiere" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1035410ar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02915209v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Valentin Ngobo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.040.75.84" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519418v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059467v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023442v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomez-Breysse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bessi&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramaroson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sammut" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02060515v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Messeghem" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023438v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02023446v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02060516v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973024v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03722499v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Pierre Beylier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Fort" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513979v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Nielsen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S1745-886220210000015018" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03563881v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iste.co.uk/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119882206.ch6" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00461256v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009ORLE0502" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>