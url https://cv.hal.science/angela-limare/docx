--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1083,278 +1083,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02923420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of rheological heterogeneities in mantle plumes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fundamentals of laminar free convection in internally heated fluids at values of the Rayleigh–Roberts number up to</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenny Vilella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Limare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Jaupart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinzia Farnetani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Fourel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2018.07.022⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 846, pp.966-998. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2018.316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-02923434v1</w:t>
+                <w:t xml:space="preserve">hal-02158904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fundamentals of laminar free convection in internally heated fluids at values of the Rayleigh–Roberts number up to</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamics of rheological heterogeneities in mantle plumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinzia Farnetani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albrecht Hofmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kenny Vilella</w:t>
+                <w:t xml:space="preserve">Thomas Duvernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Limare</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 846, pp.966-998. </w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 499, pp.74-82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2018.316⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2018.07.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02158904v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02923434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Earth’s mantle in a microwave oven: thermal convection driven by a heterogeneous distribution of heat sources</w:t>
               </w:r>
@@ -1487,51 +1487,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave-heating laboratory experiments for planetary mantle convection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Limare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenny Vilella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Di Giuseppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3921,272 +3921,272 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04051197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photopyroelectrical measurement of the thermal properties of knitted textile samples. Influence of composition, structural parameters and water content</w:t>
+                <w:t xml:space="preserve">Non-contact photopyroelectric method applied to thermal and optical characterization of textiles. Four-flux modeling of a scattering sample</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Limare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Duvaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Bachmann</w:t>
+                <w:t xml:space="preserve">Jean-François Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bissieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 42 (10), pp.963-972. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1290-0729(03)00074-7⟩</w:t>
+              <w:t xml:space="preserve">, 2003, 42 (10), pp.951 - 961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s1290-0729(03)00073-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04051200v1</w:t>
+                <w:t xml:space="preserve">hal-04051201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-contact photopyroelectric method applied to thermal and optical characterization of textiles. Four-flux modeling of a scattering sample</w:t>
+                <w:t xml:space="preserve">Photopyroelectrical measurement of the thermal properties of knitted textile samples. Influence of composition, structural parameters and water content</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Limare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Duvaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Bissieux</w:t>
+                <w:t xml:space="preserve">Jean-Marie Bachmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 42 (10), pp.951 - 961. </w:t>
+              <w:t xml:space="preserve">, 2003, 42 (10), pp.963-972. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s1290-0729(03)00073-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S1290-0729(03)00074-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04051201v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04051200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined standard(SPPE) and inverse(IPPE) photopyroelectric configurations for measurement of dynamic thermal parameters of saturated and unsaturated fatty acids</w:t>
               </w:r>
@@ -6037,51 +6037,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050883v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Sturtz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Limare" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Tait" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Kaminski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021je007000" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050900v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JE007020" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748508v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaussidon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2022.115100" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050963v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.862" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050935v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balthasar Kenda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Kaminski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanoil Surducan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Surducan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2021.101224" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02931908v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2020.116469" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050991v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Jaupart" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Farnetani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3811/jjmf.2020.T016" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02923420v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Fourel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2019.243" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02923434v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albrecht Hofmann" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duvernay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2018.07.022" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158904v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenny Vilella" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2018.316" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02923538v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-017-2381-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01183964v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Di Giuseppe" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia G. Farnetania" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward R Kaminski" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2015.347" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01001919v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chauvet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Devauchelle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois M&#233;tivier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lajeunesse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4862442" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051161v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Garel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kaminski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tait" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Limare" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.03.061" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499811v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Reitz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Jerolmack" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lajeunesse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Devauchelle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.89.052809" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581052v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Surducan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Surducan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Neamtu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Di Giuseppe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902323" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01011592v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weill" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M&#233;tivier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2110/jsr.2014.41" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02927632v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Milelli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50218" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581773v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2013.08.006" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-39F83PBP-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03583373v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JB008698" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01499426v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Limare" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Tal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M D Reitz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E D Lajeunesse" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F D M&#233;tivier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-2-143-2011" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02932040v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Androvandi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Davaille" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Foucquier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marais" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2011.07.004" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T31M9J18-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02932057v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Touitou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichiro Kumagai" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Vatteville" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-010-0924-y" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XTCP1QRX-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606492v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/sed-3-187-2011" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03605319v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. L&#233;vy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jaupart" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -C. Mareschal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bienfait" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JB006470" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1SHQ40DD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02932078v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter van Keken" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009GC002739" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664303v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalloul Bouajila" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dole" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Joly" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lemaitre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.24299" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J0VDKJ1L-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051194v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouajila" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dole" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Joly" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681523v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051197v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bouajila" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Joly" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dole" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.20342" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-344FM2FG-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051200v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Duvaut" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bachmann" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1290-0729(03)00074-7" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D71WCPKC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051201v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Henry" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bissieux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1290-0729(03)00073-5" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V54WL9XL-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00253166v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dadarlat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Visser" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bicanic" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Frandas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. van Asselt" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:19947113" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0CFE1B6E4108B61F9E12E78B6717DF05FB993992/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992862v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Garel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Tait" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP426.6" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051075v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-444-53802-4.00128-7" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500433v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Frey" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wonsuck Kim" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119940791.ch13" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051124v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ienciu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4938446" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02931990v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camelia Neamtu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4833718" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051144v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fourel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4938436" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913343v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chauveau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581758v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4833687" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00670139v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allemand" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dessert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01501296v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Chauvet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F M&#233;tivier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917118v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064801v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050883v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Sturtz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Limare" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Tait" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Kaminski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021je007000" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050900v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JE007020" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748508v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaussidon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2022.115100" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050963v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.862" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050935v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balthasar Kenda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Kaminski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanoil Surducan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Surducan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2021.101224" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02931908v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2020.116469" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050991v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Jaupart" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Farnetani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3811/jjmf.2020.T016" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02923420v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Fourel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2019.243" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158904v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenny Vilella" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2018.316" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02923434v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albrecht Hofmann" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duvernay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2018.07.022" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02923538v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-017-2381-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01183964v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Di Giuseppe" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia G. Farnetania" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward R Kaminski" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2015.347" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01001919v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chauvet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Devauchelle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois M&#233;tivier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lajeunesse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4862442" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051161v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Garel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kaminski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tait" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Limare" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.03.061" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499811v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Reitz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Jerolmack" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lajeunesse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Devauchelle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.89.052809" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581052v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Surducan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Surducan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Neamtu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Di Giuseppe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902323" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01011592v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weill" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M&#233;tivier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2110/jsr.2014.41" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02927632v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Milelli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50218" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581773v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2013.08.006" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-39F83PBP-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03583373v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JB008698" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01499426v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Limare" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Tal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M D Reitz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E D Lajeunesse" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F D M&#233;tivier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-2-143-2011" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02932040v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Androvandi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Davaille" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Foucquier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marais" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2011.07.004" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T31M9J18-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02932057v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Touitou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichiro Kumagai" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Vatteville" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-010-0924-y" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XTCP1QRX-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606492v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/sed-3-187-2011" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03605319v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. L&#233;vy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jaupart" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -C. Mareschal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bienfait" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JB006470" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1SHQ40DD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02932078v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter van Keken" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009GC002739" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664303v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalloul Bouajila" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dole" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Joly" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lemaitre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.24299" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J0VDKJ1L-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051194v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouajila" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dole" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Joly" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681523v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051197v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bouajila" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Joly" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dole" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.20342" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-344FM2FG-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051201v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Duvaut" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Henry" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bissieux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1290-0729(03)00073-5" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V54WL9XL-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051200v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bachmann" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1290-0729(03)00074-7" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D71WCPKC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00253166v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dadarlat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Visser" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bicanic" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Frandas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. van Asselt" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:19947113" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0CFE1B6E4108B61F9E12E78B6717DF05FB993992/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992862v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Garel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Tait" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP426.6" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051075v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-444-53802-4.00128-7" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500433v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Frey" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wonsuck Kim" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119940791.ch13" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051124v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ienciu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4938446" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02931990v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camelia Neamtu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4833718" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051144v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fourel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4938436" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00913343v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chauveau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581758v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4833687" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00670139v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allemand" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dessert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01501296v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Chauvet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F M&#233;tivier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917118v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064801v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>