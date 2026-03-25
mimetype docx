--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -208,555 +208,555 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Neural-Network-Based Fault Tolerant Control for Autonomous Vehicles With Dynamic Output Constraints</w:t>
+                <w:t xml:space="preserve">Diffusion-Driven Hybrid Unknown Input Observer for Vehicle Dynamics Estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhaoyu Qiu</w:t>
+                <w:t xml:space="preserve">Cheng Tian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoyuan Zhu</w:t>
+                <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
+                <w:t xml:space="preserve">Edward Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guodong Yin</w:t>
+                <w:t xml:space="preserve">Hailong Huang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMECH.2025.3575035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIE.2025.3626623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05115411v1</w:t>
+                <w:t xml:space="preserve">hal-05402723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contingency-Aware Spatiotemporal Optimization for Safe Autonomous Vehicle Trajectory Planning</w:t>
+                <w:t xml:space="preserve">Trust-Based Shared Steering Control With Game Theory Using Event-Triggered ADP for Human-Vehicle Cooperative Driving</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhihao Lin</w:t>
+                <w:t xml:space="preserve">Yingkui Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jianglin Lan</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Sicheng Ge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Flynn</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ji Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TITS.2025.3597234⟩</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2025.3581082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05291620v1</w:t>
+                <w:t xml:space="preserve">hal-05133637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trust-Based Shared Steering Control With Game Theory Using Event-Triggered ADP for Human-Vehicle Cooperative Driving</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adaptive Neural-Network-Based Fault Tolerant Control for Autonomous Vehicles With Dynamic Output Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sicheng Ge</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Zhaoyu Qiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyuan Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chao Huang</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guodong Yin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+              <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TVT.2025.3581082⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMECH.2025.3575035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05133637v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05115411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion-Driven Hybrid Unknown Input Observer for Vehicle Dynamics Estimation</w:t>
+                <w:t xml:space="preserve">Contingency-Aware Spatiotemporal Optimization for Safe Autonomous Vehicle Trajectory Planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheng Tian</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Zhihao Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianglin Lan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hailong Huang</w:t>
+                <w:t xml:space="preserve">David Flynn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TIE.2025.3626623⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TITS.2025.3597234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05402723v1</w:t>
+                <w:t xml:space="preserve">hal-05291620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guaranteed State Estimation for H−/L∞ Fault Detection of Uncertain Takagi-Sugeno Fuzzy Systems With Unmeasured Nonlinear Consequents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masoud Pourasghar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -803,64 +803,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guest Editorial of the Special Section on “Human-Centric Advanced Driver Assistance Systems: Technical Developments and User Experience”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chao Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Fong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -972,51 +972,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yougang Bian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hui Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1063,77 +1063,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncertainty-driven Active Reinforcement Learning for Energy Management Strategy in Electrified Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dong Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheng Tian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chao Huang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Transportation Electrification</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1161,1066 +1161,1066 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative Identification of Driver Distraction: A Weakly Supervised Contrastive Learning Approach</w:t>
+                <w:t xml:space="preserve">Switched Dynamic Event-Triggered Control for String Stability of Nonhomogeneous Vehicle Platoons with Uncertainty Compensation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haohan Yang</w:t>
+                <w:t xml:space="preserve">Rafael Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haochen Liu</w:t>
+                <w:t xml:space="preserve">Fernando Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhongxu Hu</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Luciano Frezzatto</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 25 (2), pp.2034-2045. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Intelligent Vehicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TITS.2023.3316203⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIV.2024.3385575⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05481619v1</w:t>
+                <w:t xml:space="preserve">hal-04553951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guest Editorial of the Special section on Customers Centric Communication and Networked Control for Intelligent Cyber-Physical Transportation Systems</w:t>
+                <w:t xml:space="preserve">Fault tolerant observer design for a class of nonlinear systems with corrupted outputs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chinmay Chakraborty</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Chao Huang</w:t>
+                <w:t xml:space="preserve">Thierry‐marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houbing Herbert Song</w:t>
+                <w:t xml:space="preserve">Vinicius Caseiro de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Berdjag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chen Lv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh‐tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Consumer Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TCE.2024.3368615⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34 (13), pp.8825-8843. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rnc.7446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04565305v1</w:t>
+                <w:t xml:space="preserve">hal-05481337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cost-Effective Estimation of Vehicle Lateral Tire-Road Forces and Sideslip Angle via Nonlinear Sampled-Data Observers: Theory and Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Frezzatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Delprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 29 (6), pp.4606-4617. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMECH.2024.3382777⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMECH.2024.3382777⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05481594v1</w:t>
+                <w:t xml:space="preserve">hal-04553950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cost-Effective Estimation of Vehicle Lateral Tire-Road Forces and Sideslip Angle via Nonlinear Sampled-Data Observers: Theory and Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Frezzatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Delprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+              <w:t xml:space="preserve">, 2024, 29 (6), pp.4606-4617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TMECH.2024.3382777⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04553950v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05481594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault tolerant observer design for a class of nonlinear systems with corrupted outputs</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guest Editorial of the Special section on Customers Centric Communication and Networked Control for Intelligent Cyber-Physical Transportation Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Berdjag</w:t>
+                <w:t xml:space="preserve">Chinmay Chakraborty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chen Lv</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anh‐tu Nguyen</w:t>
+                <w:t xml:space="preserve">Houbing Herbert Song</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rnc.7446⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Consumer Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 70 (1), pp.1702-1705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCE.2024.3368615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05481337v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04565305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switched Dynamic Event-Triggered Control for String Stability of Nonhomogeneous Vehicle Platoons with Uncertainty Compensation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantitative Identification of Driver Distraction: A Weakly Supervised Contrastive Learning Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haohan Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Silva</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Haochen Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhongxu Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Intelligent Vehicles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (2), pp.2034-2045. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TIV.2024.3385575⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TITS.2023.3316203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04553951v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05481619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault estimation for nonlinear parameter-varying time-delayed systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recent Estimation Techniques of Vehicle-Road-Pedestrian States for Traffic Safety: Comprehensive Review and Future Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheng Tian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Márcia L.C. Peixoto</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mathematics and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.amc.2023.128405⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TITS.2024.3517162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04278785v1</w:t>
+                <w:t xml:space="preserve">hal-04857166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Estimation Techniques of Vehicle-Road-Pedestrian States for Traffic Safety: Comprehensive Review and Future Perspectives</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chao Huang</w:t>
+                <w:t xml:space="preserve">Fault estimation for nonlinear parameter-varying time-delayed systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Márcia L.C. Peixoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro H.S. Coutinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Wang</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reinaldo Palhares</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.1-24. </w:t>
+              <w:t xml:space="preserve">Applied Mathematics and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 465, pp.128405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TITS.2024.3517162⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.amc.2023.128405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04857166v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decoupling-Based LPV Observer for Driver Torque Intervention Estimation in Human–Machine Shared Driving Under Uncertain Vehicle Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2236,51 +2236,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Popieul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Automation Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">, inPress, </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TASE.2024.3394240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -2319,51 +2319,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunshuai Ren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiangpeng Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Fuzzy Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2449,51 +2449,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Intelligent Vehicles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
@@ -2525,1066 +2525,1066 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04514565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model reconstruction approach for control synthesis of Takagi-Sugeno fuzzy systems</w:t>
+                <w:t xml:space="preserve">Vehicle Actuator Fault Detection With Finite-Frequency Specifications via Takagi-Sugeno Fuzzy Observers: Theory and Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hua Zheng</w:t>
+                <w:t xml:space="preserve">Juntao Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wen-Bo Xie</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sujun Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuzzy Sets and Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fss.2023.108640⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 72 (1), pp.407-417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2022.3204326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04278800v1</w:t>
+                <w:t xml:space="preserve">hal-04278835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint Estimation of Nonlinear Dynamics and Resistance Torque for Integrated Motor-Transmission Systems via Switched ℓ ∞ Observers With Smoothness Guarantee</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Channel-Level Event-Triggered Communication Scheme for Path Tracking Control of Autonomous Ground Vehicles With Distributed Sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liqin Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manjiang Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hui Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yougang Bian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Systems, Man, and Cybernetics: Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TSMC.2023.3297064⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 72 (10), pp.12553-12566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2023.3274111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04278795v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Cost Function-Based Shared Driving Control for Cooperative Lane-Keeping Systems With User-Test Experiments</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Popieul</w:t>
+                <w:t xml:space="preserve">Fuzzy Unknown Input Observer for Estimating Sensor and Actuator Cyber-Attacks in Intelligent Connected Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juntao Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sujun Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huifan Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hui Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Intelligent Vehicles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIV.2023.3317979⟩</w:t>
+              <w:t xml:space="preserve">Automotive Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (2), pp.164-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42154-023-00228-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04261249v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Survey on Fuzzy Control for Mechatronics Applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Event-Triggered Robust Path Tracking Control Considering Roll Stability Under Network-Induced Delays for Autonomous Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Viadero-Monasterio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Lauber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Jesus L. Boada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radu-Emil Precup</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sašo Blažič</w:t>
+                <w:t xml:space="preserve">Beatriz Boada</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Systems Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00207721.2023.2293486⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TITS.2023.3321415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501760v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Event-Triggered Robust Path Tracking Control Considering Roll Stability Under Network-Induced Delays for Autonomous Vehicles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Survey on Fuzzy Control for Mechatronics Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radu-Emil Precup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Viadero-Monasterio</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Beatriz Boada</w:t>
+                <w:t xml:space="preserve">Sašo Blažič</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TITS.2023.3321415⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Systems Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 55 (4), pp.771-813. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00207721.2023.2293486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04278779v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Channel-Level Event-Triggered Communication Scheme for Path Tracking Control of Autonomous Ground Vehicles With Distributed Sensors</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adaptive Cost Function-Based Shared Driving Control for Cooperative Lane-Keeping Systems With User-Test Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Radjeb Oudainia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chouki Sentouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Popieul</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVT.2023.3274111⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Intelligent Vehicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIV.2023.3317979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04278817v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04261249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy Unknown Input Observer for Estimating Sensor and Actuator Cyber-Attacks in Intelligent Connected Vehicles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">A model reconstruction approach for control synthesis of Takagi-Sugeno fuzzy systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hua Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wen-Bo Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sujun Wang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hui Zhang</w:t>
+                <w:t xml:space="preserve">Dong Qu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automotive Innovation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42154-023-00228-1⟩</w:t>
+              <w:t xml:space="preserve">Fuzzy Sets and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 469, pp.108640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fss.2023.108640⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04278804v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vehicle Actuator Fault Detection With Finite-Frequency Specifications via Takagi-Sugeno Fuzzy Observers: Theory and Experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">Joint Estimation of Nonlinear Dynamics and Resistance Torque for Integrated Motor-Transmission Systems via Switched ℓ ∞ Observers With Smoothness Guarantee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juntao Pan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weilong Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyuan Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hailong Huang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 72 (1), pp.407-417. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Systems, Man, and Cybernetics: Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 53 (11), pp.7280-7291. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TVT.2022.3204326⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TSMC.2023.3297064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04278835v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced-Complexity LMI Conditions for Admissibility Analysis and Control Design of Singular Nonlinear Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Dehak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dequidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3651,504 +3651,504 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04278840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Parallel Intelligence-Driven Resource Scheduling Scheme for Digital Twins-Based Intelligent Vehicular Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Convex Stability Analysis of Mamdani-Like Fuzzy Systems With Singleton Consequents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Dehak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Junchao Yang</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michio Sugeno</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Intelligent Vehicles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIV.2023.3237960⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Fuzzy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 31 (11), pp.3787-3798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TFUZZ.2023.3267849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04278826v1</w:t>
+                <w:t xml:space="preserve">hal-04278819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convex Stability Analysis of Mamdani-Like Fuzzy Systems With Singleton Consequents</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Reduced-order model based dynamic tracking for soft manipulators: Data-driven LPV modeling, control design and experimental results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shijie Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michio Sugeno</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Kruszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Fuzzy Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TFUZZ.2023.3267849⟩</w:t>
+              <w:t xml:space="preserve">Control Engineering Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 138, pp.105618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2023.105618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04278819v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced-order model based dynamic tracking for soft manipulators: Data-driven LPV modeling, control design and experimental results</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Parallel Intelligence-Driven Resource Scheduling Scheme for Digital Twins-Based Intelligent Vehicular Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junchao Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chinmay Chakraborty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shijie Li</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+                <w:t xml:space="preserve">Keping Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Kruszewski</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Zhiwei Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Control Engineering Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 138, pp.105618. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Intelligent Vehicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (4), pp.2770-2785. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2023.105618⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIV.2023.3237960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04278797v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative Identification of Driver Distraction: A Weakly Supervised Contrastive Learning Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haohan Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haochen Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhongxu Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.1-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TITS.2023.3316203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04278793v1</w:t>
@@ -4159,90 +4159,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fault-Tolerant Predictive Control With Deep-Reinforcement-Learning-Based Torque Distribution for Four In-Wheel Motor Drive Electric Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huifan Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youqun Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chao Huang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 28 (2), pp.668-680. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4276,90 +4276,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LPV Unknown Input Observer-Based Estimation of Driver Intervention Torque and Vehicle Dynamics for Human-Machine Shared Driving</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiyun Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juntao Pan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Taghavifar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4400,438 +4400,438 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05481576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint Optimization of Deployment and Flight Planning of Multi-UAVs for Long-distance Data Collection from Large-scale IoT Devices</w:t>
+                <w:t xml:space="preserve">Neural-Network-Based Fuzzy Observer with Data-Driven Uncertainty Identification for Vehicle Dynamics Estimation under Extreme Driving Conditions: Theory and Experimental Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yiying Zhang</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+                <w:t xml:space="preserve">Cuong Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Delprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Internet of Things Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.1-1. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 72 (7), pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JIOT.2023.3285942⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2023.3249832⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04307155v1</w:t>
+                <w:t xml:space="preserve">hal-04017564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust lateral motion control of distributed drive vehicle considering long input delays</w:t>
+                <w:t xml:space="preserve">Joint Optimization of Deployment and Flight Planning of Multi-UAVs for Long-distance Data Collection from Large-scale IoT Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Li</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Yiying Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yue Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hailong Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rnc.6561⟩</w:t>
+              <w:t xml:space="preserve">IEEE Internet of Things Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JIOT.2023.3285942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04278830v1</w:t>
+                <w:t xml:space="preserve">hal-04307155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural-Network-Based Fuzzy Observer with Data-Driven Uncertainty Identification for Vehicle Dynamics Estimation under Extreme Driving Conditions: Theory and Experimental Results</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robust lateral motion control of distributed drive vehicle considering long input delays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuxue Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cuong Nguyen</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Keke Geng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 72 (7), pp.1-11. </w:t>
+              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (5), pp.3185-3209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TVT.2023.3249832⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/rnc.6561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04017564v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cascade Takagi–Sugeno fuzzy observer design for nonlinear uncertain systems with unknown inputs: A sliding mode approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuong Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh‐tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Delprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4917,51 +4917,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iury Bessa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen‐bo Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinaldo Martínez Palhares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5002,1496 +5002,1496 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04278845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equivalent-Input-Disturbance-Based Dynamic Tracking Control for Soft Robots via Reduced-Order Finite-Element Models</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Kruszewski</w:t>
+                <w:t xml:space="preserve">Zonotopic observer designs for uncertain Takagi–Sugeno fuzzy systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masoud Pourasghar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 27 (5), pp.4078-4089. </w:t>
+              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 114, pp.105126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMECH.2022.3144353⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.engappai.2022.105126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04278852v1</w:t>
+                <w:t xml:space="preserve">hal-04278847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zonotopic observer designs for uncertain Takagi–Sugeno fuzzy systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Equivalent-Input-Disturbance-Based Dynamic Tracking Control for Soft Robots via Reduced-Order Finite-Element Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shijie Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Kruszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 114, pp.105126. </w:t>
+              <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (5), pp.4078-4089. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engappai.2022.105126⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMECH.2022.3144353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04278847v1</w:t>
+                <w:t xml:space="preserve">hal-04278852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takagi–Sugeno fuzzy observer design for nonlinear descriptor systems with unmeasured premise variables and unknown inputs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Fuzzy descriptor tracking control with guaranteed L∞ error-bound for robot manipulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dequidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Víctor Campos</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Wenbo Xie</w:t>
+                <w:t xml:space="preserve">van Anh Nguyen Thi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vermeiren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dambrine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rnc.5453⟩</w:t>
+              <w:t xml:space="preserve">Transactions of the Institute of Measurement and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 43 (6), pp.1404-1415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0142331220979262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04307213v1</w:t>
+                <w:t xml:space="preserve">hal-03527996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takagi–Sugeno Fuzzy Unknown Input Observers to Estimate Nonlinear Dynamics of Autonomous Ground Vehicles: Theory and Real-Time Verification</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Unknown Input Observer Based Approach for Distributed Tube-Based Model Predictive Control of Heterogeneous Vehicle Platoons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qianyue Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Truong Quang Dinh</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Juntao Pan</w:t>
+                <w:t xml:space="preserve">James Fleming</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hui Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 26 (3), pp.1328 - 1338. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 70 (4), pp.2930-2944. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/tmech.2020.3049070⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2021.3064680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04307204v2</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03710659v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust observer-based tracking control under actuator constraints for power-assisted wheelchairs</w:t>
+                <w:t xml:space="preserve">A Unified Framework for Asymptotic Observer Design of Fuzzy Systems With Unmeasurable Premise Variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guoxi Feng</w:t>
+                <w:t xml:space="preserve">Jun-Tao Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucian Busoniu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sami Mohammad</w:t>
+                <w:t xml:space="preserve">Dalil Ichalal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Control Engineering Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2020.104716⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Fuzzy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29 (10), pp.2938-2948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TFUZZ.2020.3009737⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03426131v1</w:t>
+                <w:t xml:space="preserve">hal-03425007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polytopic LPV approaches for intelligent automotive systems: State of the art and future challenges</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hui Zhang</w:t>
+                <w:t xml:space="preserve">Avoiding Unmeasured Premise Variables in Designing Unknown Input Observers for Takagi–Sugeno Fuzzy Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juntao Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenhua Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2021.107931⟩</w:t>
+              <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (1), pp.79-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LCSYS.2020.2999028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03709811v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04307203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avoiding Unmeasured Premise Variables in Designing Unknown Input Observers for Takagi–Sugeno Fuzzy Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Takagi–Sugeno fuzzy observer design for nonlinear descriptor systems with unmeasured premise variables and unknown inputs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juntao Pan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Zhenhua Wang</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenbo Xie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LCSYS.2020.2999028⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (17), pp.8353-8372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rnc.5453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04307203v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03426277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human-Machine Shared Driving Control for Semi-Autonomous Vehicles Using Level of Cooperativeness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jagat Jyoti Rath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chen Lv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Lauber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 21 (14), pp.4647. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/s21144647⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03426491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy descriptor tracking control with guaranteed L∞ error-bound for robot manipulators</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Robust observer-based tracking control under actuator constraints for power-assisted wheelchairs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guoxi Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucian Busoniu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Michel Dambrine</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Mohammad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transactions of the Institute of Measurement and Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0142331220979262⟩</w:t>
+              <w:t xml:space="preserve">Control Engineering Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 109, pp.104716. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2020.104716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03527996v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03426131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unknown Input Observer Based Approach for Distributed Tube-Based Model Predictive Control of Heterogeneous Vehicle Platoons</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polytopic LPV approaches for intelligent automotive systems: State of the art and future challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Fleming</w:t>
+                <w:t xml:space="preserve">Panshuo Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiping Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hui Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVT.2021.3064680⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 161, pp.107931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2021.107931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03710659v2</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Unified Framework for Asymptotic Observer Design of Fuzzy Systems With Unmeasurable Premise Variables</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Takagi–Sugeno Fuzzy Unknown Input Observers to Estimate Nonlinear Dynamics of Autonomous Ground Vehicles: Theory and Real-Time Verification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Truong Quang Dinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dalil Ichalal</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juntao Pan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Fuzzy Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 29 (10), pp.2938-2948. </w:t>
+              <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (3), pp.1328 - 1338. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TFUZZ.2020.3009737⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/tmech.2020.3049070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03425007v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04307204v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takagi–Sugeno fuzzy observer design for nonlinear descriptor systems with unmeasured premise variables and unknown inputs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Takagi–Sugeno fuzzy observer design for nonlinear descriptor systems with unmeasured premise variables and unknown inputs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Campos</w:t>
+                <w:t xml:space="preserve">Víctor Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juntao Pan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenbo Xie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 31 (17), pp.8353-8372. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId183" w:history="1">
+              <w:t xml:space="preserve">, 2021, 31 (17), pp.8353 - 8372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/rnc.5453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03426277v1</w:t>
+                <w:t xml:space="preserve">hal-04307213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cascade Descriptor Observers: Application to Understanding Sitting Control of Persons Living With Spinal Cord Injury</w:t>
               </w:r>
@@ -6503,51 +6503,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Srihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pudlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6601,317 +6601,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03426286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constrained Output-Feedback Control for Discrete-Time Fuzzy Systems With Local Nonlinear Models Subject to State and Input Constraints</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Robust Set-Invariance Based Fuzzy Output Tracking Control for Vehicle Autonomous Driving Under Uncertain Lateral Forces and Steering Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pedro Coutinho</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jagat Jyoti Rath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinaldo Martinez Palhares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jun-Tao Pan</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hui Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Cybernetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 51 (9), pp.4673-4684. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (9), pp.5849-5860. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TCYB.2020.3009128⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TITS.2020.3021292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03424920v1</w:t>
+                <w:t xml:space="preserve">hal-03424551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Set-Invariance Based Fuzzy Output Tracking Control for Vehicle Autonomous Driving Under Uncertain Lateral Forces and Steering Constraints</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Constrained Output-Feedback Control for Discrete-Time Fuzzy Systems With Local Nonlinear Models Subject to State and Input Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jagat Jyoti Rath</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Coutinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinaldo Martinez Palhares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hui Zhang</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun-Tao Pan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 22 (9), pp.5849-5860. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Cybernetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 51 (9), pp.4673-4684. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TITS.2020.3021292⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TCYB.2020.3009128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03424551v1</w:t>
+                <w:t xml:space="preserve">hal-03424920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuzzy Static Output Feedback Control for Path Following of Autonomous Vehicles With Transient Performance Improvements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6984,77 +6984,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Multiple-Parameterization Approach for local stabilization of constrained Takagi-Sugeno fuzzy systems with nonlinear consequents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro H.S. Coutinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinaldo Martinez Palhares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7101,51 +7101,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guest Editorial: Emerging Trends in LPV‐Based Control of Intelligent Automotive Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IET Control Theory and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 14 (18), pp.2715-2716. </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7173,434 +7173,434 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04278896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unknown Input Observers for Simultaneous Estimation of Vehicle Dynamics and Driver Torque: Theoretical Design and Hardware Experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Driver-Automation Cooperation Oriented Approach for Shared Control of Lane Keeping Assist Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chouki Sentouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hui Zhang</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amir Benloucif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Popieul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMECH.2019.2933744⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (5), pp.1962-1978. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCST.2018.2842211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03644265v1</w:t>
+                <w:t xml:space="preserve">hal-03426325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driver-Automation Cooperation Oriented Approach for Shared Control of Lane Keeping Assist Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cooperative Trajectory Planning for Haptic Shared Control Between Driver and Automation in Highway Driving</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amir Benloucif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Amir Benloucif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Popieul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 27 (5), pp.1962-1978. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 66 (12), pp.9846-9857. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TCST.2018.2842211⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIE.2019.2893864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03426325v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03644237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative Trajectory Planning for Haptic Shared Control Between Driver and Automation in Highway Driving</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Unknown Input Observers for Simultaneous Estimation of Vehicle Dynamics and Driver Torque: Theoretical Design and Hardware Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Popieul</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hui Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 66 (12), pp.9846-9857. </w:t>
+              <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24 (6), pp.2508-2518. </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TIE.2019.2893864⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMECH.2019.2933744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03644237v1</w:t>
+                <w:t xml:space="preserve">hal-03644265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous Estimation of State and Unknown Input with Hinfinity Guarantee on Error-Bounds for Fuzzy Descriptor Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Campos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 3 (4), pp.1020-1025. </w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7634,90 +7634,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuzzy Control Systems: Past, Present and Future</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tadanari Taniguchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luka Eciolaza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinaldo Martinez Palhares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7781,51 +7781,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Tracking Control with Reduced Complexity of Serial Robots: A Robust Fuzzy Descriptor Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi van Anh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dequidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7892,291 +7892,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03426398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensor Reduction for Driver-Automation Shared Steering Control via an Adaptive Authority Allocation Strategy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Fuzzy steering control for autonomous vehicles under actuator saturation: Design and experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Popieul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 23 (1), pp.5-16. </w:t>
+              <w:t xml:space="preserve">Journal of The Franklin Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 355 (18), pp.9374-9395. </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMECH.2017.2698216⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfranklin.2017.11.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03428194v1</w:t>
+                <w:t xml:space="preserve">hal-03426845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy steering control for autonomous vehicles under actuator saturation: Design and experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Sensor Reduction for Driver-Automation Shared Steering Control via an Adaptive Authority Allocation Strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Popieul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Franklin Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 355 (18), pp.9374-9395. </w:t>
+              <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (1), pp.5-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfranklin.2017.11.027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMECH.2017.2698216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03426845v1</w:t>
+                <w:t xml:space="preserve">hal-03428194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human–machine shared control for vehicle lane keeping systems: a Lyapunov‐based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jagat Jyoti Rath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Floris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8236,51 +8236,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LPV Static Output Feedback for Constrained Direct Tilt Control of Narrow Tilting Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8340,51 +8340,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gain-scheduled static output feedback control for saturated LPV systems with bounded parameter variations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8438,278 +8438,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01629329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Static output feedback design for a class of constrained Takagi–Sugeno fuzzy systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">An augmented system approach for LMI-based control design of constrained Takagi-Sugeno fuzzy systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kazuo Tanaka</w:t>
+                <w:t xml:space="preserve">Raymundo Márquez Borbόn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dequidt</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Dambrine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Franklin Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 354 (7), pp.2856-2870. </w:t>
+              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 61, pp.96-102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfranklin.2017.02.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.engappai.2016.11.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03428762v1</w:t>
+                <w:t xml:space="preserve">hal-03429985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An augmented system approach for LMI-based control design of constrained Takagi-Sugeno fuzzy systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Static output feedback design for a class of constrained Takagi–Sugeno fuzzy systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raymundo Márquez Borbόn</w:t>
+                <w:t xml:space="preserve">Kazuo Tanaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dequidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dambrine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 61, pp.96-102. </w:t>
+              <w:t xml:space="preserve">Journal of The Franklin Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 354 (7), pp.2856-2870. </w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engappai.2016.11.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfranklin.2017.02.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03429985v1</w:t>
+                <w:t xml:space="preserve">hal-03428762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driver-Automation Cooperative Approach for Shared Steering Control Under Multiple System Constraints: Design and Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8769,77 +8769,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LMI-Based Stability Analysis for Piecewise Multi-affine Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michio Sugeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dambrine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8886,64 +8886,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved LMI Conditions for Local Quadratic Stabilization of Constrained Takagi–Sugeno Fuzzy Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymundo Márquez Borbόn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9003,77 +9003,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous Design of Parallel Distributed Output Feedback and Anti-windup Compensators for Constrained Takagi-Sugeno Fuzzy Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dambrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Lauber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Asian Journal of Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 18 (5), pp.1641-1654. </w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9119,90 +9119,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LMI-based control synthesis of constrained Takagi–Sugeno fuzzy systems subject to L 2 or L ∞ disturbances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Laurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinaldo Martinez Palhares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Lauber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9253,51 +9253,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-windup based dynamic output feedback controller design with performance consideration for constrained Takagi–Sugeno systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dequidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9351,235 +9351,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03428691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lyapunov‐based robust control design for a class of switching non‐linear systems subject to input saturation: application to engine control</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Optimal control based algorithms for energy management of automotive power systems with battery/supercapacitor storage devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Lauber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dambrine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jimmy Lauber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IET Control Theory and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 8 (17), pp.1789-1802. </w:t>
+              <w:t xml:space="preserve">Energy Conversion and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 87, pp.410-420. </w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/iet-cta.2014.0398⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.enconman.2014.07.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03649002v1</w:t>
+                <w:t xml:space="preserve">hal-03040610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal control based algorithms for energy management of automotive power systems with battery/supercapacitor storage devices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Lyapunov‐based robust control design for a class of switching non‐linear systems subject to input saturation: application to engine control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dambrine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Lauber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Dambrine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Conversion and Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 87, pp.410-420. </w:t>
+              <w:t xml:space="preserve">IET Control Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (17), pp.1789-1802. </w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.enconman.2014.07.042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1049/iet-cta.2014.0398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03040610v1</w:t>
+                <w:t xml:space="preserve">hal-03649002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (39)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9591,239 +9591,204 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Sampled-Data Gain-Scheduling Control of quasi-LPV Systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Márcia L.C. Peixoto</w:t>
+                <w:t xml:space="preserve">Managing demand volatility during unplanned events with sentiment analysis: a case study of the COVID-19 pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Bernal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Reinaldo Martinez Palhares</w:t>
+                <w:t xml:space="preserve">Samir Lamouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Pellerin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th IFAC Conference on Embedded Systems, Computational Intelligence and Telematics in Control CESCIT 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">17th IFAC Symposium on Information Control Problems in Manufacturing (INCOM 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Budapest, Hungary</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03711610v1</w:t>
+                <w:t xml:space="preserve">hal-03407992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takagi-Sugeno Fuzzy Fault Detector Design with Finite-Frequency Specifications for Autonomous Ground Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shengxiang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun-Tao Pan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Lauber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th IFAC Conference on Embedded Systems, Computational Intelligence and Telematics in Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Valenciennes, France. pp.195-200, </w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9870,51 +9835,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Zonotopic Observer Design: Avoiding Unmeasured Premise Variables for Takagi-Sugeno Fuzzy Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masoud Pourasgharlafmejani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9955,178 +9920,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03408001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing demand volatility during unplanned events with sentiment analysis: a case study of the COVID-19 pandemic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Local Sampled-Data Gain-Scheduling Control of quasi-LPV Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro H.S. Coutinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Márcia L.C. Peixoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Robert Pellerin</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinaldo Martinez Palhares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th IFAC Symposium on Information Control Problems in Manufacturing (INCOM 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th IFAC Conference on Embedded Systems, Computational Intelligence and Telematics in Control CESCIT 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Valenciennes, France. pp.86-91, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2021.10.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03407992v1</w:t>
+                <w:t xml:space="preserve">hal-03711610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Set-Invariance Based Fuzzy Output Tracking Control for Vehicle Autonomous Driving Under Uncertain Lateral Forces and Steering Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jagat Jyoti Rath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hui Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10180,447 +10180,390 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03405606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human-Machine Shared Control for Semi-Autonomous Vehicles Using Level of Cooperativeness</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Avoiding unmeasured premise variables in designing unknown input observers for Takagi-Sugeno fuzzy systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Chen Lv</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun-Tao Pan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenhua Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE International Conference on Systems, Man, and Cybernetics (SMC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">59th IEEE Conference on Decision and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Jeju Island, South Korea</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03697763v1</w:t>
+                <w:t xml:space="preserve">hal-03408370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reference-Free Human-Automation Shared Control for Obstacle Avoidance of Automated Vehicles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chao Huang</w:t>
+                <w:t xml:space="preserve">Designing fuzzy descriptor observer with unmeasured premise variables for head-two-arms-trunk system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun-Tao Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Blandeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peng Hang</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Chen Lv</w:t>
+                <w:t xml:space="preserve">Weiwei Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE International Conference on Systems, Man, and Cybernetics (SMC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SMC42975.2020.9283287⟩</w:t>
+              <w:t xml:space="preserve">21st IFAC World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Berlin, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.2227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03405164v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Estimation of State and Unknown Input for TS Fuzzy Systems with Unmeasured Premise Variables</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Set-Invariance Based Fuzzy Output Tracking Control of Autonomous Driving Under Uncertain Lateral Tire-Road Forces and Steering Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Weiwei Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE International Conference on Automation, Quality and Testing, Robotics (AQTR)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE WCCI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Glasgow, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03406040v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03406726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced-Complexity Affine Representation for Takagi-Sugeno Fuzzy Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Dehak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dequidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10638,1244 +10581,1301 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dambrine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st IFAC (International Federation of Automatic Control) IFAC World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Berlin, Germany. pp.8031-8036, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.2235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03405660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stabilizing unstable biomechanical model to understand sitting stability for persons with spinal cord injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Blandeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Srihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dequidt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st IFAC World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Berlin, Germany. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.2225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03406742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing fuzzy descriptor observer with unmeasured premise variables for head-two-arms-trunk system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Reference-Free Human-Automation Shared Control for Obstacle Avoidance of Automated Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Hang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingda Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Weiwei Zhang</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chen Lv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st IFAC World Congress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.2227⟩</w:t>
+              <w:t xml:space="preserve">2020 IEEE International Conference on Systems, Man, and Cybernetics (SMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Toronto, Canada. pp.4398-4403, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SMC42975.2020.9283287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03405650v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Set-Invariance Based Fuzzy Output Tracking Control of Autonomous Driving Under Uncertain Lateral Tire-Road Forces and Steering Constraints</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Simultaneous Estimation of State and Unknown Input for TS Fuzzy Systems with Unmeasured Premise Variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun-Tao Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Lauber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weiwei Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE WCCI</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2020 IEEE International Conference on Automation, Quality and Testing, Robotics (AQTR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Cluj-Napoca, Romania. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/AQTR49680.2020.9129929⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03406726v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03406040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avoiding unmeasured premise variables in designing unknown input observers for Takagi-Sugeno fuzzy systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Human-Machine Shared Control for Semi-Autonomous Vehicles Using Level of Cooperativeness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jun-Tao Pan</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jagat Jyoti Rath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chen Lv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhenhua Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">59th IEEE Conference on Decision and Control</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2020 IEEE International Conference on Systems, Man, and Cybernetics (SMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Toronto, Canada. pp.2770-2775, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SMC42975.2020.9283244⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03408370v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03697763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control Synthesis for Fuzzy Systems with Local Nonlinear Models Subject to Actuator Saturation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Comparison of Two Robust Static Output Feedback H2 Design Approaches for Car Lateral Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Mustaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Reinaldo Martinez Palhares</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Yagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Fauvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Fuzzy Systems (FUZZ-IEEE 2019)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">18th European Control Conference (ECC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Naples, Italy. pp.716723, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ECC.2019.8796191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03467659v1</w:t>
+                <w:t xml:space="preserve">hal-02152271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Observer-Based Tracking Control Design for Power-Assisted Wheelchairs</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Disturbance-Observer Based Tracking Control of Industrial SCARA Robot Manipulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Dehak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sami Mohammad</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dequidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vermeiren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dambrine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th IFAC Conference on Intelligent Control and Automation Sciences ICONS 2019</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.09.119⟩</w:t>
+              <w:t xml:space="preserve">IECON 2019 - 45th Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Lisbon, Portugal. pp.645-650, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2019.8926915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03457485v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03406801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of SISO Non-Affine-in-Control discrete systems using Takagi-Sugeno models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simultaneous Estimation of State and Unknown Input with Hinfinity Guarantee on Error-Bounds for Fuzzy Descriptor Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michael Defoort</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Campos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th IFAC Conference on Intelligent Control and Automation Sciences ICONS 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Belfast, United Kingdom. pp.79-84</w:t>
+              <w:t xml:space="preserve">58th Conference on Decision and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03457203v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03467577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Estimation of State and Unknown Input with Hinfinity Guarantee on Error-Bounds for Fuzzy Descriptor Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Control of SISO Non-Affine-in-Control discrete systems using Takagi-Sugeno models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Victor Campos</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Defoort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58th Conference on Decision and Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Nice, France</w:t>
+              <w:t xml:space="preserve">5th IFAC Conference on Intelligent Control and Automation Sciences ICONS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Belfast, United Kingdom. pp.79-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03467577v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03457203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Two Robust Static Output Feedback H2 Design Approaches for Car Lateral Control</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Robust Observer-Based Tracking Control Design for Power-Assisted Wheelchairs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guoxi Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Francois Fauvel</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucian Busoniu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Mohammad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th European Control Conference (ECC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Naples, Italy. pp.716723, </w:t>
+              <w:t xml:space="preserve">5th IFAC Conference on Intelligent Control and Automation Sciences ICONS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Belfast, United Kingdom. pp.61-66, </w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/ECC.2019.8796191⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.09.119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02152271v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03457485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disturbance-Observer Based Tracking Control of Industrial SCARA Robot Manipulators</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Control Synthesis for Fuzzy Systems with Local Nonlinear Models Subject to Actuator Saturation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michel Dambrine</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Henrique Coutinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinaldo Martinez Palhares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2019 - 45th Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Fuzzy Systems (FUZZ-IEEE 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, New Orleans, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03406801v1</w:t>
+                <w:t xml:space="preserve">hal-03467659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous estimation of vehicle lateral dynamics and driver torque using LPV unknown input observer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11939,64 +11939,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Practical approach of input delay nonlinear systems: Application to spinal cord injury sitting stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Blandeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12037,507 +12037,507 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03455470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse LMI pour la commande d’un robot manipulateur à 2ddl par l’approche descripteur TS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Nonlinear Static Output Feedback Control for Human Heart Rate during Treadmill Exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Yagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27èmes rencontres francophones sur la logique floue et ses applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CDC 2018 : 57th IEEE Conference on Decision and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Miami Beach, FL, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CDC.2018.8618887⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03419435v1</w:t>
+                <w:t xml:space="preserve">hal-01875298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Input-Constrained LPV Output Feedback Control for Path Following of Autonomous Ground Vehicles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Simultaneous Estimation of Vehicle Lateral Dynamics and Driver Torque using LPV Unknown Input Observer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hui Zhang</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Popieul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 Annual American Control Conference (ACC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2nd IFAC Workshop on Linear Parameter Varying Systems LPVS 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Florianópolis, Brazil. pp.13-18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.11.175⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/ACC.2018.8430995⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03409338v1</w:t>
+                <w:t xml:space="preserve">hal-03411336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Estimation of Vehicle Lateral Dynamics and Driver Torque using LPV Unknown Input Observer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Input-Constrained LPV Output Feedback Control for Path Following of Autonomous Ground Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hui Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Popieul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd IFAC Workshop on Linear Parameter Varying Systems LPVS 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 Annual American Control Conference (ACC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Milwaukee, WI, United States. pp.3233-3238, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ACC.2018.8430995⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.11.175⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03411336v1</w:t>
+                <w:t xml:space="preserve">hal-03409338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Static Output Feedback Control for Human Heart Rate during Treadmill Exercise</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Synthèse LMI pour la commande d’un robot manipulateur à 2ddl par l’approche descripteur TS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Anh Nguyen Thi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vermeiren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dequidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dambrine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CDC 2018 : 57th IEEE Conference on Decision and Control</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27èmes rencontres francophones sur la logique floue et ses applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Arras, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CDC.2018.8618887⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01875298v1</w:t>
+                <w:t xml:space="preserve">hal-03419435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple Controller Switching Concept for Human-Machine Shared Control of Lane Keeping Assist Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Floris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12597,90 +12597,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takagi-Sugeno fuzzy descriptor approach for trajectory control of a 2-DOF serial manipulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Anh Nguyen Thi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vermeiren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dequidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dambrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12731,64 +12731,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LMI-based 2-DoF control design of a manipulator via T-S descriptor approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Anh Nguyen Thi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dequidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12861,64 +12861,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Robust Descriptor Approach for Nonlinear Tracking Control of Serial Robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Anh Nguyen Thi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dequidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12991,64 +12991,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Scheme for Haptic Shared Lateral Control in Highway Driving Using Trajectory Planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Amir Benloucif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13108,64 +13108,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparison of different upper-bound inequalities for the membership functions derivative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinaldo Martinez Palhares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13203,51 +13203,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takagi-Sugeno Model-based Steering Control for Autonomous Vehicles with Actuator Saturation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13307,64 +13307,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LMI-based adaptive control for uncertain polytopic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinaldo Martinez Palhares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13411,51 +13411,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous LMI-based design of dynamic output feedback controller and anti-windup compensator for constrained Takagi-Sugeno fuzzy systems subject to persistent disturbances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dequidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13509,291 +13509,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03417322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-quadratic approach for control design of constrained Takagi-Sugeno fuzzy systems subject to persistent disturbances</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Online adaptation of the authority level for shared lateral control of driver steering assist system using dynamic output feedback controller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jimmy Lauber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Popieul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 IEEE International Conference on Fuzzy Systems (FUZZ-IEEE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Istanbul, Turkey. pp.1-6, </w:t>
+              <w:t xml:space="preserve">IECON 2015 - 41st Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Yokohama, Japan. pp.3767-3772, </w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/FUZZ-IEEE.2015.7337952⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2015.7392688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03414160v1</w:t>
+                <w:t xml:space="preserve">hal-03411857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online adaptation of the authority level for shared lateral control of driver steering assist system using dynamic output feedback controller</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Non-quadratic approach for control design of constrained Takagi-Sugeno fuzzy systems subject to persistent disturbances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Laurain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Lauber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Popieul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2015 - 41st Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Yokohama, Japan. pp.3767-3772, </w:t>
+              <w:t xml:space="preserve">2015 IEEE International Conference on Fuzzy Systems (FUZZ-IEEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Istanbul, Turkey. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IECON.2015.7392688⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/FUZZ-IEEE.2015.7337952⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03411857v1</w:t>
+                <w:t xml:space="preserve">hal-03414160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shared lateral control with on-line adaptation of the automation degree for driver steering assist system: A weighting design approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13866,90 +13866,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feedback Linearization-Based Control Approach for Air System of a Turbocharged SI Engine: Toward a Fuel-Optimal Strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michio Sugeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dambrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Lauber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Congress of the International Federation of Automatic Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13974,64 +13974,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-objective control design for turbocharged spark ignited air system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Lauber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dambrine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14101,77 +14101,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Feedback Linearization Approach for Fuel-Optimal Oriented Control of Turbocharged Spark-Ignition Engines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry-Marie Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Lauber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intelligent and Efficient Transport Systems - Design, Modelling, Control and Simulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IntechOpen, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14237,51 +14237,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced control design tools for automotive applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Other. Université de Valenciennes et du Hainaut-Cambresis, 2013. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2013VALE0037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -14398,51 +14398,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F2B27C76"/>
+    <w:nsid w:val="DD4CD887"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14629,51 +14629,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anh-tu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9636-3927" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/175312885" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/306311882" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115411v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoyu Qiu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyuan Zhu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Tu Nguyen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guodong Yin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2025.3575035" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291620v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihao Lin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianglin Lan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Flynn" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2025.3597234" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133637v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingkui Shi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sicheng Ge" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Li" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Huang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2025.3581082" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402723v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Tian" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Chung" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hailong Huang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2025.3626623" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905412v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Pourasghar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry-Marie Guerra" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2025.3532221" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362440v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fong" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Yin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCE.2025.3593975" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115408v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liqin Zhang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manjiang Hu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yougang Bian" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Zhang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2025.3554157" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291498v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Hu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTE.2025.3614254" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05481619v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haohan Yang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haochen Liu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongxu Hu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2023.3316203" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565305v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinmay Chakraborty" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houbing Herbert Song" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCE.2024.3368615" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05481594v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Frezzatto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Delprat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2024.3382777" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553950v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05481337v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry&#8208;marie Guerra" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinicius Caseiro de Oliveira" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Berdjag" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Lv" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh&#8208;tu Nguyen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.7446" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553951v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Silva" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Souza" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIV.2024.3385575" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278785v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcia L.C. Peixoto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro H.S. Coutinho" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Anh-Tu Nguyen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Palhares" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2023.128405" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857166v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2024.3517162" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565275v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Sentouh" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Popieul" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2024.3394240" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522881v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunshuai Ren" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangpeng Xie" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2024.3381264" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514565v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinhao Yan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanzhong Zhou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Huang" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Meng" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIV.2024.3378288" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278800v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Zheng" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Bo Xie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Qu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fss.2023.108640" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278795v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juntao Pan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weilong Lai" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSMC.2023.3297064" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261249v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Radjeb Oudainia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIV.2023.3317979" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501760v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu-Emil Precup" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#353;o Bla&#382;i&#269;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207721.2023.2293486" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278779v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Viadero-Monasterio" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Lauber" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jesus L. Boada" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Boada" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2023.3321415" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278817v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2023.3274111" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278804v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujun Wang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huifan Deng" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42154-023-00228-1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278835v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2022.3204326" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278840v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Dehak" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dequidt" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vermeiren" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dambrine" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2022.3200738" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278826v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junchao Yang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Lin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keping Yu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiwei Guo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIV.2023.3237960" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278819v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michio Sugeno" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2023.3267849" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278797v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shijie Li" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kruszewski" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2023.105618" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278793v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278821v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youqun Zhao" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2022.3233705" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05481576v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyun Lu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Taghavifar" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2023.10.498" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04307155v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiying Zhang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2023.3285942" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278830v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Li" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Xie" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxue Li" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keke Geng" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.6561" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04017564v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuong Nguyen" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2023.3249832" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03930955v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Delprat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.6371" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278845v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Coutinho" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iury Bessa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen&#8208;bo Xie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Mart&#237;nez Palhares" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.6273" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278852v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2022.3144353" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278847v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2022.105126" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04307213v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Campos" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbo Xie" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.5453" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04307204v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truong Quang Dinh" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmech.2020.3049070" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426131v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoxi Feng" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Busoniu" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Mohammad" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2020.104716" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03709811v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panshuo Li" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiping Du" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2021.107931" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04307203v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenhua Wang" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2020.2999028" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426491v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagat Jyoti Rath" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21144647" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03527996v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Anh Nguyen Thi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0142331220979262" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03710659v2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianyue Luo" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Fleming" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2021.3064680" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03425007v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Tao Pan" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalil Ichalal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2020.3009737" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426277v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Campos" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426286v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Srihi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pudlo" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcteg.2021.710271" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03424920v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Martinez Palhares" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCYB.2020.3009128" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03424551v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2020.3021292" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03468394v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2019.2924705" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03467002v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Araujo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2019.08.008" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278896v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2020.0970" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03644265v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2019.2933744" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426325v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amir Benloucif" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2018.2842211" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03644237v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2019.2893864" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03480286v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2019.2920768" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03644439v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadanari Taniguchi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Eciolaza" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCI.2018.2881644" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426398v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi van Anh Nguyen" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40815-019-00613-1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03428194v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2017.2698216" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426845v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfranklin.2017.11.027" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04307239v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Floris" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Popieul" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-its.2018.5084" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980168v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chevrel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Claveau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2018.2882345" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629329v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.12.027" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03428762v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuo Tanaka" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfranklin.2017.02.017" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03429985v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymundo M&#225;rquez Borb&#972;n" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2016.11.011" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03428784v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2016.2645146" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03428735v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2016.2566798" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03429331v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40815-016-0269-7" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426993v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asjc.1288" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZX2GWTWB-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03430055v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Laurain" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2016.05.063" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03428691v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2015.01.005" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03649002v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2014.0398" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03040610v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2014.07.042" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03711610v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Bernal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.015" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03408010v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengxiang Wang" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.033" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03408001v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Pourasgharlafmejani" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.012" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03407992v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Lamouri" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pellerin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405606v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FUZZ48607.2020.9177615" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03697763v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9283244" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405164v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Hang" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingda Wu" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9283287" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406040v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiwei Zhang" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AQTR49680.2020.9129929" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405660v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2235" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406742v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Blandeau" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2225" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405650v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2227" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406726v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03408370v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03467659v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Henrique Coutinho" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457485v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.09.119" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457203v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Defoort" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03467577v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152271v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mustaki" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yagoubi" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Fauvel" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2019.8796191" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406801v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8926915" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03477854v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03455470v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pan" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.10.001" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03419435v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03409338v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC.2018.8430995" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03411336v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.175" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875298v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2018.8618887" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03408620v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC.2018.00466" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03411200v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIEA.2018.8397907" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03409259v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.525" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03408418v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2018.8619750" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03413136v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.2223" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03413186v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406890v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.114" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03415303v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2016.7798753" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03417322v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FUZZ-IEEE.2015.7337874" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03414160v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FUZZ-IEEE.2015.7337952" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03411857v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2015.7392688" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496999v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boussaad Soualmi" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2015.7402336" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03469145v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03461904v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405439v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.91666" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00930910v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013VALE0037" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anh-tu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9636-3927" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/175312885" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/306311882" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402723v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Tian" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Tu Nguyen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Chung" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hailong Huang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2025.3626623" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133637v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingkui Shi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sicheng Ge" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Li" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Huang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2025.3581082" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115411v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoyu Qiu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyuan Zhu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guodong Yin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2025.3575035" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291620v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihao Lin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianglin Lan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Flynn" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2025.3597234" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905412v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Pourasghar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry-Marie Guerra" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2025.3532221" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362440v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fong" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Yin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCE.2025.3593975" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115408v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liqin Zhang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manjiang Hu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yougang Bian" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Zhang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2025.3554157" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291498v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Hu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTE.2025.3614254" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553951v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Silva" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Souza" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Frezzatto" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIV.2024.3385575" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05481337v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry&#8208;marie Guerra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinicius Caseiro de Oliveira" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Berdjag" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Lv" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh&#8208;tu Nguyen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.7446" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553950v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Delprat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2024.3382777" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05481594v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565305v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinmay Chakraborty" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houbing Herbert Song" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCE.2024.3368615" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05481619v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haohan Yang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haochen Liu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongxu Hu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2023.3316203" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857166v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2024.3517162" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278785v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcia L.C. Peixoto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro H.S. Coutinho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Anh-Tu Nguyen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Palhares" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2023.128405" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565275v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Sentouh" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Popieul" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2024.3394240" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522881v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunshuai Ren" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangpeng Xie" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2024.3381264" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514565v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinhao Yan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanzhong Zhou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Huang" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Meng" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIV.2024.3378288" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278835v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juntao Pan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujun Wang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2022.3204326" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278817v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2023.3274111" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278804v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huifan Deng" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42154-023-00228-1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278779v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Viadero-Monasterio" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Lauber" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jesus L. Boada" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Boada" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2023.3321415" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501760v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu-Emil Precup" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#353;o Bla&#382;i&#269;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207721.2023.2293486" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261249v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Radjeb Oudainia" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIV.2023.3317979" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278800v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Zheng" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Bo Xie" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Qu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fss.2023.108640" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278795v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weilong Lai" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSMC.2023.3297064" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278840v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Dehak" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dequidt" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vermeiren" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dambrine" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2022.3200738" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278819v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michio Sugeno" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2023.3267849" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278797v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shijie Li" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kruszewski" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2023.105618" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278826v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junchao Yang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Lin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keping Yu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiwei Guo" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIV.2023.3237960" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278793v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278821v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youqun Zhao" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2022.3233705" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05481576v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyun Lu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Taghavifar" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2023.10.498" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04017564v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuong Nguyen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2023.3249832" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04307155v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiying Zhang" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2023.3285942" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278830v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Li" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Xie" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxue Li" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keke Geng" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.6561" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03930955v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Delprat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.6371" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278845v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Coutinho" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iury Bessa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen&#8208;bo Xie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Mart&#237;nez Palhares" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.6273" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278847v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2022.105126" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278852v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2022.3144353" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03527996v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Anh Nguyen Thi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0142331220979262" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03710659v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianyue Luo" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Fleming" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2021.3064680" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03425007v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Tao Pan" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalil Ichalal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2020.3009737" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04307203v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenhua Wang" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2020.2999028" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426277v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Campos" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbo Xie" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.5453" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426491v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagat Jyoti Rath" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21144647" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426131v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoxi Feng" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Busoniu" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Mohammad" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2020.104716" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03709811v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panshuo Li" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiping Du" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2021.107931" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04307204v2" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truong Quang Dinh" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmech.2020.3049070" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04307213v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Campos" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426286v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Srihi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pudlo" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcteg.2021.710271" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03424551v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Martinez Palhares" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2020.3021292" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03424920v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCYB.2020.3009128" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03468394v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2019.2924705" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03467002v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Araujo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2019.08.008" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04278896v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2020.0970" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426325v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amir Benloucif" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2018.2842211" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03644237v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2019.2893864" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03644265v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2019.2933744" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03480286v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2019.2920768" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03644439v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadanari Taniguchi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Eciolaza" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCI.2018.2881644" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426398v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi van Anh Nguyen" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40815-019-00613-1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426845v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfranklin.2017.11.027" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03428194v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2017.2698216" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04307239v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Floris" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Popieul" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-its.2018.5084" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980168v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chevrel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Claveau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2018.2882345" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629329v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.12.027" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03429985v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymundo M&#225;rquez Borb&#972;n" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2016.11.011" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03428762v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuo Tanaka" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfranklin.2017.02.017" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03428784v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2016.2645146" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03428735v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2016.2566798" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03429331v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40815-016-0269-7" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426993v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asjc.1288" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZX2GWTWB-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03430055v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Laurain" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2016.05.063" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03428691v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2015.01.005" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03040610v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2014.07.042" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03649002v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2014.0398" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03407992v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Lamouri" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pellerin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03408010v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengxiang Wang" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.033" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03408001v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Pourasgharlafmejani" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.012" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03711610v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Bernal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.015" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405606v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FUZZ48607.2020.9177615" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03408370v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405650v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Blandeau" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiwei Zhang" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2227" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406726v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405660v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2235" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406742v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2225" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405164v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Hang" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingda Wu" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9283287" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406040v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AQTR49680.2020.9129929" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03697763v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9283244" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152271v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mustaki" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yagoubi" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Fauvel" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2019.8796191" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406801v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8926915" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03467577v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457203v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Defoort" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457485v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.09.119" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03467659v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Henrique Coutinho" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03477854v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03455470v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pan" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.10.001" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875298v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2018.8618887" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03411336v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.175" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03409338v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC.2018.8430995" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03419435v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03408620v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC.2018.00466" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03411200v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIEA.2018.8397907" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03409259v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.525" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03408418v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2018.8619750" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03413136v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.2223" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03413186v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406890v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.114" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03415303v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2016.7798753" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03417322v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FUZZ-IEEE.2015.7337874" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03411857v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2015.7392688" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03414160v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FUZZ-IEEE.2015.7337952" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496999v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boussaad Soualmi" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2015.7402336" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03469145v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03461904v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405439v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.91666" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00930910v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013VALE0037" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>