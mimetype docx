--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -166,3686 +166,3761 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Record-Based Block Method for Anomaly Detection in Nonlinear Time Series</w:t>
+                <w:t xml:space="preserve">Record-Driven Blockwise Anomaly Detection in Weakly Dependent Time Series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Al Tannoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05490858v1</w:t>
+                <w:t xml:space="preserve">hal-05559487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On detecting changes in the mean with application to financial data</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Record-Based Block Method for Anomaly Detection in Nonlinear Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Al Tannoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Hoayek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Salman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyam Abboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youssef Salman</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-05135979v1</w:t>
+                <w:t xml:space="preserve">hal-05490858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New algorithm for weak changes detection with application to real data.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">On detecting changes in the mean with application to financial data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Salman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04424352v2</w:t>
+                <w:t xml:space="preserve">hal-05135979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anomaly Detection in a Production Line: an Online/Offline Statistical Learning Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rida Kheirallah</w:t>
+                <w:t xml:space="preserve">New algorithm for weak changes detection with application to real data.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Salman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04328405v1</w:t>
+                <w:t xml:space="preserve">hal-04424352v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GCVAE: Generalized-Controllable Variational AutoEncoder</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kenneth Ezukwoke</w:t>
+                <w:t xml:space="preserve">Anomaly Detection in a Production Line: an Online/Offline Statistical Learning Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rida Kheirallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Batton -Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Burlat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-03712594v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">GCVAE: Generalized-Controllable Variational AutoEncoder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth Ezukwoke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Hoayek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03712594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Leveraging Pre-trained Models for Failure Analysis Triplets Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Ezukwoke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Gounet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Gounet</w:t>
-[...32 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03837798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New Algorithm for Weak Changes Detection with Application to Financial Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Salman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Hoayek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sustainable Progress Through Innovation in Data Science, Health, Environment, and Social Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, On Line, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing clustering methods using Shannon's entropy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rullière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 689, pp.121510. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ins.2024.121510⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03812055v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detecting Mean Shifts in a Class of Time Series CHARN Models with Application to Financial Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Salman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Scientific Research and Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 31 (10), pp.359-369</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05307276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural language processing (NLP) and association rules (AR)-based knowledge extraction for intelligent fault analysis: a case study in semiconductor industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiqiang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Ezukwoke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Intelligent Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 36, pp.357-372. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10845-023-02245-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04278681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Big GCVAE: decision-making with adaptive transformer model for failure root cause analysis in semiconductor industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Ezukwoke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Gounet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Intelligent Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 36, pp.2423-2438. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10845-024-02346-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04530213v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsupervised approach for an optimal representation of the latent space of a failure analysis dataset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abbas Rammal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Ezukwoke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Supercomputing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11227-023-05634-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04243857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formalizing a Two-Step Decision-Making Process in Land Use: Evidence from Controlling Forest Clearcutting Using Spatial Information</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prediction of geopolymer pumpability and setting time for well zonal isolation - Using machine learning and statistical based models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Salles</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khalifeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Hamie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassam El-Ghoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rania Zgheib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Land</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/land12010015⟩</w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (7), pp.e17925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2023.e17925⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03945179v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of geopolymer pumpability and setting time for well zonal isolation - Using machine learning and statistical based models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formalizing a Two-Step Decision-Making Process in Land Use: Evidence from Controlling Forest Clearcutting Using Spatial Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chady Jabbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Rania Zgheib</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2023.e17925⟩</w:t>
+              <w:t xml:space="preserve">Land</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (1), pp.15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/land12010015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04390951v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03945179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Post-Liberalized European Gas Market Concentration—A Game Theory Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Hamie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forecasting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 3 (1), pp.1-16. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/forecast3010001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03481751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Much Would You Pay for a Satellite Image?: Lessons Learned From French Spatial-Data Infrastructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chady Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Rey-Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE geoscience and remote sensing magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8 (4), pp.8-22. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/MGRS.2019.2941751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03604641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the Price Stability and Predictability of Post Liberalized Gas Markets Using the Theory of Information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Hamie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 13 (11), pp.3012. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/en13113012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03604655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Northwestern European wholesale natural gas prices: comparison of several parametric and non-parametric forecasting methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Hamie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Global Energy Issues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Special Issue on: Urban Energy Systems, 42 (3/4), pp.259-284. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJGEI.2020.108951⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03604756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the price dynamics of three different gas markets-records theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Hamie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Strategy Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 21, pp.121-129. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.esr.2018.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03604738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of the Records Method to Identify the Sporadicity of Percnon gibbesi Distribution in Greece</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zaher Khraibani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zainab Assaghir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Khraibani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitris Poursanidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Scientific Research and Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 3 (15), pp.2028-2036. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.9734/JSRR/2014/8718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03604707v1</w:t>
-              </w:r>
-[...125 lines deleted...]
-                <w:t xml:space="preserve">hal-05263325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anomaly Detection in a Production Line: Statistical Learning Approach and Industrial Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rida Kheirallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58th Conference on Manufacturing Systems - CMS 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Enschede, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-05049494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aggregated model for anomaly detection: a statistical learning approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rida Kheirallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Burlat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56eme journees de Statistique de la SFdS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05117306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical Inference and Model Selection for Models Adapted to Record Series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Jouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles R. Ducharme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Mefleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th Conference on Extreme Value Analysis, Probabilistic and Statistical Models and their Applications (EVA 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Chapel Hill, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05305930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Climate Change Through the Lens of Records Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Jouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Mefleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56eme journees de Statistique de la SFdS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling Variable Selection and Anomaly Detection: Record-Based Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 5th IEEE Middle East and North Africa Communications Conference (MENACOMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, Byblos, Lebanon. pp.1-6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MENACOMM62946.2025.10911010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04345833v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Algorithm for Detecting Weak Changes in the Mean in a Class of CHARN Models with Application to Welding Electrical Signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Salman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conference on Time Series and Forecasting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Grande Canarie, Spain. pp.42, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/engproc2024068042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04699930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anomaly Detection in a Production Line: Statistical Learning Approach and Industrial Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rida Kheirallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Burlat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43th IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Chemnitz, Germany. pp.341-354, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-71637-9_23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04709567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anomaly Detection Based on System Log Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICLDQAD 2023 : International Conference on Linked Data Quality and Anomaly Detection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Athenes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04059771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anomaly Detection based on Alarms Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 AIMLNET International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Vienna, Austria. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5121/csit.2022.121810⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03945296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsupervised Variable Selection Using a Genetic Algorithm: An Application to Textual Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abbas Rammal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Ezukwoke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Smart Systems and Power Management (IC2SPM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Beyrouth, Lebanon. pp.11-19, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IC2SPM56638.2022.9989008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03923877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">β -Variational AutoEncoder and Gaussian Mixture Model for Fault Analysis Decision Flow in Semiconductor Industry 4.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Ezukwoke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Gounet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ENBIS 2021 Spring Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03524369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intelligent Fault Analysis Decision Flow in Semiconductor Industry 4.0 Using Natural Language Processing with Deep Clustering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Ezukwoke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houari Toubakh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE 17th International Conference on Automation Science and Engineering (CASE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Lyon, France. p 429-436</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03325358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3855,91 +3930,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration et Convergence : une approche combinant la théorie de records et la détection des anomalies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Mines Saint-Etienne, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04879867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3949,114 +4024,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation des paramètres pour des modèles adaptés aux séries de records</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hoayek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathématiques générales [math.GM]. Université Montpellier, 2016. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2016MONTT336⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01816935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId95"/>
+      <w:footerReference w:type="default" r:id="rId96"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4124,51 +4199,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0E2A7944"/>
+    <w:nsid w:val="CF55845B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4355,51 +4430,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anis-hoayek" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6499-6447" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490858v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Al Tannoury" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Hoayek" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Salman" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyam Abboud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Batton-Hubert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135979v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424352v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328405v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Kheirallah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Batton -Hubert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Burlat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03712594v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Ezukwoke" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boucher" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837798v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gounet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812055v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rulli&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2024.121510" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307276v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04278681v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqiang Wang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-023-02245-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04530213v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-024-02346-x" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04243857v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Rammal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-023-05634-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945179v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Jabbour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salles" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land12010015" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390951v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Khalifeh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Hamie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam El-Ghoul" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Zgheib" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e17925" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03481751v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Auer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/forecast3010001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03604641v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MGRS.2019.2941751" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03604655v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13113012" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03604756v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kamel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJGEI.2020.108951" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03604738v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esr.2018.05.003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03604707v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaher Khraibani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Assaghir" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Khraibani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Poursanidis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/JSRR/2014/8718" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263325v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05049494v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117306v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305930v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinane Jouni" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles R. Ducharme" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Mefleh" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035638v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345833v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MENACOMM62946.2025.10911010" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04699930v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2024068042" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04709567v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grimaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71637-9_23" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04059771v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03945296v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5121/csit.2022.121810" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03923877v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC2SPM56638.2022.9989008" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03524369v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03325358v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houari Toubakh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/tel-04879867v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01816935v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016MONTT336" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anis-hoayek" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6499-6447" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559487v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Al Tannoury" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Hoayek" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490858v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Salman" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyam Abboud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Batton-Hubert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135979v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424352v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328405v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Kheirallah" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Batton -Hubert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Burlat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03712594v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Ezukwoke" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boucher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837798v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gounet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263325v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812055v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rulli&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2024.121510" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307276v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04278681v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqiang Wang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-023-02245-7" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04530213v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-024-02346-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04243857v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Rammal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-023-05634-0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390951v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Khalifeh" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Hamie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam El-Ghoul" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Zgheib" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e17925" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945179v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Jabbour" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salles" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land12010015" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03481751v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Auer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/forecast3010001" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03604641v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MGRS.2019.2941751" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03604655v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13113012" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03604756v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kamel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJGEI.2020.108951" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03604738v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esr.2018.05.003" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03604707v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaher Khraibani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Assaghir" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Khraibani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Poursanidis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/JSRR/2014/8718" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05049494v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117306v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305930v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinane Jouni" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles R. Ducharme" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Mefleh" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035638v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345833v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MENACOMM62946.2025.10911010" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04699930v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2024068042" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04709567v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grimaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71637-9_23" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04059771v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03945296v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5121/csit.2022.121810" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03923877v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC2SPM56638.2022.9989008" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03524369v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03325358v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houari Toubakh" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/tel-04879867v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01816935v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016MONTT336" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>