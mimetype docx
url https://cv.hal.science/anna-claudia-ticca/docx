--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1744,51 +1744,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De nouvelles écritures pour documenter la part langagière de milieux didactiques : le cas des ateliers de la voie professionnelle en Guyane</w:t>
+                <w:t xml:space="preserve">(D)Écrire la part langagière de la formation professionnelle : le cas des ateliers de lycées en Guyane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Víctor Corona</w:t>
@@ -1798,331 +1798,331 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Lascar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Claudia Ticca</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e Journées Linguistique de Corpus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Grenoble-Alpes, Jul 2023, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Séminaire Interactions, Cognitions, ICAR-ENS de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04874179v1</w:t>
+                <w:t xml:space="preserve">hal-04874190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le « savoir-cuire » dans un atelier de cuisine en Guyane : variations autour d’une norme professionnelle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De nouvelles écritures pour documenter la part langagière de milieux didactiques : le cas des ateliers de la voie professionnelle en Guyane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Víctor Corona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Lascar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Claudia Ticca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alby</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Z Badreddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e journées d’études Formation Professionnelle et Langage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Dijon, France</w:t>
+              <w:t xml:space="preserve">11e Journées Linguistique de Corpus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Grenoble-Alpes, Jul 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04871373v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04874179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(D)Écrire la part langagière de la formation professionnelle : le cas des ateliers de lycées en Guyane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le « savoir-cuire » dans un atelier de cuisine en Guyane : variations autour d’une norme professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid de Saint-Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Víctor Corona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z Badreddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Interactions, Cognitions, ICAR-ENS de Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">7e journées d’études Formation Professionnelle et Langage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04874190v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04871373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The storytelling activity in a feminist debate. An interactional perspective</w:t>
               </w:r>
@@ -2210,368 +2210,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04792076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet REMILAS - Interprétation linguistique et compétences interactionnelles : une étude de cas en santé mentale.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elizaveta Chernyshova</w:t>
+                <w:t xml:space="preserve">Actions de formation et outils numériques issus d’une recherche sur la communication entre demandeurs d’asile et personnels de santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Jouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Piccoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Claudia Ticca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Émilie Jouin</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Traverso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études : Regards croisés sur le langage dans la pratique du soin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">Professionnel·le·s et Recherche en Linguistique Appliquée : défis méthodologiques, enjeux sociétaux et perspectives d’intervention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Colloque international PRELA, Jun 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03989893v1</w:t>
+                <w:t xml:space="preserve">halshs-02318869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actions de formation et outils numériques issus d’une recherche sur la communication entre demandeurs d’asile et personnels de santé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Projet REMILAS - Interprétation linguistique et compétences interactionnelles : une étude de cas en santé mentale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizaveta Chernyshova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Claudia Ticca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Jouin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Véronique Traverso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Professionnel·le·s et Recherche en Linguistique Appliquée : défis méthodologiques, enjeux sociétaux et perspectives d’intervention</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Colloque international PRELA, Jun 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journée d’études : Regards croisés sur le langage dans la pratique du soin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02318869v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03989893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dealing with the patient’s resistance in psychotherapy: the role of the interpreter</w:t>
+                <w:t xml:space="preserve">La consultation médicale avec interprète (sur invitation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Claudia Ticca</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Véronique Traverso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INDIALOG3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Antwerpen, Belgium</w:t>
+              <w:t xml:space="preserve">Séminaire Médecine-Humanités « Les langages du corps et du soin. Entre approche médicale et regards des humanités »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, ENS-Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03104147v1</w:t>
+                <w:t xml:space="preserve">hal-02055112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reformuler avant de traduire : quelques cas de réparation dans une interaction en santé mentale avec interprète</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizaveta Chernyshova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna-Claudia Ticca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2603,329 +2577,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02089761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La consultation médicale avec interprète (sur invitation)</w:t>
+                <w:t xml:space="preserve">Dealing with the patient’s resistance in psychotherapy: the role of the interpreter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Claudia Ticca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Piccoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Traverso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Médecine-Humanités « Les langages du corps et du soin. Entre approche médicale et regards des humanités »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, ENS-Paris, France</w:t>
+              <w:t xml:space="preserve">INDIALOG3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Antwerpen, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02055112v1</w:t>
+                <w:t xml:space="preserve">halshs-03104147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le récit dans les consultations entre professionnels de la santé et réfugiés en France. Une démarche interactionniste pour la formation</w:t>
+                <w:t xml:space="preserve">Du terrain à la formation professionnelle : quels supports de formation à partir de l'analyse d'interactions entre soignants et migrants?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Claudia Ticca</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Piccoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI SIG 14</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Genève, Suisse</w:t>
+              <w:t xml:space="preserve">Langage, santé, formation professionnelle "sur invitation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01878623v1</w:t>
+                <w:t xml:space="preserve">hal-01933002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du terrain à la formation professionnelle : quels supports de formation à partir de l'analyse d'interactions entre soignants et migrants?</w:t>
+                <w:t xml:space="preserve">La costruzione dell'in(ter)comprensione nelle interazioni plurilingui. Uno studio interazionale in contesto sanitario con richiedenti asilo in Francia (sur invitation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Claudia Ticca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langage, santé, formation professionnelle "sur invitation"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Grenoble, France</w:t>
+              <w:t xml:space="preserve">L’interazione in contesti migratori Giornata di studi sull’interazione sociale / CA Study Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Bolzano, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01933002v1</w:t>
+                <w:t xml:space="preserve">hal-01946887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La costruzione dell'in(ter)comprensione nelle interazioni plurilingui. Uno studio interazionale in contesto sanitario con richiedenti asilo in Francia (sur invitation)</w:t>
+                <w:t xml:space="preserve">Le récit dans les consultations entre professionnels de la santé et réfugiés en France. Une démarche interactionniste pour la formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Claudia Ticca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Piccoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’interazione in contesti migratori Giornata di studi sull’interazione sociale / CA Study Day</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Bolzano, Italy</w:t>
+              <w:t xml:space="preserve">EARLI SIG 14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01946887v1</w:t>
+                <w:t xml:space="preserve">halshs-01878623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Promoting research and raising awareness on social interaction and societal issues through video data</w:t>
               </w:r>
@@ -3764,204 +3764,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01380086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage collaboratif entre locuteurs romanophones</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anna-Claudia Ticca</w:t>
+                <w:t xml:space="preserve">From food to lunch: practices of meal service at the hospital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biagio Ursi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Claudia Ticca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Traverso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acedle 2015_ Interagir pour apprendre les langues aujourd’hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire ICAR, May 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">14th International Pragmatics Conference – IPRA 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Antwerp, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01380022v1</w:t>
+                <w:t xml:space="preserve">halshs-01375762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From food to lunch: practices of meal service at the hospital</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Véronique Traverso</w:t>
+                <w:t xml:space="preserve">Apprentissage collaboratif entre locuteurs romanophones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Piccoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna-Claudia Ticca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Pragmatics Conference – IPRA 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Antwerp, Belgium</w:t>
+              <w:t xml:space="preserve">Acedle 2015_ Interagir pour apprendre les langues aujourd’hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire ICAR, May 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01375762v1</w:t>
+                <w:t xml:space="preserve">halshs-01380022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le patient gourmand, une identité possible ?</w:t>
               </w:r>
@@ -4451,195 +4451,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04874238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le récit des violences dans les consultations d'expertise médicale pour la demande d'asile : corps, texte, mémoire</w:t>
+                <w:t xml:space="preserve">Training interpreters in asylum settings: the REMILAS project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Claudia Ticca</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Traverso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Jouin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laura Gavioli &amp; Cecilia Wadensjö (eds). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raconter, relater, traduire : paroles de la migration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">Routledge Handbook on Public Service Interpreting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge Taylor and Francis, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03957486v1</w:t>
+                <w:t xml:space="preserve">halshs-03423985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Training interpreters in asylum settings: the REMILAS project</w:t>
+                <w:t xml:space="preserve">Le récit des violences dans les consultations d'expertise médicale pour la demande d'asile : corps, texte, mémoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Claudia Ticca</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Routledge Handbook on Public Service Interpreting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Routledge Taylor and Francis, 2022</w:t>
+              <w:t xml:space="preserve">Raconter, relater, traduire : paroles de la migration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03423985v1</w:t>
+                <w:t xml:space="preserve">hal-03957486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le patient, le médecin et l’interprète dans les consultations médicales d’expertise pour la demande d’asile</w:t>
               </w:r>
@@ -5716,51 +5716,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957499v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Jouin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Claudia Ticca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03084910v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Traverso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Niemants" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03084923v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lambert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956481v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Greco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Galatolo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Horlacher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Piccoli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7146/si.v2i1.113957" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01773458v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biagio Ursi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pragma.2017.07.003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932851v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.165.0201" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01878638v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01773459v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.193.0057" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316270v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Claudia Ticca" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316267v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01312674v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01312676v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01271991v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letizia Cirillo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Col&#243;n de Carvajal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0163853X.2015.1056691" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01312675v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854583v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854591v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elwys de Stefani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-D. Gazin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459030v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01470400v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874179v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Corona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Lascar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alby" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04871373v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid de Saint-Georges" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Badreddine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874190v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04792076v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989893v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Chernyshova" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02318869v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03104147v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089761v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055112v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01878623v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933002v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946887v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811496v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jouin-Chardon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939318v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017613v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01812450v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939330v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773627v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02092720v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Baldauf-Quilliatre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Persson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01375769v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380086v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380022v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01375762v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135843v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Hugol-Gential" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Giboreau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01472850v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01472857v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01312673v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/revue-langage-et-societe-2015-3.htm" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874238v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ghimenton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de Saint-Georges" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Alby" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957486v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03423985v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03084982v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chambon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932991v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01862030v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/bct.96.05tic" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01878645v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01490561v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459710v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Multiactivity in social interaction : beyond multitasking" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01470418v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bloomsbury.com/uk/studies-of-laughter-in-interaction-9781441164797/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01470440v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.contrastiva.it/baul_contrastivo/dati/barbero/Iciar_Alonso_Baigorri.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01470455v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01472669v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01468615v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957499v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Jouin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Claudia Ticca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03084910v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Traverso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Niemants" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03084923v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lambert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956481v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Greco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Galatolo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Horlacher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Piccoli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7146/si.v2i1.113957" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01773458v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biagio Ursi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pragma.2017.07.003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932851v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.165.0201" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01878638v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01773459v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.193.0057" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316270v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Claudia Ticca" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316267v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01312674v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01312676v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01271991v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letizia Cirillo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Col&#243;n de Carvajal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0163853X.2015.1056691" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01312675v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854583v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854591v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elwys de Stefani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-D. Gazin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459030v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01470400v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874190v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Corona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Lascar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874179v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alby" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04871373v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid de Saint-Georges" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Badreddine" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04792076v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02318869v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989893v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Chernyshova" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055112v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089761v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03104147v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933002v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946887v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01878623v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811496v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jouin-Chardon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939318v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017613v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01812450v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939330v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773627v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02092720v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Baldauf-Quilliatre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Persson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01375769v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380086v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01375762v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380022v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135843v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Hugol-Gential" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Giboreau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01472850v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01472857v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01312673v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/revue-langage-et-societe-2015-3.htm" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874238v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ghimenton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de Saint-Georges" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Alby" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03423985v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957486v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03084982v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chambon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932991v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01862030v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/bct.96.05tic" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01878645v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01490561v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459710v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Multiactivity in social interaction : beyond multitasking" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01470418v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bloomsbury.com/uk/studies-of-laughter-in-interaction-9781441164797/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01470440v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.contrastiva.it/baul_contrastivo/dati/barbero/Iciar_Alonso_Baigorri.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01470455v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01472669v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01468615v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>