--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anna Neyrat </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maîtresse de conférences à Sciences Po Bordeaux</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réforme de la fonction publique espagnole : un &amp;quot;Godot&amp;quot; sur le point d’arriver ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2, pp.89-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronique d'ouvrages étrangers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Fraenkel-Haeberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioannis Michalis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de droit administratif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 39 (1), pp.201-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04027063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La classification des corps et cadres d'emplois en catégories a-t-elle encore un sens ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Droit administratif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, La loi du 13 juillet 1983, anniversaire ou épitaphe ?, 24, pp.1278-1283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transformation des inspections générales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Droit administratif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Une nouvelle vision de la haute fonction publique, 12, pp.679</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03641881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations entre l’Administration centrale et les administrations territoriales en France à l’épreuve de la crise sanitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Maria Lecis Cocco Ortu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Italian Papers on Federalism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1, pp.50-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03963450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los procesos de “référé” en el contencioso-administrativo francés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Derecho Público</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15, pp.11-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04209968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La décision du Conseil d'Etat du 1er juillet 2020, Association UNEDESEP et autres: les premières fondations de ce que pourrait être l'Université de demain ? Actes du colloque du projet de recherche sur les mobilités internationales à des fins d'études et de recherche, portant sur le « Plan Bienvenue en France : bilan d'étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des droits de l'Homme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Analyser le rapport du droit administratif national aux droits administratifs étrangers ou défendre l’intérêt des recherches comparatives non prescriptives »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue générale du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le recrutement des emplois de direction à la discrétion des autorités politiques à l’épreuve du Nouveau Management public. Étude des cas français et espagnol »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du droit public et de la science politique en France et à l'étranger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, p. 1359-1384</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Précarité juridique du fonctionnaire stagiaire : bilan au regard de la situation de l'agent public contractuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02, pp.68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02224820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel accès à la formation des jeunes majeurs étrangers ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Les mineurs non accompagnés protection de l’enfance, accès à l’éducation et à l’alimentation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire Diasporas africaines; Sciences Po Bordeaux; Université Bordeaux Montaigne, Jun 2021, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03285783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La décision du Conseil d'Etat du 1er juillet 2020, Association UNEDESEP et autres: les premières fondations de ce que pourrait être l'Université de demain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Mobilités internationales à des fins d’études et de recherche » : « Plan Bienvenue en France : bilan d’étape »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERCCLE; CRDEI; CERFAPS; COMPTRASEC; Université de Bordeaux, Sep 2020, Bordeaux, France. pp.26-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03279271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le positionnement du Conseil d’État sur l’arrêt du 19 avril 2019 relatif aux droits d’inscription dans les établissements publics d’enseignement supérieur relevant du ministre chargé de l’enseignement supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Le plan "Bienvenue en France". Bilan d’étape</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERCCLE; CRDEI; CERFAPS; COMPTRASEC; Université de Bordeaux, Sep 2020, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02989170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conseil d'État. 24 juin 1960, no 42289, Frampar et SARL France, éditions et publications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Perroud, Jacques Caillosse, Jacques Chevallier, Danièle Lochak (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands arrêts de la jurisprudence administrative. Approche politique. 2e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.659-672, 2024, Les grandes décisions, 978-2-275-13902-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Michel & les étrangers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Cerda-Guzman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Clément Benelbaz, Carolina Cerda-Guzman, Mélanie Jaoul, Mathieu Touzeil-Divina (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Louise Michel &amp; le(s) droit(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions L'Epitoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-84, 2023, Histoire(s) du Droit, 9791092684469</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle résonance de Blanco en Espagne ? A propos de la liaison de la compétence et du fond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florent Blanco, Simon Gilbert, Anne Jacquemet-Gauché (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour de l'arrêt Blanco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalloz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.259-269, 2023, Thèmes et commentaires, 9782247220885</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La &amp;quot;survulnérabilité&amp;quot; des jeunes étrangers isolés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dorothée Guérin (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et jeunesse par le prisme de la vulnérabilité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lexis Nexis, 2021, 978-2-7110-3389-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03448527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Mineurs non accompagnés et inapplication du droit de la protection de l’enfance »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Péchillon, Stéphanie Renard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'inapplication de la règle de droit. Exploration des contours d'un phénomène mal connu.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, 2020, Droit &amp; Science Politique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« En finir avec le &amp;quot;bricolage&amp;quot; : pour une étude critique de la modernité du contentieux universitaire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Carin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mickaël Baubonne, Robert Carin, Anna Neyrat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le contentieux universitaire et la modernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Francophone pour la Justice et la Démocratie, p. 9-24, 2019, Colloques &amp; Essais</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’instrumentalisation de l’histoire du droit sous le premier franquisme : l’exemple du droit public »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nader Hakim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'histoire du droit entre science et politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de La Sorbonne, 2019, Théorie et histoire du droit, 27279316</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Léon Duguit, juriste reconnu, anarchiste qui s’ignore ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chloé Bertrand, Raphaël Brett, Flore Pulliero, Noé Wagener. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et anarchie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 83-102, 2013, Presses Universitaires de Sceaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rapport du droit administratif national aux droits administratifs étrangers : les cas de la France et de l'Espagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Droit. Université de Bordeaux, 2016. Français. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016BORD0233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01654677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId39"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anna Neyrat </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maîtresse de conférences à Sciences Po Bordeaux</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réforme de la fonction publique espagnole : un &amp;quot;Godot&amp;quot; sur le point d’arriver ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2, pp.89-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La classification des corps et cadres d'emplois en catégories a-t-elle encore un sens ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Droit administratif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, La loi du 13 juillet 1983, anniversaire ou épitaphe ?, 24, pp.1278-1283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronique d'ouvrages étrangers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Fraenkel-Haeberle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioannis Michalis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de droit administratif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 39 (1), pp.201-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04027063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations entre l’Administration centrale et les administrations territoriales en France à l’épreuve de la crise sanitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Maria Lecis Cocco Ortu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Italian Papers on Federalism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1, pp.50-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03963450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los procesos de “référé” en el contencioso-administrativo francés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Derecho Público</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15, pp.11-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04209968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transformation des inspections générales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Droit administratif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Une nouvelle vision de la haute fonction publique, 12, pp.679</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03641881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La décision du Conseil d'Etat du 1er juillet 2020, Association UNEDESEP et autres: les premières fondations de ce que pourrait être l'Université de demain ? Actes du colloque du projet de recherche sur les mobilités internationales à des fins d'études et de recherche, portant sur le « Plan Bienvenue en France : bilan d'étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des droits de l'Homme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Analyser le rapport du droit administratif national aux droits administratifs étrangers ou défendre l’intérêt des recherches comparatives non prescriptives »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue générale du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le recrutement des emplois de direction à la discrétion des autorités politiques à l’épreuve du Nouveau Management public. Étude des cas français et espagnol »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du droit public et de la science politique en France et à l'étranger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, p. 1359-1384</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Précarité juridique du fonctionnaire stagiaire : bilan au regard de la situation de l'agent public contractuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02, pp.68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02224820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La décision du Conseil d'Etat du 1er juillet 2020, Association UNEDESEP et autres: les premières fondations de ce que pourrait être l'Université de demain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Mobilités internationales à des fins d’études et de recherche » : « Plan Bienvenue en France : bilan d’étape »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERCCLE; CRDEI; CERFAPS; COMPTRASEC; Université de Bordeaux, Sep 2020, Bordeaux, France. pp.26-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03279271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel accès à la formation des jeunes majeurs étrangers ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Les mineurs non accompagnés protection de l’enfance, accès à l’éducation et à l’alimentation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire Diasporas africaines; Sciences Po Bordeaux; Université Bordeaux Montaigne, Jun 2021, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03285783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le positionnement du Conseil d’État sur l’arrêt du 19 avril 2019 relatif aux droits d’inscription dans les établissements publics d’enseignement supérieur relevant du ministre chargé de l’enseignement supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Le plan "Bienvenue en France". Bilan d’étape</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERCCLE; CRDEI; CERFAPS; COMPTRASEC; Université de Bordeaux, Sep 2020, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02989170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conseil d'État. 24 juin 1960, no 42289, Frampar et SARL France, éditions et publications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Perroud, Jacques Caillosse, Jacques Chevallier, Danièle Lochak (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands arrêts de la jurisprudence administrative. Approche politique. 2e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.659-672, 2024, Les grandes décisions, 978-2-275-13902-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Michel & les étrangers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Cerda-Guzman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Clément Benelbaz, Carolina Cerda-Guzman, Mélanie Jaoul, Mathieu Touzeil-Divina (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Louise Michel &amp; le(s) droit(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions L'Epitoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-84, 2023, Histoire(s) du Droit, 9791092684469</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle résonance de Blanco en Espagne ? A propos de la liaison de la compétence et du fond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florent Blanco, Simon Gilbert, Anne Jacquemet-Gauché (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour de l'arrêt Blanco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalloz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.259-269, 2023, Thèmes et commentaires, 9782247220885</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La &amp;quot;survulnérabilité&amp;quot; des jeunes étrangers isolés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dorothée Guérin (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et jeunesse par le prisme de la vulnérabilité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lexis Nexis, 2021, 978-2-7110-3389-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03448527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Mineurs non accompagnés et inapplication du droit de la protection de l’enfance »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Péchillon, Stéphanie Renard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'inapplication de la règle de droit. Exploration des contours d'un phénomène mal connu.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, 2020, Droit &amp; Science Politique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« En finir avec le &amp;quot;bricolage&amp;quot; : pour une étude critique de la modernité du contentieux universitaire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Carin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mickaël Baubonne, Robert Carin, Anna Neyrat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le contentieux universitaire et la modernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Francophone pour la Justice et la Démocratie, p. 9-24, 2019, Colloques &amp; Essais</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’instrumentalisation de l’histoire du droit sous le premier franquisme : l’exemple du droit public »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nader Hakim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'histoire du droit entre science et politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de La Sorbonne, 2019, Théorie et histoire du droit, 27279316</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Léon Duguit, juriste reconnu, anarchiste qui s’ignore ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chloé Bertrand, Raphaël Brett, Flore Pulliero, Noé Wagener. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et anarchie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 83-102, 2013, Presses Universitaires de Sceaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rapport du droit administratif national aux droits administratifs étrangers : les cas de la France et de l'Espagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Neyrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Droit. Université de Bordeaux, 2016. Français. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016BORD0233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01654677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId39"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629405v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Neyrat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027063v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Fraenkel-Haeberle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Michalis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164466v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03641881v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03963450v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Lecis Cocco Ortu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209968v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015125v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015133v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015135v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224820v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03285783v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03279271v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02989170v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629406v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/les-grands-arrets-de-la-jurisprudence-administrative-9782275139029.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165939v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Cerda-Guzman" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/louise-michel-les-droits-9791092684469.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015122v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiedalloz.fr/livre/9782247220885-autour-de-l-arret-blanco-florent-blanco-simon-gilbert-anne-jacquemet-gauche-collectif/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03448527v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015128v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015138v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Carin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015134v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015137v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01654677v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016BORD0233" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629405v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Neyrat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164466v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027063v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Fraenkel-Haeberle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Michalis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03963450v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Lecis Cocco Ortu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209968v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03641881v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015125v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015133v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015135v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224820v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03279271v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03285783v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02989170v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629406v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/les-grands-arrets-de-la-jurisprudence-administrative-9782275139029.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165939v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Cerda-Guzman" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/louise-michel-les-droits-9791092684469.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015122v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiedalloz.fr/livre/9782247220885-autour-de-l-arret-blanco-florent-blanco-simon-gilbert-anne-jacquemet-gauche-collectif/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03448527v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015128v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015138v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Carin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015134v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015137v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01654677v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016BORD0233" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>