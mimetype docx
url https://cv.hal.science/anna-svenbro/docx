--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1128,342 +1128,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02441332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fonds nordiques en France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Svenbro</w:t>
+                <w:t xml:space="preserve">Quelques repères historiques et culturels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La revue des livres pour enfants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Les Pays nordiques, 257, pp.83-88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02441368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agrandir le monde, écrire les abîmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jón Kalman Stefánsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Boury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIBLIOthèque(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, Pays nordiques, 55, pp.67-71</w:t>
+              <w:t xml:space="preserve">, 2011, Pays nordiques, 55, pp.61-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...65 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02441433v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mica suedeza si principele Cantemir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Lemny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Svenbro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magazin istoric</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 526</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02441399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...38 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">Éric Boury</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les fonds nordiques en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIBLIOthèque(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, Pays nordiques, 55, pp.61-63</w:t>
+              <w:t xml:space="preserve">, 2011, Pays nordiques, 55, pp.67-71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02441433v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02441417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du patrimoine classique à la création contemporaine</w:t>
               </w:r>
@@ -1751,335 +1751,335 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Recherches archivistiques dans le contexte scandinave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives de traducteurs et de traductrices littéraires : Richesses, enjeux et défis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondation Maison des Sciences de l'Homme; Maison Suger; York University, May 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05073541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitalité des contacts entre bibliothèques et chercheurs : perspectives pour les projets de recherche conjoints en 2025 dans le domaine des études nordiques et baltiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia de Ruffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Woessner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIe Congrès de l’APEN – Le Nord comme espace de contact(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour les études nordiques, May 2025, Mons, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05080253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mapping the Reception of Norwegian Literature in France Through Bibliographic Metadata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Svenbro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Norwegian World Literature: Perspectives for Future Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nasjonalbiblioteket (Oslo), Sep 2025, Oslo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05282396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...58 lines deleted...]
-                <w:t xml:space="preserve">Caroline Woessner</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La « Bibliographie des études nordiques » dans HAL : un espace de contact entre chercheurs au prisme de la bibliométrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIe Congrès de l’APEN – Le Nord comme espace de contact(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association pour les études nordiques, May 2025, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...136 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05077321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2886,303 +2886,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02441761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La bibliothèque en Suède</w:t>
+                <w:t xml:space="preserve">La formation des bibliothécaires en langues étrangères à l’heure de la mondialisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4ème Symposium international "Le Livre, la Roumanie, l'Europe"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bibliothèque métropolitaine de Bucarest, Sep 2011, Sinaïa, Roumanie. pp.126-138</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02441796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réception en France de la littérature jeunesse suédoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Svenbro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival Les Boréales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre Régional des Lettres de Basse-Normandie; Bibliothèque Municipale à Vocation Régionale de Caen - La Mer, Nov 2012, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">La réception en France de la littérature jeunesse suédoise</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02927618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les premières traductions de Strindberg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strindberg en héritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bibliothèque nationale de France; Centre de Recherche en Littérature Comparée (EA 4510) -- Université Paris-Sorbonne; Représentations et identités. Espaces germaniques, nordique et néerlandophone (EA 3556) -- Université Paris-Sorbonne; Kungliga Vitterhets Historie och Antikvitets Akademien; Institut suédois -- Svenska institutet, Sep 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02469638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La bibliothèque en Suède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Svenbro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival Les Boréales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre Régional des Lettres de Basse-Normandie; Bibliothèque Municipale à Vocation Régionale de Caen - La Mer, Nov 2012, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...89 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-02469638v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02927497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Promouvoir les bibliothèques et la lecture : le cas suédois de Library Lovers</w:t>
               </w:r>
@@ -3306,51 +3306,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Cantemir en Russie selon les mémoires d’une prisonnière suédoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Lemny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Svenbro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4583,852 +4583,852 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Boris Vian traducteur : de Vernon Sullivan à Mademoiselle Julie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://shows.acast.com/a-livre-ouvert-bsg/episodes/684145087a7872669a8d4cee</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05101835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Les mots ont tous la même peau » : Boris Vian traducteur de Mademoiselle Julie de Strindberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Svenbro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, https://www.bsg.univ-paris3.fr/iguana/www.main.cls?p=*&amp;v=c9fffeec-01f5-11e8-b122-5056b176bf00#contentitem=b88a9c42-cc34-11ef-ae12-5056b176bf00%5E2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04901364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">2025, https://shows.acast.com/a-livre-ouvert-bsg/episodes/684145087a7872669a8d4cee</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un Danois à Paris : autour de Lars Bo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05316723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Moi qui vous dois tant de bienveillance » : Selma Lagerlöf et son traducteur André Bellessort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://bsg.univ-paris3.fr/iguana/www.main.cls?surl=tresor_mois_2025#contentitem=62dbaaca-8809-11f0-9231-5056b176bf00%5E2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">2025, https://bsg.univ-paris3.fr/iguana/www.main.cls?surl=tresor_mois_2025#contentitem=62dbaaca-8809-11f0-9231-5056b176bf00%5E2</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05293228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fredmans Epistlar de Carl Michael Bellman : les lettres de noblesse de la chanson à boire en Suède</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formes, rêves, réalités : la littérature et l’illustration jeunesse lituaniennes contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vytautas V. Landsbergis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ieva Vaitkevičiūtė</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Raišytė-Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://www.bsg.univ-paris3.fr/iguana/uploads/file/Exposition/Livret%20Web.pdf</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Anna Svenbro</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04738750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherches de formes dispersées : l'œuvre papier de Vibeke Tøjner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vibeke Tøjner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vytautas V. Landsbergis</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ieva Vaitkevičiūtė</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrik Harpsoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2024, https://www.bsg.univ-paris3.fr/iguana/uploads/file/Exposition/Livret%20Web.pdf</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03949010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rivage des silves : la nature dans les collections de la bibliothèque Sainte-Geneviève</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Noblet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Bouquillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Boustany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Calza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Révolution souffle au Nord : une édition suédoise de la Constitution montagnarde de 1793</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’univers d’Andersen et sa fenêtre française : André Hellé et Florent Schmitt interprètent Le petit elfe Ferme-l’Œil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Svenbro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célébration de la nature et éloge des sens : Une pierre ‑ Klöpp, de Sigurður Ingólfsson et Bernard Alligand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Gombert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Svenbro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643880v1</w:t>
-              </w:r>
-[...337 lines deleted...]
-                <w:t xml:space="preserve">hal-04643948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le voyage de Nansen au pôle Nord : un nouveau jeu de société instructif</w:t>
               </w:r>
@@ -5927,51 +5927,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="09BD84C5"/>
+    <w:nsid w:val="951FEA65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6158,51 +6158,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anna-svenbro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9031-1686" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/131468790" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/160658613" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000374661437" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/EBC-6577-2022" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610796v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Svenbro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpre.222.0103" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879689v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Swiatek" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc Caffrey Ciara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Meyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Brinken" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3903141" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441142v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/arabesques.597" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441444v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cehm.041.0023" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441178v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gomez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441214v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cohen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Balley" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Riamond" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lenell" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441254v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441278v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rbnu.1961" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441311v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Forestier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441332v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441417v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441368v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441399v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Lemny" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441433v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#243;n Kalman Stef&#225;nsson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Boury" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441385v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441341v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441352v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504408v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282396v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080253v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chapuis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia de Ruffray" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Woessner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073541v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077321v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429767v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098183v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192600v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609091v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6353871" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985415v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Daguet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879533v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468258v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bournerie" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Guillot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Ligozat" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Belhadi-Chavanne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468269v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441452v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441761v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927497v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927618v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441796v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469638v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468285v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468292v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441846v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468297v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601803v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11449450" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440807v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Asselin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bernon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berthier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bertrand" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.enssib.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesenssib.6441" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440844v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Message" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Starobinski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Salazar-Ferrer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.bnf.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441032v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469664v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.bnf.fr/kierkegaard-en-france" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441077v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesenssib.184" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441807v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.l3.ulg.ac.be" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441872v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cipa-asbl.be/page/informatie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441928v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441993v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-picard.com/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pica.borto.2009.01.0009" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097593v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901364v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101835v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316723v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293228v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643977v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738750v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vytautas V. Landsbergis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ieva Vaitkevi&#269;i&#363;t&#279;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Rai&#353;yt&#279;-Moulin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643880v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gombert" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949010v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vibeke T&#248;jner" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Harpsoe" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Michaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493896v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Noblet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bouquillard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boustany" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Calza" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643919v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643948v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643817v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020233v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129372v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789099v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Kergunteuil" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441320v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anna-svenbro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9031-1686" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/131468790" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/160658613" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000374661437" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/EBC-6577-2022" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610796v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Svenbro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpre.222.0103" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879689v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Swiatek" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc Caffrey Ciara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Meyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Brinken" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3903141" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441142v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/arabesques.597" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441444v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cehm.041.0023" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441178v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gomez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441214v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cohen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Balley" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Riamond" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lenell" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441254v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441278v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rbnu.1961" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441311v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Forestier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441332v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441368v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441433v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#243;n Kalman Stef&#225;nsson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Boury" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441399v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Lemny" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441417v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441385v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441341v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441352v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504408v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073541v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080253v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chapuis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia de Ruffray" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Woessner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282396v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077321v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429767v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098183v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192600v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609091v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6353871" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985415v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Daguet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879533v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468258v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bournerie" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Guillot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Ligozat" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Belhadi-Chavanne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468269v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441452v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441761v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441796v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927618v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469638v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927497v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468285v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468292v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441846v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468297v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601803v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11449450" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440807v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Asselin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bernon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berthier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bertrand" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.enssib.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesenssib.6441" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440844v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Message" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Starobinski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Salazar-Ferrer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.bnf.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441032v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469664v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.bnf.fr/kierkegaard-en-france" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441077v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesenssib.184" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441807v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.l3.ulg.ac.be" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441872v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cipa-asbl.be/page/informatie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441928v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441993v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-picard.com/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pica.borto.2009.01.0009" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097593v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101835v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901364v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316723v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293228v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643977v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738750v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vytautas V. Landsbergis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ieva Vaitkevi&#269;i&#363;t&#279;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Rai&#353;yt&#279;-Moulin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949010v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vibeke T&#248;jner" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Harpsoe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Michaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493896v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Noblet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bouquillard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boustany" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Calza" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643919v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643948v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643880v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gombert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643817v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020233v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129372v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789099v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Kergunteuil" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441320v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>