--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -66,77 +66,909 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vocal smile is recognized but not embodied in autistic adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Merchie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Ranty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Wardak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (11), pp.113858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.113858⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05373305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intact representation of vocal smile in autism: A reverse correlation approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Merchie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Ranty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aynaz Adl Zarrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research in Autism Spectrum Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 124, pp.202599. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.reia.2025.202599⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05081801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unraveling neural adaptation to vocal and non-vocal sounds in autism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Merchie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carles Escera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gomot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 170, pp.58-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clinph.2024.12.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05044422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emotional contagion to vocal smile revealed by combined pupil reactivity and motor resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Merchie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Ranty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Wardak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.25043. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-74848-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04788937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neural repetition suppression to vocal and non-vocal sounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Heurteloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Merchie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carles Escera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 148, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2021.11.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04357853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning to run the number line: the development of attentional shifts during single‐digit arithmetic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Díaz‐barriga Yáñez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auriane Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Merchie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Chesnokova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1477 (1), pp.79-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nyas.14464⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02988660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vocal Smile Processing In Autism: Intact Representation But No Facial Reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -195,289 +1027,289 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNATIONAL CONFERENCE ON COGNITIVE NEUROSCIENCE 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05366051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural adaptation in response to vocal and emotion sounds throughout development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gomot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICON (International Conference on Cognitive Neuroscience)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05368140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vocal smile in children: mental representation and facial motor resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gomot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th bi-annual ESCAN meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05368184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourire vocal et résonance motrice faciale chez l’enfant autiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -499,110 +1331,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème Université d’Automne de l’ARAPI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Le croisic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05368166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Vocal Smile integration in Autism: from Acoustic Representation to Facial Motor Resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -611,714 +1443,714 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th bi-annual European Society for Cognitive and Affective Neuroscience (ESCAN) meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Ghent (BE), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05366042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourire vocal chez l’enfant : représentation perceptuelle et résonance faciale motrice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gomot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée scientifique de la SFR FED Neuroimagerie fonctionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05368194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atypical Neural Adaptation To Auditory Vocal And Non-Vocal Stimuli In Autistic Adults</w:t>
+                <w:t xml:space="preserve">Faster neural adaptation to neutral than to emotional prosodic sounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Carles Escera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gomot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7eme Journée recherche biomédicale 2023 (Tours, Angers, Orléans, Le Mans)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, La Riche, France</w:t>
+              <w:t xml:space="preserve">21st World Congress of Psychophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05366039v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atypical neural adaptation to vocal and non-vocal sounds in autism</w:t>
+                <w:t xml:space="preserve">Adaptation neurale atypique aux sons vocaux et non-vocaux dans l’autisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Carles Escera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INSAR annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Stochkolm, Sweden</w:t>
+              <w:t xml:space="preserve">Journée scientifique de la SFR FED Neuroimagerie Fonctionnelle 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05366027v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faster neural adaptation to neutral than to emotional prosodic sounds</w:t>
+                <w:t xml:space="preserve">Atypical Neural Adaptation To Auditory Vocal And Non-Vocal Stimuli In Autistic Adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carles Escera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st World Congress of Psychophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Genève, Switzerland</w:t>
+              <w:t xml:space="preserve">7eme Journée recherche biomédicale 2023 (Tours, Angers, Orléans, Le Mans)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, La Riche, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05366031v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation neurale atypique aux sons vocaux et non-vocaux dans l’autisme</w:t>
+                <w:t xml:space="preserve">Atypical neural adaptation to vocal and non-vocal sounds in autism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Carles Escera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique de la SFR FED Neuroimagerie Fonctionnelle 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Tours, France</w:t>
+              <w:t xml:space="preserve">INSAR annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Stochkolm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05366037v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect Of The Vocal And Emotional Prosodic Content On The Neural Adaptation To Sounds.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1327,1060 +2159,228 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carles Escera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gomot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Federation of European Neuroscience Societies (FENS) Forum 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05366005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractéristiques acoustiques et modèle du sourire vocal chez l’adulte autiste.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Joucla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16e Université d’automne de l’ARAPI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Le Croisic (Loire Atlantique), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05366017v1</w:t>
-              </w:r>
-[...830 lines deleted...]
-                <w:t xml:space="preserve">hal-02988660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2424,51 +2424,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gomot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée scientifique de la SFR FED Neuroimagerie Fonctionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2519,64 +2519,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carles Escera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gomot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual meeting of the SPNC (Society of Psychophysiology and Cognitive Neuroscience)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2873,51 +2873,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366051v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Merchie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Ranty" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wardak" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Aguillon-Hernandez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368140v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368184v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Julien Aucouturier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368166v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366042v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Houy-Durand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368194v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366039v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Escera" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366027v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366031v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366037v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366005v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Roux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366017v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Joucla" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081801v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aynaz Adl Zarrabi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reia.2025.202599" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373305v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113858" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044422v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2024.12.003" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788937v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-74848-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357853v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Heurteloup" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2021.11.020" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988660v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea D&#237;az&#8208;barriga Y&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Couderc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Longo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Chesnokova" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.14464" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368199v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368173v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05082089v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373305v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Merchie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Ranty" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wardak" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Aguillon-Hernandez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113858" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081801v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aynaz Adl Zarrabi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Houy-Durand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reia.2025.202599" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044422v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Escera" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2024.12.003" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788937v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Julien Aucouturier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-74848-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357853v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Heurteloup" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Roux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2021.11.020" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988660v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea D&#237;az&#8208;barriga Y&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Couderc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Longo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Chesnokova" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.14464" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366051v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368140v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368184v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368166v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366042v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368194v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366031v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366037v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366039v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366027v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366005v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366017v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Joucla" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368199v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368173v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05082089v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>