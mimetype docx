--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -125,161 +125,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomic analysis of the endometrium of Large White and Meishan pigs reveals differences in biological processes during late gestation</w:t>
+                <w:t xml:space="preserve">Validation of photographic fecal scoring in puppies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnes Bonnet</w:t>
+                <w:t xml:space="preserve">Chloé Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alyssa Imbert</w:t>
+                <w:t xml:space="preserve">Ilyas Bendahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Gress</w:t>
+                <w:t xml:space="preserve">Emma Vellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Marty-Gasset</w:t>
+                <w:t xml:space="preserve">Faouzi Lyazrhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (1), pp.11. </w:t>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 246, pp.106729. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-025-12276-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2025.106729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05461714v1</w:t>
+                <w:t xml:space="preserve">hal-05342389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epidemiological and clinical profiles of young and senior dogs fed a standard diet</w:t>
               </w:r>
@@ -389,1511 +389,1511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05041920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Digestive Bacteria Suffer from Oxidative Stress: A Study on Ruminal Bacteria</w:t>
+                <w:t xml:space="preserve">Metabolomic analysis of the endometrium of Large White and Meishan pigs reveals differences in biological processes during late gestation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muhammad Kaleem</w:t>
+                <w:t xml:space="preserve">Agnes Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Farizon</w:t>
+                <w:t xml:space="preserve">Alyssa Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Pascal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
+                <w:t xml:space="preserve">Laure Gress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+                <w:t xml:space="preserve">Nathalie Marty-Gasset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Science and Nutrition Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (4), </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (1), pp.11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.26502/jfsnr.2642-110000185⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-025-12276-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05408391v1</w:t>
+                <w:t xml:space="preserve">hal-05461714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal oral supplementation with Saccharomyces boulardii I-1079 during gestation and early lactation impacts the early growth rate and metabolic profile of newborn puppies</w:t>
+                <w:t xml:space="preserve">Do Digestive Bacteria Suffer from Oxidative Stress: A Study on Ruminal Bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilyas Bendahmane</w:t>
+                <w:t xml:space="preserve">Muhammad Kaleem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Garrigues</w:t>
+                <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Apper</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amélie Mugnier</w:t>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ljubica Svilar</w:t>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 12, </w:t>
+              <w:t xml:space="preserve">Journal of Food Science and Nutrition Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnut.2025.1500600⟩</w:t>
+                <w:t xml:space="preserve">⟨10.26502/jfsnr.2642-110000185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04777307v2</w:t>
+                <w:t xml:space="preserve">hal-05408391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing cognitive functions in aged dogs and cats: a systematic review of enriched diets and nutraceuticals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
+                <w:t xml:space="preserve">Maternal oral supplementation with Saccharomyces boulardii I-1079 during gestation and early lactation impacts the early growth rate and metabolic profile of newborn puppies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilyas Bendahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Eppe</w:t>
+                <w:t xml:space="preserve">Quentin Garrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Apper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Mugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ljubica Svilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GeroScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11357-025-01521-z⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnut.2025.1500600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04908828v1</w:t>
+                <w:t xml:space="preserve">hal-04777307v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of photographic fecal scoring in puppies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ilyas Bendahmane</w:t>
+                <w:t xml:space="preserve">Enhancing cognitive functions in aged dogs and cats: a systematic review of enriched diets and nutraceuticals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Vellard</w:t>
+                <w:t xml:space="preserve">Justine Eppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Mugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faouzi Lyazrhi</w:t>
+                <w:t xml:space="preserve">Fabienne Delfour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 246, pp.106729. </w:t>
+              <w:t xml:space="preserve">GeroScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2025.106729⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11357-025-01521-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05342389v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04908828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring frailty in apparently healthy senior dogs: a cross-sectional study</w:t>
+                <w:t xml:space="preserve">Investigating influences on pet attachment in France: Insights from the adaptation of the French Lexington Attachment to Pets Scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Dejean</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Priymenko</w:t>
+                <w:t xml:space="preserve">Luana Zaboski-Pena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilana Harroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Théodon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12917-024-04296-1⟩</w:t>
+              <w:t xml:space="preserve">Human-Animal Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (1), 9 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1079/hai.2024.0027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04799654v1</w:t>
+                <w:t xml:space="preserve">hal-04799653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating influences on pet attachment in France: Insights from the adaptation of the French Lexington Attachment to Pets Scale</w:t>
+                <w:t xml:space="preserve">Exploring frailty in apparently healthy senior dogs: a cross-sectional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ilana Harroche</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Mugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ophélie Théodon</w:t>
+                <w:t xml:space="preserve">Sébastien Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Priymenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human-Animal Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (1), 9 p. </w:t>
+              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20, pp.436. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1079/hai.2024.0027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12917-024-04296-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04799653v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04799654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbiability of milk composition and genetic control of microbiota effects in sheep</w:t>
+                <w:t xml:space="preserve">Integrating data from spontaneous and induced trans-10 shift of ruminal biohydrogenation reveals discriminant bacterial community changes at the OTU level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
+                <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O.F. Christensen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andres Legarra</w:t>
+                <w:t xml:space="preserve">Asma Zened</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2022-22948⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, pp.1012341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.1012341⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04171842v1</w:t>
+                <w:t xml:space="preserve">hal-04029019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Host genome and metagenome interactions for improved ruminant health and performance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microbiability of milk composition and genetic control of microbiota effects in sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O.F. Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Legarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nikola Palevich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2023.1160074⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2022-22948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04087694v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04171842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting feed efficiency traits in growing lambs from their ruminal microbiota</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Editorial: Host genome and metagenome interactions for improved ruminant health and performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Weisbecker</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nikola Palevich</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2023.100824⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1160074. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2023.1160074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04173640v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04087694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A large database linking the rumen bacterial composition and milk traits in Lacaune sheep</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Predicting feed efficiency traits in growing lambs from their ruminal microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Graverand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Menras</w:t>
+                <w:t xml:space="preserve">Jean-Louis Weisbecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regis Tomas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Luce Chemit</w:t>
+                <w:t xml:space="preserve">D Marcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/S41597-022-01912-3⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2023.100824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03933175v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating data from spontaneous and induced trans-10 shift of ruminal biohydrogenation reveals discriminant bacterial community changes at the OTU level</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A large database linking the rumen bacterial composition and milk traits in Lacaune sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Menras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Enjalbert</w:t>
+                <w:t xml:space="preserve">Regis Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asma Zened</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Luce Chemit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13, pp.1012341. </w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.1012341⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/S41597-022-01912-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04029019v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03933175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variation in Rumen Bacteria of Lacaune Dairy Ewes From One Week to the Next</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Fresco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1966,51 +1966,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Tortereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marty-Gasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2061,90 +2061,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host genetic control on rumen microbiota and its impact on dairy traits in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Johannes Buitenhuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 54 (1), pp.77. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2178,103 +2178,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apart From the Diet, the Ruminal Microbiota of Lambs Is Modified in Relation to Their Genetic Potential for Feed Efficiency or Feeding Behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Tortereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Gabinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Graverand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (7), 15 p. </w:t>
@@ -2312,90 +2312,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compositional analysis of ruminal bacteria from ewes selected for somatic cell score and milk persistency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pepus Daunis-I-Estadella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 16 (7), 16 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2429,51 +2429,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruminant microbiota : research status and impacts of microbiota on animal performance and health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Zened</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Forano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2695,464 +2695,464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02176665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strongyle infection and gut microbiota : profiling of resistant and susceptible horses over a grazing season</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enzymatic Study of Linoleic and Alpha-Linolenic Acids Biohydrogenation by Chloramphenicol-Treated Mixed Rumen Bacterial Species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Zened</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Farizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Luce Chemit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2018.00272⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.01452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02625557v1</w:t>
+                <w:t xml:space="preserve">hal-02620963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feeding heat-oxidized oil to dairy cows affects milk fat nutritional quality</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yves Farizon</w:t>
+                <w:t xml:space="preserve">Strongyle infection and gut microbiota : profiling of resistant and susceptible horses over a grazing season</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allison Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Salle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Ballan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Reigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 12 (01), pp.183-188. </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1751731117001318⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2018.00272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621031v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02625557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzymatic Study of Linoleic and Alpha-Linolenic Acids Biohydrogenation by Chloramphenicol-Treated Mixed Rumen Bacterial Species</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Feeding heat-oxidized oil to dairy cows affects milk fat nutritional quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Kaleem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Farizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, Non paginé. </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12 (01), pp.183-188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.01452⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1751731117001318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02620963v1</w:t>
+                <w:t xml:space="preserve">hal-02621031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rumen microbiota and dietary fat: a mutual shaping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Zened</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3284,2898 +3284,2910 @@
               <w:t xml:space="preserve">, 2017, 141, </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biochi.2017.08.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology Article : Can Ruminal Reducing Power Assessed in Batch Cultures be Comparable to in Vivo Measurements?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of pH and fermentative substrate on ruminal metabolism of fatty acids during short-term in vitro incubation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Philippe Marden</w:t>
+                <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Corine Bayourthe</w:t>
+                <w:t xml:space="preserve">Clara Palagiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical Sciences, Methods and Instrumentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4236/jasmi.2014.43011⟩</w:t>
+              <w:t xml:space="preserve">Journal of Animal Physiology and Animal Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Vol. 98 (n° 4), pp. 704-713. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jpn.12128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01846133v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01108642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of pH and fermentative substrate on ruminal metabolism of fatty acids during short-term in vitro incubation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Methodology Article : Can Ruminal Reducing Power Assessed in Batch Cultures be Comparable to in Vivo Measurements?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Philippe Marden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Francis Enjalbert</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Bayourthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Physiology and Animal Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jpn.12128⟩</w:t>
+              <w:t xml:space="preserve">Journal of Analytical Sciences, Methods and Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4, pp.80-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4236/jasmi.2014.43011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01108642v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01846133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of the heating process of soybean oil and seeds on fatty acid biohydrogenation in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Puaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 97 (9), pp.5657-5667. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3168/jds.2013-7783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbial ecology of the rumen evaluated by 454 GS FLX pyrosequencing is affected by starch and oil supplementation of diets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Zened</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme J. Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 83 (2), pp.504-514. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1574-6941.12011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02648977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Starch plus sunflower oil addition to the diet of dry dairy cows results in a trans-11 to trans-10 shift of biohydrogenation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Zened</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 96 (1), pp.451-459. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3168/jds.2012-5690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02643113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid oxidation products of heated soybeans as a possible cause of protection from ruminal biohydrogenation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Kaleem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 115 (2), pp.161-169. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejlt.201200145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of chemical form, heating, and oxidation products of linoleic acid on rumen bacterial population and activities of biohydrogenating enzymes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Kaleem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 96 (11), pp.7167-7180. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2013-6768⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02652460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro study of dietary factors affecting the biohydrogenation shift from trans-11 to trans-10 fatty acids in the rumen of dairy cows</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Analyse comparée des écosystèmes digestifs du rumen de la vache et du caecum du lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rory Michelland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Monteils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Bayourthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 25 (5), pp.395-406</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1751731111001777⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02652353v1</w:t>
+                <w:t xml:space="preserve">hal-02642370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of oil and natural or synthetic vitamin E on ruminal and milk fatty acid profiles in cows receiving a high starch diet</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">In vitro study of dietary factors affecting the biohydrogenation shift from trans-11 to trans-10 fatty acids in the rumen of dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Zened</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (3), pp.459-467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731111001777⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2012-5326⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02644516v1</w:t>
+                <w:t xml:space="preserve">hal-02652353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Métabolisme ruminal et digestion des acides gras longs chez le ruminant : le point des connaissances récentes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+                <w:t xml:space="preserve">Effects of oil and natural or synthetic vitamin E on ruminal and milk fatty acid profiles in cows receiving a high starch diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Zened</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Fievez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frederic F. Glasser</w:t>
+                <w:t xml:space="preserve">Taha Najar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 95 (10), pp.5916-5926. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2012-5326⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02642567v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse comparée des écosystèmes digestifs du rumen de la vache et du caecum du lapin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Métabolisme ruminal et digestion des acides gras longs chez le ruminant : le point des connaissances récentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rory Michelland</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Combes</w:t>
+                <w:t xml:space="preserve">V. Fievez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Monteils</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anabelle Troegeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic F. Glasser</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 25 (5), pp.395-406</w:t>
+              <w:t xml:space="preserve">, 2012, 25 (4), pp.361-373</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02642370v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02642567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Starch and oil in the donor cow diet and starch in substrate differently affect the in vitro ruminal biohydrogenation of linoleic and linolenic acids</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Random changes in the heifer rumen in bacterial community structure, physico-chemical and fermentation parameters, and in vitro fiber degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Monteils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Silberberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Livestock Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 141 (2-3), pp.104-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.LIVSCI.2011.05.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2011-4491⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02652174v1</w:t>
+                <w:t xml:space="preserve">hal-02645940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Random changes in the heifer rumen in bacterial community structure, physico-chemical and fermentation parameters, and in vitro fiber degradation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Starch and oil in the donor cow diet and starch in substrate differently affect the in vitro ruminal biohydrogenation of linoleic and linolenic acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Zened</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Silberberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 94 (11), pp.5634-5645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2011-4491⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.LIVSCI.2011.05.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02645940v1</w:t>
+                <w:t xml:space="preserve">hal-02652174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Live yeast as a possible modulator of polyunsaturated fatty acid biohydrogenation in the rumen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Marden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Bayourthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Médecine Vétérinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 161 (8-9), pp.391-400</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02664433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature and duration of heating of sunflower oil affect ruminal biohydrogenation of linoleic acid in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Privé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 93 (2), pp.711-722. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3168/jds.2009-2534⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02655429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêts et limites de l’apport de graines oléagineuses à la ration de vaches laitières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">. Département 2levage Et Produits, Service Alimentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin des G.T.V.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, N° 48, pp.99-104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02655619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets d'une supplémentation en iode et sélénium de la vache gestante sur les statuts en oligo-éléments et immunitaire du veau nouveau-né</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Médecine Vétérinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 160 (1), pp.10-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02667210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of induced subacute ruminal acidosis on milk fat content and milk fatty acid profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Videau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Physiology and Animal Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 92 (3), pp.284-291. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1439-0396.2007.00765.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02659592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of fat source and dietary sodium bicarbonate plus straw on the conjugated linoleic acid content of milk of dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Animal Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 61 (5), pp.406-415. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17450390701563474⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02654679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of heating process of soybeans on ruminal production of conjugated linoleic acids and trans-octadecenoic acids in situ</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Rates and efficiencies of reactions of ruminal biohydrogenation of linoleic acid according to pH and polyunsaturated fatty acids concentrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Francis Enjalbert</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Bret-Bennis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Médecine Vétérinaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 46 (6), pp.713-724. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/rnd:2006046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655648v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00900650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rates and efficiencies of reactions of ruminal biohydrogenation of linoleic acid according to pH and polyunsaturated fatty acids concentrations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Effect of heating process of soybeans on ruminal production of conjugated linoleic acids and trans-octadecenoic acids in situ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">F. Enjalbert</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue de Médecine Vétérinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 157 (10), pp.509-514</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00900650v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les acides linoléiques conjugués : Intérêts biologiques en nutrition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Les acides linoléiques conjugués: origines et effets sur les productions animales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Médecine Vétérinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 156 (4), pp.207-216</w:t>
+              <w:t xml:space="preserve">, 2005, 156 (5), pp.281-288</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02669735v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02673984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les acides linoléiques conjugués: facteurs de variation des teneurs dans le lait et les produits laitiers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Les acides linoléiques conjugués : Intérêts biologiques en nutrition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Médecine Vétérinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 156 (6), pp.323-331</w:t>
+              <w:t xml:space="preserve">, 2005, 156 (4), pp.207-216</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02670225v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02669735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les acides linoléiques conjugués: origines et effets sur les productions animales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Les acides linoléiques conjugués: facteurs de variation des teneurs dans le lait et les produits laitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Médecine Vétérinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 156 (5), pp.281-288</w:t>
+              <w:t xml:space="preserve">, 2005, 156 (6), pp.323-331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02673984v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02670225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In situ ruminal biohydrogenation of fatty acids from extruded soybeans: effects of dietary adaptation and of mixing with lecithin or wheat straw</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Agazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Bayourthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Moncoulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 1 (1-2), pp.165-175. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2004.07.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03601930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6185,159 +6197,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between feed profile and health parameters in French senior dogs</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Airways and gut microbiome disturbance and resilience dynamics during polymicrobial bovine respiratory disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima-Zohra Sikht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Pot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hortensia Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European College of Veterinary and Comparative Nutrition 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Belfast, Ireland</w:t>
+              <w:t xml:space="preserve">25th Congres of the International Organization for Mycoplasmology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Las Palmas De Gran Canaria, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04799621v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04654415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between microbiome and pathogens in the context of bovine respiratory complex: a longitudinal study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6396,331 +6425,314 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'animation scientifique du Département Santé Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Département SA INRAE, Sep 2024, Seignosse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04709511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the glycome-microbiome axis on susceptibility to bovine viral infections and on animal welfare</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relationship between feed profile and health parameters in French senior dogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Mugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Priymenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du métaprogramme SANBA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">European College of Veterinary and Comparative Nutrition 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Belfast, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04888568v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04799621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dynamism of calves’ respiratory and gut microbiome axis: stability, resilience, and individual patterns through health and disease</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hortensia Robert</w:t>
+                <w:t xml:space="preserve">Role of the glycome-microbiome axis on susceptibility to bovine viral infections and on animal welfare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice de Boyer Des Roches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothee Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maverick Monie-Ibanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nao Yamakawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'animation scientifique du Département Santé Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Département SA INRAE, Sep 2024, Seignosse, France</w:t>
+              <w:t xml:space="preserve">Séminaire du métaprogramme SANBA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04709490v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Airways and gut microbiome disturbance and resilience dynamics during polymicrobial bovine respiratory disease</w:t>
+                <w:t xml:space="preserve">The dynamism of calves’ respiratory and gut microbiome axis: stability, resilience, and individual patterns through health and disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Zohra Sikht</w:t>
@@ -6755,3363 +6767,3363 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hortensia Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th Congres of the International Organization for Mycoplasmology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Las Palmas De Gran Canaria, Spain</w:t>
+              <w:t xml:space="preserve">Journées d'animation scientifique du Département Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département SA INRAE, Sep 2024, Seignosse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04654415v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04709490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishment and evolution of ruminotypes of lactating Lacaune ewes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Characterization of two divergent lines through functional inference of ruminal microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Darbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04116731v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04116735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association between 16S RNA-based ruminal microbiota composition and ruminal lesions in grazing cattle slaughtered in southern France: a pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Guinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larraillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Arcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESVCN Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Vila Real, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04799646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blending multivariate models to predict feed efficiency and explore multiple omics in meat sheep</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Establishment and evolution of ruminotypes of lactating Lacaune ewes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Farizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04116725v2</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04116731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of two divergent lines through functional inference of ruminal microbiota</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Blending multivariate models to predict feed efficiency and explore multiple omics in meat sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Graverand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Weisbecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04116735v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04116725v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique énergétique et des réserves corporelles en début de lactation chez les brebis laitières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Corbière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Costes-Ori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed El Jabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Fança</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants (3R 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2022, Paris, France. pp.84-88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04039683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of genetic links between rumen bacteria and milk somatic cell score in Lacaune dairy sheep</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
+                <w:t xml:space="preserve">Using machine learning to predict feed intakes of meat sheep from animal traits and ruminal microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Graverand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J L Weisbecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bart Buitenhuis</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Marcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WCGALP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. 4p</w:t>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949133v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using machine learning to predict feed intakes of meat sheep from animal traits and ruminal microbiota</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
+                <w:t xml:space="preserve">Evidence of genetic links between rumen bacteria and milk somatic cell score in Lacaune dairy sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J L Weisbecker</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D Marcon</w:t>
+                <w:t xml:space="preserve">Rachel Rupp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Buitenhuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WCGALP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. 4p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03859344v1</w:t>
+                <w:t xml:space="preserve">hal-04949133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rumen fatty acids linked to phenotypes in Romane lambs selected for feed efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Touitou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana P.Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Tortereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rui Bessa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03859368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmatic and ruminal metabolomes of lambs divergently selected on residual feed intake</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Touitou</w:t>
+                <w:t xml:space="preserve">The rumen microbiota is modified in lambs divergently selected for residual feed intake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Graverand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Tortereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Vialaneix</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Marcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Lefort</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christel Marie- Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAAP – European Federation of Animal Science 2021</w:t>
+              <w:t xml:space="preserve">EAAP 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03547250v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03480862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruminal bacteria heritabilities: Which is the impact of different data processing ?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Plasmatic and ruminal metabolomes of lambs divergently selected on residual feed intake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Touitou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marty-Gasset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vialaneix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAAP 2021</w:t>
+              <w:t xml:space="preserve">EAAP – European Federation of Animal Science 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03480858v1</w:t>
+                <w:t xml:space="preserve">hal-03547250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The rumen microbiota is modified in lambs divergently selected for residual feed intake</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+                <w:t xml:space="preserve">Ruminal bacteria heritabilities: Which is the impact of different data processing ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christel Marie- Etancelin</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03480862v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03480858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between rumen bacterial composition of growing and adult Romane sheep</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ruminants microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Zened</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Forano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delbès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Inconnu, Portugal</w:t>
+              <w:t xml:space="preserve">25. Rencontres autour des Recherches sur les Ruminants (3R 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage; INRAE, Dec 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03155698v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03932304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruminants microbiota</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison between rumen bacterial composition of growing and adult Romane sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Touitou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. Rencontres autour des Recherches sur les Ruminants (3R 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage; INRAE, Dec 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">EAAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Inconnu, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03932304v1</w:t>
+                <w:t xml:space="preserve">hal-03155698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Lacaune ewes selection for somatic cells score and milk persistency on rumen bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillermo Martinez-Boggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Rupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03480856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divergent selection on residual feed intake in Romane meat sheep breed to dissect biological process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Touitou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Weisbecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Virtual Meeting, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03155701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rumen bacteria do not provide improved genetic evaluation of dairy traits in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ole F Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres Legarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WCGALP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12711-019-0464-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04949138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic approach of rumen metagenome : state of the art in small ruminant and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Rowe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arjan Jonker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. 705 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélectionner des béliers efficaces pour faire face aux enjeux agro-écologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Louis Weisbecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Rencontres Recherches Ruminants (3R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic determinism of dairy sheep ruminal microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Gabinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marie Menras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. 705 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host genetics a potent modulator of ruminal microbial activity in dairy ewes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Rupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21.Congress of the European Society of Veterinary and Comparative Nutrition (ESVCN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Cirencester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-chain and unsaturated aldehydes altered enteric microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Kaleem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Euro Fed Lipid Congress "Oils, Fats and Lipids: From Lipidomics to Industrial Innovation"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Federation for the Science and Technology of Lipids. DEU., Sep 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of linoleic acid oxidative compounds on superoxide dismutase activity and bacterial abundance in long-term ruminal cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Kaleem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. INRA-Rowett Symposium: Gut Microbiota: friend or foe?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Clermont-Ferrand, France. pp.187</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02747853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of pH and donor cow diet on ruminal linoleic acid delta12 and delta9 isomerisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Zened</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. INRA-Rowett symposium on gut microbiology: Gut Microbiota: friend or foe?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Clermont-Ferrand, France. pp.187</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02747823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of induced acidosis on milk fat content and milk fatty acids profile.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Videau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anabelle Troegeler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Congress of the European Society of Veterinary and Comparative Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2006, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02753536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of live yeast on the fatty acids biohydrogenation by ruminal bacteria</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Effects of duration and temperature on heating of sunflower oil on ruminal linoleic acid biohydragenation in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Joint RRI-INRA Gastrointestinal Tract Microbiology Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, Aberdeen, United Kingdom</w:t>
+              <w:t xml:space="preserve">4. Euro Fed Lipid Congress "Oils, Fats and Lipids for a Healthier Future"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757103v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of duration and temperature on heating of sunflower oil on ruminal linoleic acid biohydragenation in vitro</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Cis-15 intermediates of biohydrogenation in the duodenal flow of cows receiving linseed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fowad Akraim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Juaneda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Francis Enjalbert</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Euro Fed Lipid Congress "Oils, Fats and Lipids for a Healthier Future"</w:t>
+              <w:t xml:space="preserve">4. Euro Fed Lipid Congress. Workshop: Rumen Biohydrogenation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2006, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02750766v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cis-15 intermediates of biohydrogenation in the duodenal flow of cows receiving linseed</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Effects of live yeast on the fatty acids biohydrogenation by ruminal bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anabelle Troegeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Marden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Bayourthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Moncoulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Euro Fed Lipid Congress. Workshop: Rumen Biohydrogenation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">5. Joint RRI-INRA Gastrointestinal Tract Microbiology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Aberdeen, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753540v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Establishing reference values and evaluating analytical approaches for plasma vitamin E in dogs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Gouiric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Priymenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10130,1027 +10142,1014 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESVCN Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05330110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the Impact of Saccharomyces cerevisiae Supplementation on Rumenitis-Like Lesions in Grassland System Cows: A Pilot Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Chevaux</w:t>
+                <w:t xml:space="preserve">The lung-gut axis during polymicrobial respiratory infections in calves holobionts: the impact of microbiota dynamics on disease outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima-Zohra Sikht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Pot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hortensia Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Society of Veterinary and Comparative Nutrition Congress 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Belfast, United Kingdom. </w:t>
+              <w:t xml:space="preserve">75th Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Florence, Italy. Wageningen Academic Publishers, 75èmes Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04799651v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04709456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The lung-gut axis during polymicrobial respiratory infections in calves holobionts: the impact of microbiota dynamics on disease outcomes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hortensia Robert</w:t>
+                <w:t xml:space="preserve">Investigating the Impact of Saccharomyces cerevisiae Supplementation on Rumenitis-Like Lesions in Grassland System Cows: A Pilot Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Larraillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Arcier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chevaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75th Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Florence, Italy. Wageningen Academic Publishers, 75èmes Annual Meeting of the European Federation of Animal Science</w:t>
+              <w:t xml:space="preserve">European Society of Veterinary and Comparative Nutrition Congress 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Belfast, United Kingdom. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04709456v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04799651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Both age and genetic predisposition to mastitis influence the digestive microbiota in ewes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Arnalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Zened</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Rupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Foucras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Florence, Italy. Wageningen Academic Publishers, 75èmes Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04872564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of puppy behavior around the adoption period: study on a cohort of 62 Golden Retriever puppies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyas Bendahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oceane Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucy Montagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenza Kezimana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Behavioural Biology (ECBB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04876456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The richer the better: 16S metabarcoding analysis of gut microbiota of laying hens in relation to feed efficiency and adaptation to diet change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Jardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. International Gut Microbiology Symposium 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Aberdeen, United Kingdom. , 2023, Programme and book of abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04127869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can the osteopath's perception reflect a change in the dog's digestive microbiota?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieczorek Amélie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Luce Chemit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Godde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Fillias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society of Veterinary and Comparative Nutrition Congress 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Basel, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04799641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic links between feeding behavior and microbiota of Romane lambs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
+                <w:t xml:space="preserve">Rumen bacteria in sheep : first evidence of host’s genetic control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Gabinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Dominique Francois</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Tomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie Menras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. Cambridge University Press, Advances in Animal Biosciences, 9 (3), 2018, 10th. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massey University</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02736414v1</w:t>
+                <w:t xml:space="preserve">hal-02737229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Individual sPLS on ruminal bacterial community of 2 lambs responding differently to a high starch diet to discriminate potential clusters producing trans10-18:1 and trans11-18:1 fatty acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana P.Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Symposium of the Nutrition of Herbivores</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. Cambridge Universtiy Press, Advances in Animal Biosciences, 9 (3), p.381, 2018, Proceedings of the 10 th International Symposium on the Nutrition of Herbivores (ISNH)</w:t>
@@ -11173,955 +11172,968 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02872079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rumen bacteria in sheep : first evidence of host’s genetic control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
+                <w:t xml:space="preserve">Genetic links between feeding behavior and microbiota of Romane lambs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Gabinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. Cambridge University Press, Advances in Animal Biosciences, 9 (3), 2018, 10th. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
+              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massey University</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1130 p., 2018, Proceedings of the 11th World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737229v1</w:t>
+                <w:t xml:space="preserve">hal-02736414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ARMOr project : genome-wide association analysis of ruminal microbiota in ovis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marie Menras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Gabinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CRB ANIM - Réunion du Réseau de Centres de Ressources Biologiques pour les animaux domestiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Paris, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruminal digestion: development of medium-term cultures of ruminal content</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Luce Chemit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Congress of the European Society of Veterinary and Comparative Nutrition (ESVCN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Utrecht, Netherlands. , 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02795232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruminal bacterial community change in response to diet-induced variation of ruminal trans-10 fatty acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Zened</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Congress European Microbiologists, FEMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Genève, Switzerland. 1p, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02809835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ruminal level of trans-10 fatty acids of dairy cows is linked to the composition of bacterial community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Zened</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme J. Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Congress of European Microbiologists, FEMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Genève, Switzerland. 1p, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02806622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet des saponines de Yucca et Quillaya sur la dégradation ruminale des matières azotées de l’herbe : étude in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claude Nicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Luce Chemit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les rendez-vous à Herbalia.La filière des plantes de santé, beauté, bien être et le développement durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2011, Chemillé, France. , 1p, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02811355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le ratio entre acides gras trans-10 et trans-11 obtenu in vitro reflète les valeurs in vivo et dépend principalement de la flore de la vache donneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Zened</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique SEVAB - ENVT Toulouse (FRA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Toulouse, France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02819561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le chauffage des triglycérides ne protège pas l’acide linoléique de la biohydrogénation ruminale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Kaleem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02813997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12131,379 +12143,379 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alimentation durable des animaux d’élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Aubignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adriane Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lamothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Bayourthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/r8pg-q463⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03673879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruminal metabolism of fatty acids: modulation of polyunsaturated, conjugated and trans fatty acids in meat and milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veerle Fievez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ronald Ross Watson; Fabien De Meester. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Lipids in Human Function.: Fatty Acids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AOCS Press, 809 p., 2016, 978-1-63067-036-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-1-63067-036-8.00019-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03205836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biosynthesis of trans fatty acids in ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trans fatty acids in human nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Oily Press An imprint of PJ Barnes &amp; Associates</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 978-0-9552512-3-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02813407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12513,161 +12525,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of stool photographs for fecal scoring and diagnosis of diarrhea in the puppy: validation of the method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyas Bendahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Vellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faouzi Lyazrhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05117996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId322"/>
+      <w:footerReference w:type="default" r:id="rId323"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12814,51 +12826,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05461714v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bonnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Imbert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gress" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marty-Gasset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Meynadier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-12276-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041920v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Blanchard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mugnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Boulet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Priymenko" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2025.106537" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05408391v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Kaleem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Farizon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26502/jfsnr.2642-110000185" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04777307v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyas Bendahmane" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Garrigues" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Apper" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljubica Svilar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2025.1500600" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908828v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Eppe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Delfour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-025-01521-z" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342389v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chauvel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Vellard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Lyazrhi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2025.106729" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799654v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dejean" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-024-04296-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799653v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luana Zaboski-Pena" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilana Harroche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Th&#233;odon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/hai.2024.0027" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04171842v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Martinez Boggio" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.F. Christensen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Legarra" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie-Etancelin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2022-22948" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04087694v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Palevich" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1160074" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173640v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Graverand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Weisbecker" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Marcon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.100824" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03933175v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Menras" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Tomas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Chemit" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/S41597-022-01912-3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04029019v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Enjalbert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Zened" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.1012341" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03843767v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Fresco" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.848518" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03657381v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Touitou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Tortereau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Bret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marcon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12040304" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03933157v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Johannes Buitenhuis" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00769-9" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480852v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Gabinaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.759432" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480854v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pepus Daunis-I-Estadella" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0254874" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03227796v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Forano" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Verdier-Metz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Morgavi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.4.4597" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176665v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dubois" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Allanic" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L Charvet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gu&#233;gnard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. F&#233;vrier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45654-6" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625557v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Clark" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salle" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Ballan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Reigner" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00272" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621031v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731117001318" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620963v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01452" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620676v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.13501" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607271v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Malpuech Brugere" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2017.08.006" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846133v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Julien" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Marden" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Troegeler-Meynadier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Bayourthe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jasmi.2014.43011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108642v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Palagiano" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpn.12128" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632008v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Puaut" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-7783" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648977v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Mariette" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6941.12011" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643113v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Nicot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-5690" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649647v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201200145" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1E30B2D4133AF099EEC6B951827CFE3C1390D794/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652460v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-6768" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652353v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731111001777" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644516v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Najar" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-5326" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642567v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Doreau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fievez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Troegeler" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Glasser" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642370v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rory Michelland" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Monteils" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652174v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-4491" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645940v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Rey" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Silberberg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.LIVSCI.2011.05.008" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664433v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Marden" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655429v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Priv&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2534" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655619v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. D&#233;partement 2levage Et Produits, Service Alimentation" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667210v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gilles" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebreton" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659592v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Videau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0396.2007.00765.x" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N9B9HZVP-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654679v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17450390701563474" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655648v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900650v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Bret-Bennis" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Enjalbert" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2006046" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669735v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670225v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673984v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601930v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Agazzi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Moncoulon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2004.07.006" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0Z2K43JQ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799621v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709511v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Moni&#233;--Ibanes" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Zohra Sikht" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claude Hygonenq" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Pot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortensia Robert" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04888568v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Ledoux" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Monie-Ibanes" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nao Yamakawa" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709490v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654415v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116731v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Allain" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799646v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Guinard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Larraillet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bruno" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Arcier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116725v2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116735v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guibert" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Darbot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04039683v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Corbi&#232;re" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Astruc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Costes-Ori" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Jabri" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fan&#231;a" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04949133v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Buitenhuis" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859344v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Weisbecker" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859368v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana P.Alves" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Bessa" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547250v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480858v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480862v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie- Etancelin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155698v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03932304v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480856v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Martinez-Boggio" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Larroque" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155701v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04949138v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole F Christensen" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-019-0464-8" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737387v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Rowe" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan Jonker" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738234v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Weisbecker" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouvier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737262v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Menras" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785002v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Larroque" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799824v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747853v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747823v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753536v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Videau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757103v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Moncoulon" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750766v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Zhao" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753540v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fowad Akraim" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Juaneda" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330110v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gouiric" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799651v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chevaux" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709456v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04872564v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Arnalot" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876456v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oceane Richard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Montagnier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Kezimana" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127869v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lecoeur" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coville" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruneau" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Jardet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799641v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieczorek Am&#233;lie" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Godde" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fillias" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736414v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02872079v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Costa" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737229v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788449v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795232v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dusart" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809835v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806622v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Rousseau" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811355v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claude Nicot" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819561v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813997v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03673879v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aubignac" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriane Schneider" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/r8pg-q463" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03205836v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doreau" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veerle Fievez" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-63067-036-8.00019-6" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813407v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pjbarnes.co.uk" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://envt.hal.science/hal-05117996v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342389v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chauvel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyas Bendahmane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Vellard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Lyazrhi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Meynadier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2025.106729" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041920v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Blanchard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mugnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Boulet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Priymenko" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2025.106537" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05461714v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bonnet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Imbert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gress" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marty-Gasset" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-12276-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05408391v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Kaleem" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Farizon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26502/jfsnr.2642-110000185" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04777307v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Garrigues" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Apper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljubica Svilar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2025.1500600" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908828v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Eppe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Delfour" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-025-01521-z" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799653v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luana Zaboski-Pena" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilana Harroche" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Th&#233;odon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/hai.2024.0027" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799654v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dejean" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-024-04296-1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04029019v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Enjalbert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Zened" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.1012341" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04171842v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Martinez Boggio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.F. Christensen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Legarra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie-Etancelin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2022-22948" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04087694v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Palevich" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1160074" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173640v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Graverand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Weisbecker" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Marcon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.100824" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03933175v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Menras" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Tomas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Chemit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/S41597-022-01912-3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03843767v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Fresco" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.848518" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03657381v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Touitou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Tortereau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Bret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marcon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12040304" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03933157v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Johannes Buitenhuis" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00769-9" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480852v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Gabinaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.759432" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480854v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pepus Daunis-I-Estadella" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0254874" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03227796v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Forano" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Verdier-Metz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Morgavi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.4.4597" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176665v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dubois" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Allanic" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L Charvet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gu&#233;gnard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. F&#233;vrier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45654-6" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620963v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01452" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625557v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Clark" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Ballan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Reigner" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00272" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621031v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731117001318" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620676v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.13501" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607271v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Malpuech Brugere" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2017.08.006" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VNCSK1HM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108642v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Troegeler-Meynadier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Palagiano" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpn.12128" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846133v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Julien" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Marden" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Bayourthe" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jasmi.2014.43011" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632008v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Puaut" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-7783" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648977v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Mariette" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6941.12011" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643113v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Nicot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-5690" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649647v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201200145" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1E30B2D4133AF099EEC6B951827CFE3C1390D794/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652460v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-6768" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642370v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rory Michelland" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Monteils" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652353v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731111001777" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644516v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Najar" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-5326" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642567v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Doreau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fievez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Troegeler" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Glasser" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645940v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Rey" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Silberberg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.LIVSCI.2011.05.008" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652174v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-4491" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664433v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Marden" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655429v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Priv&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2534" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655619v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. D&#233;partement 2levage Et Produits, Service Alimentation" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667210v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gilles" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebreton" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659592v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Videau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0396.2007.00765.x" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N9B9HZVP-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654679v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17450390701563474" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900650v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Bret-Bennis" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Enjalbert" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2006046" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655648v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673984v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669735v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670225v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601930v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Agazzi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Moncoulon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2004.07.006" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0Z2K43JQ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654415v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Moni&#233;--Ibanes" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Zohra Sikht" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claude Hygonenq" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Pot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortensia Robert" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709511v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799621v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04888568v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Ledoux" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Monie-Ibanes" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nao Yamakawa" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709490v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116735v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guibert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Darbot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Allain" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799646v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Guinard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Larraillet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bruno" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Arcier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116731v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116725v2" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04039683v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Corbi&#232;re" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Astruc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Costes-Ori" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Jabri" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fan&#231;a" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859344v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Weisbecker" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04949133v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Buitenhuis" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859368v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana P.Alves" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Bessa" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480862v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie- Etancelin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547250v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480858v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03932304v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155698v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480856v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Martinez-Boggio" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Larroque" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155701v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04949138v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole F Christensen" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-019-0464-8" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737387v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Rowe" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan Jonker" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738234v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Weisbecker" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouvier" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737262v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Menras" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785002v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Larroque" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799824v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747853v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747823v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753536v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Videau" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750766v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Zhao" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753540v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fowad Akraim" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Juaneda" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757103v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Moncoulon" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330110v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gouiric" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709456v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799651v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chevaux" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04872564v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Arnalot" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876456v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oceane Richard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Montagnier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Kezimana" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127869v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lecoeur" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coville" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruneau" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Jardet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799641v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieczorek Am&#233;lie" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Godde" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fillias" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737229v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02872079v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Costa" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736414v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788449v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795232v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dusart" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809835v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806622v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Rousseau" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811355v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claude Nicot" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819561v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813997v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03673879v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aubignac" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriane Schneider" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/r8pg-q463" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03205836v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doreau" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veerle Fievez" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-63067-036-8.00019-6" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813407v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pjbarnes.co.uk" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://envt.hal.science/hal-05117996v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>