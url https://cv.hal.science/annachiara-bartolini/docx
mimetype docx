--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Annachiara Bartolini </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the Youngest Toba Tuff Super-Eruption: A high-resolution cryptotephra perspective from the Andaman Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Del Manzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Villemant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Le Friant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 468, pp.108447. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2025.108447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05423844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byne's decay on microscopic calcareous shells: case study of Alcide d'Orbigny's foraminifera collections stored in Paris and La Rochelle, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Steunou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodiversitas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 47 (16), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5252/geodiversitas2025v47a16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New data on Paleogene decapod crustaceans from Pakistan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Àlex Ossó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Garassino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafique Ahmed Lashari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Paléontologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 111 (3), pp.102887. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annpal.2025.102887⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byne’s decay on the d’Orbigny’s foraminifera collection at the MNHN, Paris: from the collection assessment to the reproduction of damage by artificial ageing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Forel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geological Curator</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sea surface acidification events in the Andaman Sea associated with the last Toba volcanic activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Paulhac Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Louvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rollion-Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bassinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global and Planetary Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 237, pp.104460. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gloplacha.2024.104460⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of seawater sulfate concentration on sulfur concentration and isotopic composition in calcite of two cultured benthic foraminifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Thaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Dissard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Berland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (24), pp.5177-5198. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-20-5177-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine records reveal multiple phases of Toba’s last volcanic activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Del Manzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Villemant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.11575. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-37999-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Carbonate Counter Pump and upwelling strengths in the Indian sector of the Southern Ocean during MIS 11</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Brandon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Duchamp-Alphonse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaelle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gulay Isguder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 287, pp.107556. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2022.107556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03710162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The peregrination of Alcide d’Orbigny's Foraminifera Collection at the Museum of Natural History, Paris: From the creation of a Palaeontology chair to the advent of Micropalaeontology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Argot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Paléontologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 108 (4), pp.102557. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annpal.2022.102557⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03892633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of a bothremydid turtle, Sindhochelys ragei n. gen., n. sp., from the early Paleocene of Pakistan, systematic and palaeobiogeographic implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France de Lapparent de Broin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imdad Ali Brohi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafiq A. Lashari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodiversitas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Memorial Jean-Claude Rage: A life of paleo-herpetologist, 43 (25), pp.1341-1363. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5252/geodiversitas2021v43a25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomic Re-Examination of the Late Cretaceous Planktonic Foraminiferal Species Archaeoglobigerina Cretacea (d'Orbigny, 1840) and Constraints on Its Morphologic Variability and Stratigraphic Distribution in One of The Type Localities (Kent, SE England)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Falzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Foraminiferal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 51 (1), pp.46-63. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gsjfr.51.1.46⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03671642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short&amp;quot; or &amp;quot;long&amp;quot; Rhaetian ? Astronomical calibration of Austrian key sections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galbrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slah Boulila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leopold Krystyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global and Planetary Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 192, pp.103253. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gloplacha.2020.103253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02884087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoscale trace metal imprinting of biocalcification of planktic foraminifers by Toba’s super‑eruption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lemelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Simionovici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Tucoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wout de Nolf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.10974. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-67481-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02867755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The driving mechanisms of the carbon cycle perturbations in the late Pliensbachian (Early Jurassic)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis F . De Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Guex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Adatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), pp.18430. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-019-54593-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03981291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on the duration of the early Toarcian T-OAE and evidence for carbon-reservoir change from the High Atlas (Morocco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slah Boulila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galbrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Sadki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global and Planetary Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 175, pp.113-128. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gloplacha.2019.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size patterns of the coccolith Watznaueria barnesiae in the lower Cretaceous: Biotic versus abiotic forcing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Gollain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Mattioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samer Kenjo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Reboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Micropaleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 152, pp.101740. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marmicro.2019.03.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02293290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution and ecology of the Globigerinoides ruber — Globigerinoides elongatus morphotypes in the Azores region during the late Pleistocene-Holocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Bonfardeci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Caruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bassinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Madeleine Blanc-Valleron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 491, pp.92 - 111. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2017.11.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01806705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coral- and oyster-microbialite patch reefs in the aftermath of the Triassic–Jurassic biotic crisis (Sinemurian, Southeast France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Gretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lathuilière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Swiss Journal of Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00015-018-0310-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Early Cenozoic ghost shrimps (Decapoda, Axiidea, Callianassidae) from Pakistan and their palaeobiogeographic implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matúš Hyžný</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafique Ahmed Lashari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodiversitas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 38 (3), pp.341 - 353. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5252/g2016n3a2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zinc incorporation in the miliolid foraminifer Pseudotriloculina rotunda under laboratory conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Malferrari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ferretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sabbatini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Micropaleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 126, pp.42-49. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marmicro.2016.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01453013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective zircon accumulation in a new benthic foraminifer, Psammophaga zircona, sp. nov.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sabbatini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Negri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Morigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Boudouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (4), pp.404-416. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gbi.12179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01402975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to the comment on “New insights in the pattern and timing of the Early Jurassic calcareous nannofossil crisis” by M. Clémence, S. Gardin, S. A. Bartolini [Palaeogeography Palaeoclimatology Palaeoecology 427 (2015) 100–108]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 457, pp.424-427. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2016.05.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04342765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of the giant snake Gigantophis (Madtsoiidae) from the Paleocene of Pakistan: Paleobiogeographic implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Rage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imdad Brohi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafiq Lashari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geobios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 47 (3), pp.147 - 153. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geobios.2014.03.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01813332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astronomical calibration of the Toarcian Stage: implications for sequence stratigraphy and duration of the early Toarcian OAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slah Boulila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galbrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilia Huret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda A. Hinnov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 386, pp.98-111. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsl.2013.10.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcareous nannofossil response to the Weissert episode (Early Cretaceous): implications for palaeoecological and palaeoceanographic reconstructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Duchamp-Alphonse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna-Chiara Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Micropaleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Marine Micropaleontology, pp.113:65-78 (IF 2,582). </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marmicro.2014.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated stratigraphy of the Oxfordian global stratotype section and point (GSSP) candidate in the Subalpine Basin (SE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pellenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fortwengler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volumina Jurassica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 12 (1), pp.1-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01061435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volutidae (Mollusca: Gastropoda) of the Lakhra Formation (Earliest Eocene, Sindh, Pakistan): systematics, biostratigraphy and paleobiogeography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Pacaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafiq Lashari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zootaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 3826 (1), </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/zootaxa.3826.1.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01813327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Hettangian corals of the Isle of Skye (Scotland): An opportunity to better understand the palaeoenvironmental conditions during the aftermath of the Triassic-Jurassic boundary crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lathuilière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Martini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 376, pp.132-148. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2013.02.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01301484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Paleogene decapod crustaceans from the Sulaiman and Kirthar Ranges, Pakistan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Garassino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Pasini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Paléontologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 99 (2), pp.101 - 117. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annpal.2012.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01813442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where and when the earliest coccolithophores?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leopold Krystyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galbrun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lethaia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 45 (4), pp.507-523. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1502-3931.2012.00311.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01436475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling the Hettangian carbon isotope record: Implications for the aftermath of the end‐Triassic mass extinction.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.E. Spangenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Schoene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.G. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13, pp.Q01007. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2011GC003807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New palaeontological investigations in the Jurassic of western Thailand.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kozai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Perelis-Grossowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Yamee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sandoval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gondwana Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 19, pp.37-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen isotope record of a perturbed paleoecosystem in the aftermath of the end-Triassic crisis, Doniford section, SW England</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Beaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Emilie Clémence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11 (8), 15 p. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2010GC003161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00552024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlating the end-Triassic mass extinction and fl ood basalt volcanism at the 100 ka level.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Schoene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Schaltegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.J. Blackburn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 38 (5), pp.387-390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00552092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bentho-planktonic evidence from the Austrian Alps for a decline in sea-surface carbonate production at the end of the Triassic.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Clemence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Beaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Swiss Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 103, pp.293-315</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00551324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Hettangian benthic-planktonic coupling at Doniford (SW England) Palaeoenvironmental implications for the aftermath of the end- Triassic crisis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Clemence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Beaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 295, pp.102-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00551320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating boron isotopes in a middle Jurassic micritic sequence: Primary vs. diagenetic signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Donnadieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Beaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gaillardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 275 (3-4), pp.117-126. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2010.03.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment on: “The organic carbon isotopic and paleontological record across the Triassic-Jurassic boundary at the candidate GSSP section at Ferguson Hill, Muller Canyon, Nevada, USA” by Ward et al 2007.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Atudorei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Thelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 273 (1-2), pp.200-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00548775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Late Pliensbachian-Early Toarcian (Early Jurassic) environmental changes in an epicontinental basin of NW Europe (Causses area, central France) : A micropaleontological and geochemical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Mailliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Mattioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pittet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 273 (3-4), pp.346-364. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2008.05.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00371295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precise U-Pb age constraints for end-Triassic mass extinction, its correlation to volcanism and Hettangian post-extinction recovery.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Schaltegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Blair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ovtcharova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 267 (1-2), pp.266-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Main Deccan volcanism phase ends near the K-T boundary: Evidence from the Krishna-Godavari Basin, SE India.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 268 (3-4), pp.293-311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00410642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aalenian carbon-isotope stratigraphy: Calibration with ammonite, radiolarian and nannofossil events in the Western Tethys.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sandoval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. O'Dogherty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Aguado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bruchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 267 (1-2), pp.115-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00411932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fertilization of the northwestern Tethys (Vocontian basin, SE France) during the Valanginian carbon isotope perturbation: Evidence from calcareous nannofossils and trace element data.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Duchamp-Alphonse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Blamart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 243 (1-2), pp.132-151. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2006.07.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00158305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-proxy approach of the Bajocian sedimentary crisis in western Tethys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Beaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gaillardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 70 (18), pp.A42-A42. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2006.06.193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00144288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon-isotope stratigraphy and ammonite faunal turnover for the Middle Jurassic in the Southern-Iberian Paleomargin.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. O'Dogherty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sandoval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bruchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 239(3-4), pp.311-333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00162975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paleoclimatic control of biogeographic and sedimentary events in Tethyan and peri-Tethyan areas during the Oxfordian (late jurassic).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cecca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lathuilière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 222, pp.10-32. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2005.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00082121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valanginian Weissert oceanic anoxic event.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Erba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Larson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 32 (2), pp.149-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00021484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution ammonite and carbon-isotope stratigraphy across the Triassic-Jurassic Boundary at New York Canyon (Nevada).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Atudorei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Taylor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 225, pp.29-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00069428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Middle Jurassic-Lower Cretaceous Rosso Ammonitico succession of Monte Inici (Trapanese Domain, western Sicily); sedimentology, biostratigraphy and isotope stratigraphy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Cecca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berengere Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juergen Remane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Cordey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 172 (5), pp.647-659. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/172.5.647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03274742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pérégrinations des foraminifères d'Alcide d'Orbigny : une approche historique pour comprendre la dégradation d'une collection patrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études de provenances des collections de sciences naturelles et humaines - Muséologie et histoire pour le temps présent - Colloque international</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05306437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dégradation de Byne : apport du rayonnement synchrotron à l'étude des sels de calcium sur des spécimens exposés aux COVs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solenn Réguer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque des collections en sciences de la terre (2e édition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04874195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The foraminifer and ostracod collections of the Muséum national d'Histoire naturelle, Paris : a key but fragile scientific heritage in a context of global warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heritage for the future, Science for Heritage, A European Adventure for Research and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03826957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioévénements et environnements précédents la Crise de Salinité Messinenne dans le Dahra oriental (bassin du Chélif, Algérie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Saint Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Belhadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcene Belkebir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mostefa Bessedik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Symposium on the Geology of the Maghrebides chain and adjacent areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Sétif, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03907473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maladie de Byne : le cas de la collection de foraminifères d'Alcide d'Orbigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Steunou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collections de sciences de la Terre : pétrologie, minéralogie, paléontologie 2022 : bicentenaire du terme « paléontologie »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Muséum d'histoire naturelle; CR2P; Paléospace; Association Paléontologique de Villers-sur-Mer; Société Géologique de France, Sep 2022, Villers-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03826991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alcide d'Orbigny and the Paris Foraminifera: story of a collection under Byne attack</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulfa Belhadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society for the Preservation of Natural History Collections 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, National Museums Scotland; Royal Botanic Garden Edinburgh, Jun 2022, Édimbourg, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03827096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of the Toba super-eruption on the pH of the Andaman Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Louvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rollion-Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bassinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-8021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03987846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhétien “court” ou Rhétien “long” ? Calibration astronomique de sections de référence en Autriche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galbrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slah Boulila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leopold Krystyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03589251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical disruptions across the Cretaceous-Paleogene boundary: insights from sulfur isotopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arbia Jouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Caro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metals for Life in Earth & Planetary Sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre S. Simionovici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lemelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Armando Solé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Tucoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Suchéras-Marx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Meeting of the Institute of Metals in Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03538575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated stratigraphy of the potential candidate Oxfordian GSSP at Thuoux and Saint-Pierre d'Argençon (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pellenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna-Chiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slah Boulila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fortwengler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Congress on Stratigraphy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Lisbonne, Portugal. pp.271-275, </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-04364-7_55⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01016365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon and oxygen isotope signals from the Callovian-Oxfordian in French sedimentary basins.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pellenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Tramoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Cornuault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Pucéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna-Chiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Congress on Stratigraphy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Lisbonne, Portugal. pp.865-867, </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-04364-7_163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01016380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symptoms of stress in the post K-T coastal ecosystem of Rajahmundry (SE India) in relationship with Deccan giant lava flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Humler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Retailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FORAMS 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Bonn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00558796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fertilization of the Northwestern Tethys during the Valanginien carbon perturbation : evidence from calcareous nannofossiles and trace elements data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Duchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Blamart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on the Cretaceous</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Neuchâtel, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcareous nannofossil paleofertility indicators during the Valanginian carbon perturbation in an epicontinental basin system (Vocontian, SE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Duchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Blamart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00414384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of the Toba super-eruption on the temperature and pH of the Andaman Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Louvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rollion-Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bassinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e colloque "Climat et Impacts"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Gif-sur-Yvette, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04015399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BYNESIAN DECAY : The Case of Alcide d’Orbigny’s foraminifera collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Steunou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">inArt 2022: 5th International Conference on Innovation in Art Research and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03827033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of the Toba super-eruption on the temperature and pH of the Andaman Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Louvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rollion-Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bassinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Paleoceanography - ICP14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Bergen, Norway. , pp.37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04015323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byne's Decay : The Case of Alcide d’Orbigny’s Foraminiferal Collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulfa Belhadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Palaeontological Preparation and Conservation 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, ONLINE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03827078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Missions en mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick de Wever</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléontologie d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDP Sciences, pp.80-82, 2022, </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/978-2-7598-2718-3.c038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Jurassic structural high of Sasso di Pale (Umbria-Marche Basin, Italy): How a small Apennine structure recorded Early to Middle Jurassic global perturbations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Baldanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Bizzarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Bertinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Colacicchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Koeberl, Philippe Claeys, Alessandro Montanari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From the Guajira Desert to the Apennines, and from Mediterranean Microplates to the Mexican Killer Asteroid: Honoring the Career of Walter Alvarez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geological Society of America Special Paper 557, 2022, 9780813795577. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1130/2022.2557(15)⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03980350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ocean Cores, Climate Archives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural History Collections in the Science of the 21st Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley, pp.159 - 175, 2021, 9781789450491. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119882237.ch11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03981190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extreme Morphological Plasticity Within Orbulina-“Praeorbulina-Like” Assemblages Related to Environmental Stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Belhadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcène Belkebir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Guex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Morphogenesis, Environmental Stress and Reverse Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.111-127, 2020, </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-47279-5_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03980835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological Deformation of Foraminiferal Tests Caused by Intertidal Oil Spills (Black Tides)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Thérèse Vénec-Peyré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jere Lipps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Morphogenesis, Environmental Stress and Reverse Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.175-196, 2020, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-47279-5_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03980871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId301"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Annachiara Bartolini </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New data on Paleogene decapod crustaceans from Pakistan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Àlex Ossó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Garassino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafique Ahmed Lashari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Paléontologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 111 (3), pp.102887. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annpal.2025.102887⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byne's decay on microscopic calcareous shells: case study of Alcide d'Orbigny's foraminifera collections stored in Paris and La Rochelle, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Steunou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodiversitas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 47 (16), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5252/geodiversitas2025v47a16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the Youngest Toba Tuff Super-Eruption: A high-resolution cryptotephra perspective from the Andaman Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Del Manzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Villemant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Le Friant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 468, pp.108447. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2025.108447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05423844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byne’s decay on the d’Orbigny’s foraminifera collection at the MNHN, Paris: from the collection assessment to the reproduction of damage by artificial ageing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Forel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geological Curator</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sea surface acidification events in the Andaman Sea associated with the last Toba volcanic activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Paulhac Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Louvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rollion-Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bassinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global and Planetary Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 237, pp.104460. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gloplacha.2024.104460⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of seawater sulfate concentration on sulfur concentration and isotopic composition in calcite of two cultured benthic foraminifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Thaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Dissard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Berland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (24), pp.5177-5198. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-20-5177-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine records reveal multiple phases of Toba’s last volcanic activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Del Manzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Villemant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.11575. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-37999-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The peregrination of Alcide d’Orbigny's Foraminifera Collection at the Museum of Natural History, Paris: From the creation of a Palaeontology chair to the advent of Micropalaeontology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Argot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Paléontologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 108 (4), pp.102557. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annpal.2022.102557⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03892633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Carbonate Counter Pump and upwelling strengths in the Indian sector of the Southern Ocean during MIS 11</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Brandon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Duchamp-Alphonse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaëlle Landais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gulay Isguder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 287, pp.107556. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2022.107556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03710162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomic Re-Examination of the Late Cretaceous Planktonic Foraminiferal Species Archaeoglobigerina Cretacea (d'Orbigny, 1840) and Constraints on Its Morphologic Variability and Stratigraphic Distribution in One of The Type Localities (Kent, SE England)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Falzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Foraminiferal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 51 (1), pp.46-63. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gsjfr.51.1.46⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03671642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of a bothremydid turtle, Sindhochelys ragei n. gen., n. sp., from the early Paleocene of Pakistan, systematic and palaeobiogeographic implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France de Lapparent de Broin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imdad Ali Brohi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafiq A. Lashari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodiversitas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Memorial Jean-Claude Rage: A life of paleo-herpetologist, 43 (25), pp.1341-1363. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5252/geodiversitas2021v43a25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short&amp;quot; or &amp;quot;long&amp;quot; Rhaetian ? Astronomical calibration of Austrian key sections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galbrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slah Boulila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leopold Krystyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global and Planetary Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 192, pp.103253. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gloplacha.2020.103253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02884087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoscale trace metal imprinting of biocalcification of planktic foraminifers by Toba’s super‑eruption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lemelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Simionovici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Tucoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wout de Nolf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.10974. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-67481-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02867755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The driving mechanisms of the carbon cycle perturbations in the late Pliensbachian (Early Jurassic)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis F . De Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Guex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Adatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), pp.18430. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-019-54593-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03981291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on the duration of the early Toarcian T-OAE and evidence for carbon-reservoir change from the High Atlas (Morocco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slah Boulila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galbrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Sadki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global and Planetary Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 175, pp.113-128. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gloplacha.2019.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size patterns of the coccolith Watznaueria barnesiae in the lower Cretaceous: Biotic versus abiotic forcing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Gollain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Mattioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samer Kenjo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Reboulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Micropaleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 152, pp.101740. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marmicro.2019.03.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02293290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution and ecology of the Globigerinoides ruber — Globigerinoides elongatus morphotypes in the Azores region during the late Pleistocene-Holocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Bonfardeci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Caruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bassinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Madeleine Blanc-Valleron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 491, pp.92 - 111. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2017.11.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01806705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coral- and oyster-microbialite patch reefs in the aftermath of the Triassic–Jurassic biotic crisis (Sinemurian, Southeast France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Gretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Lathuilière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Swiss Journal of Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00015-018-0310-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zinc incorporation in the miliolid foraminifer Pseudotriloculina rotunda under laboratory conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Malferrari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ferretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sabbatini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Micropaleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 126, pp.42-49. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marmicro.2016.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01453013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective zircon accumulation in a new benthic foraminifer, Psammophaga zircona, sp. nov.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sabbatini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Negri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Morigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Boudouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (4), pp.404-416. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gbi.12179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01402975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Early Cenozoic ghost shrimps (Decapoda, Axiidea, Callianassidae) from Pakistan and their palaeobiogeographic implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matúš Hyžný</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafique Ahmed Lashari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodiversitas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 38 (3), pp.341 - 353. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5252/g2016n3a2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to the comment on “New insights in the pattern and timing of the Early Jurassic calcareous nannofossil crisis” by M. Clémence, S. Gardin, S. A. Bartolini [Palaeogeography Palaeoclimatology Palaeoecology 427 (2015) 100–108]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 457, pp.424-427. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2016.05.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04342765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcareous nannofossil response to the Weissert episode (Early Cretaceous): implications for palaeoecological and palaeoceanographic reconstructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Duchamp-Alphonse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna-Chiara Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Micropaleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Marine Micropaleontology, pp.113:65-78 (IF 2,582). </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marmicro.2014.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of the giant snake Gigantophis (Madtsoiidae) from the Paleocene of Pakistan: Paleobiogeographic implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Rage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imdad Brohi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafiq Lashari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geobios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 47 (3), pp.147 - 153. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geobios.2014.03.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01813332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astronomical calibration of the Toarcian Stage: implications for sequence stratigraphy and duration of the early Toarcian OAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slah Boulila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galbrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilia Huret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda A. Hinnov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 386, pp.98-111. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsl.2013.10.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volutidae (Mollusca: Gastropoda) of the Lakhra Formation (Earliest Eocene, Sindh, Pakistan): systematics, biostratigraphy and paleobiogeography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Pacaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafiq Lashari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zootaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 3826 (1), </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/zootaxa.3826.1.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01813327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated stratigraphy of the Oxfordian global stratotype section and point (GSSP) candidate in the Subalpine Basin (SE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pellenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fortwengler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volumina Jurassica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 12 (1), pp.1-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01061435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Hettangian corals of the Isle of Skye (Scotland): An opportunity to better understand the palaeoenvironmental conditions during the aftermath of the Triassic-Jurassic boundary crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lathuilière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Martini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 376, pp.132-148. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2013.02.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01301484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Paleogene decapod crustaceans from the Sulaiman and Kirthar Ranges, Pakistan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Garassino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Pasini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Merle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Paléontologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 99 (2), pp.101 - 117. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annpal.2012.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01813442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where and when the earliest coccolithophores?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leopold Krystyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galbrun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lethaia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 45 (4), pp.507-523. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1502-3931.2012.00311.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01436475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling the Hettangian carbon isotope record: Implications for the aftermath of the end‐Triassic mass extinction.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.E. Spangenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Schoene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.G. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13, pp.Q01007. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2011GC003807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New palaeontological investigations in the Jurassic of western Thailand.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kozai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Perelis-Grossowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Yamee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sandoval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gondwana Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 19, pp.37-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating boron isotopes in a middle Jurassic micritic sequence: Primary vs. diagenetic signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Donnadieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Beaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gaillardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 275 (3-4), pp.117-126. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2010.03.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlating the end-Triassic mass extinction and fl ood basalt volcanism at the 100 ka level.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Schoene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Schaltegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.J. Blackburn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 38 (5), pp.387-390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00552092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen isotope record of a perturbed paleoecosystem in the aftermath of the end-Triassic crisis, Doniford section, SW England</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Beaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Emilie Clémence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11 (8), 15 p. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2010GC003161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00552024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bentho-planktonic evidence from the Austrian Alps for a decline in sea-surface carbonate production at the end of the Triassic.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Clemence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Beaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Swiss Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 103, pp.293-315</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00551324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Hettangian benthic-planktonic coupling at Doniford (SW England) Palaeoenvironmental implications for the aftermath of the end- Triassic crisis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Clemence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Beaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 295, pp.102-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00551320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment on: “The organic carbon isotopic and paleontological record across the Triassic-Jurassic boundary at the candidate GSSP section at Ferguson Hill, Muller Canyon, Nevada, USA” by Ward et al 2007.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Atudorei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Thelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 273 (1-2), pp.200-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00548775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Late Pliensbachian-Early Toarcian (Early Jurassic) environmental changes in an epicontinental basin of NW Europe (Causses area, central France) : A micropaleontological and geochemical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Mailliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Mattioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pittet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 273 (3-4), pp.346-364. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2008.05.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00371295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precise U-Pb age constraints for end-Triassic mass extinction, its correlation to volcanism and Hettangian post-extinction recovery.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Schaltegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Blair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ovtcharova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 267 (1-2), pp.266-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Main Deccan volcanism phase ends near the K-T boundary: Evidence from the Krishna-Godavari Basin, SE India.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 268 (3-4), pp.293-311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00410642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aalenian carbon-isotope stratigraphy: Calibration with ammonite, radiolarian and nannofossil events in the Western Tethys.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sandoval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. O'Dogherty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Aguado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bruchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 267 (1-2), pp.115-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00411932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fertilization of the northwestern Tethys (Vocontian basin, SE France) during the Valanginian carbon isotope perturbation: Evidence from calcareous nannofossils and trace element data.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Duchamp-Alphonse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Blamart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 243 (1-2), pp.132-151. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2006.07.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00158305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon-isotope stratigraphy and ammonite faunal turnover for the Middle Jurassic in the Southern-Iberian Paleomargin.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. O'Dogherty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sandoval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bruchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 239(3-4), pp.311-333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00162975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-proxy approach of the Bajocian sedimentary crisis in western Tethys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Beaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gaillardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 70 (18), pp.A42-A42. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2006.06.193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00144288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paleoclimatic control of biogeographic and sedimentary events in Tethyan and peri-Tethyan areas during the Oxfordian (late jurassic).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cecca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lathuilière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 222, pp.10-32. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2005.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00082121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valanginian Weissert oceanic anoxic event.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Erba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Larson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 32 (2), pp.149-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00021484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution ammonite and carbon-isotope stratigraphy across the Triassic-Jurassic Boundary at New York Canyon (Nevada).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Atudorei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Taylor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Planetary Science Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 225, pp.29-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00069428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Middle Jurassic-Lower Cretaceous Rosso Ammonitico succession of Monte Inici (Trapanese Domain, western Sicily); sedimentology, biostratigraphy and isotope stratigraphy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Cecca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berengere Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juergen Remane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Cordey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 172 (5), pp.647-659. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/172.5.647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03274742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pérégrinations des foraminifères d'Alcide d'Orbigny : une approche historique pour comprendre la dégradation d'une collection patrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études de provenances des collections de sciences naturelles et humaines - Muséologie et histoire pour le temps présent - Colloque international</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05306437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dégradation de Byne : apport du rayonnement synchrotron à l'étude des sels de calcium sur des spécimens exposés aux COVs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solenn Réguer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque des collections en sciences de la terre (2e édition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04874195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of the Toba super-eruption on the pH of the Andaman Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Louvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rollion-Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bassinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-8021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03987846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The foraminifer and ostracod collections of the Muséum national d'Histoire naturelle, Paris : a key but fragile scientific heritage in a context of global warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heritage for the future, Science for Heritage, A European Adventure for Research and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03826957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioévénements et environnements précédents la Crise de Salinité Messinenne dans le Dahra oriental (bassin du Chélif, Algérie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Saint Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Belhadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcene Belkebir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mostefa Bessedik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Symposium on the Geology of the Maghrebides chain and adjacent areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Sétif, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03907473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maladie de Byne : le cas de la collection de foraminifères d'Alcide d'Orbigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Steunou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collections de sciences de la Terre : pétrologie, minéralogie, paléontologie 2022 : bicentenaire du terme « paléontologie »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Muséum d'histoire naturelle; CR2P; Paléospace; Association Paléontologique de Villers-sur-Mer; Société Géologique de France, Sep 2022, Villers-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03826991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alcide d'Orbigny and the Paris Foraminifera: story of a collection under Byne attack</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulfa Belhadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society for the Preservation of Natural History Collections 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, National Museums Scotland; Royal Botanic Garden Edinburgh, Jun 2022, Édimbourg, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03827096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhétien “court” ou Rhétien “long” ? Calibration astronomique de sections de référence en Autriche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galbrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slah Boulila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leopold Krystyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03589251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical disruptions across the Cretaceous-Paleogene boundary: insights from sulfur isotopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arbia Jouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Caro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metals for Life in Earth & Planetary Sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre S. Simionovici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lemelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Armando Solé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Tucoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Suchéras-Marx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Meeting of the Institute of Metals in Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03538575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon and oxygen isotope signals from the Callovian-Oxfordian in French sedimentary basins.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pellenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Tramoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Cornuault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Pucéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna-Chiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Congress on Stratigraphy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Lisbonne, Portugal. pp.865-867, </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-04364-7_163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01016380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated stratigraphy of the potential candidate Oxfordian GSSP at Thuoux and Saint-Pierre d'Argençon (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pellenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna-Chiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slah Boulila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fortwengler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Congress on Stratigraphy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Lisbonne, Portugal. pp.271-275, </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-04364-7_55⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01016365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symptoms of stress in the post K-T coastal ecosystem of Rajahmundry (SE India) in relationship with Deccan giant lava flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Humler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Retailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FORAMS 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Bonn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00558796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fertilization of the Northwestern Tethys during the Valanginien carbon perturbation : evidence from calcareous nannofossiles and trace elements data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Duchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Blamart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on the Cretaceous</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Neuchâtel, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00412480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcareous nannofossil paleofertility indicators during the Valanginian carbon perturbation in an epicontinental basin system (Vocontian, SE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Duchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Blamart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00414384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of the Toba super-eruption on the temperature and pH of the Andaman Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Louvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rollion-Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bassinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Paleoceanography - ICP14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Bergen, Norway. , pp.37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04015323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of the Toba super-eruption on the temperature and pH of the Andaman Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Louvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rollion-Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bassinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e colloque "Climat et Impacts"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Gif-sur-Yvette, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04015399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BYNESIAN DECAY : The Case of Alcide d’Orbigny’s foraminifera collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Steunou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">inArt 2022: 5th International Conference on Innovation in Art Research and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03827033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byne's Decay : The Case of Alcide d’Orbigny’s Foraminiferal Collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Hairie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulfa Belhadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Palaeontological Preparation and Conservation 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, ONLINE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03827078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Missions en mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick de Wever</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Béatrice Forel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Gardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléontologie d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDP Sciences, pp.80-82, 2022, </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/978-2-7598-2718-3.c038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Jurassic structural high of Sasso di Pale (Umbria-Marche Basin, Italy): How a small Apennine structure recorded Early to Middle Jurassic global perturbations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Baldanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Bizzarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Bertinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Colacicchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Koeberl, Philippe Claeys, Alessandro Montanari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From the Guajira Desert to the Apennines, and from Mediterranean Microplates to the Mexican Killer Asteroid: Honoring the Career of Walter Alvarez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geological Society of America Special Paper 557, 2022, 9780813795577. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1130/2022.2557(15)⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03980350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ocean Cores, Climate Archives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural History Collections in the Science of the 21st Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley, pp.159 - 175, 2021, 9781789450491. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119882237.ch11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03981190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological Deformation of Foraminiferal Tests Caused by Intertidal Oil Spills (Black Tides)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Thérèse Vénec-Peyré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jere Lipps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Morphogenesis, Environmental Stress and Reverse Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.175-196, 2020, </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-47279-5_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03980871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extreme Morphological Plasticity Within Orbulina-“Praeorbulina-Like” Assemblages Related to Environmental Stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Belhadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annachiara Bartolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcène Belkebir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Guex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Morphogenesis, Environmental Stress and Reverse Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.111-127, 2020, </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-47279-5_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03980835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId302"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423844v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Del Manzo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Villemant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Friant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Alves" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2025.108447" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316455v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Hairie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-B&#233;atrice Forel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annachiara Bartolini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille M&#252;ller" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Steunou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/geodiversitas2025v47a16" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246114v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#192;lex Oss&#243;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charbonnier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Garassino" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafique Ahmed Lashari" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2025.102887" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860123v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rouchon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Forel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581580v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Paulhac Buisson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Louvat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rollion-Bard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bassinot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2024.104460" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546550v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Thaler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paris" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dellinger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dissard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berland" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-5177-2023" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173473v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Moreno" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-37999-w" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03710162v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Brandon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duchamp-Alphonse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Michel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaelle Landais" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulay Isguder" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107556" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03892633v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Argot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Herbin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2022.102557" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03475720v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France de Lapparent de Broin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire M&#233;tais" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imdad Ali Brohi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafiq A. Lashari" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/geodiversitas2021v43a25" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03671642v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Falzoni" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gsjfr.51.1.46" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884087v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Galbrun" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slah Boulila" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Krystyn" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richoz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gardin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103253" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867755v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lemelle" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Simionovici" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Tucoulou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wout de Nolf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-67481-w" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03981291v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis F . De Lena" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Taylor" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guex" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54593-1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329596v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Sadki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2019.02.005" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02293290v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gollain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Mattioli" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Kenjo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Reboulet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2019.03.012" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806705v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bonfardeci" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Caruso" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Blanc-Valleron" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2017.11.052" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01785715v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boivin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Gretz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lathuili&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Olivier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00015-018-0310-y" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432775v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#250;&#353; Hy&#382;n&#253;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/g2016n3a2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453013v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pia Nardelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Malferrari" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferretti" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bartolini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sabbatini" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2016.06.001" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402975v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Negri" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morigi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Boudouma" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gbi.12179" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SLSLQK27-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342765v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2016.05.021" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01813332v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rage" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imdad Brohi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafiq Lashari" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geobios.2014.03.004" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910756v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Huret" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda A. Hinnov" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouget" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2013.10.047" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078058v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duchamp-Alphonse" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Chiara Bartolini" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2014.10.002" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRH4TW1L-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061435v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fortwengler" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marchand" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thierry" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01813327v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Pacaud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.3826.1.3" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301484v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gretz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lathuili&#232;re" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martini" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2013.02.029" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4Z9WHJBZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01813442v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Pasini" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2012.12.003" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MQ5F3VHB-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436475v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1502-3931.2012.00311.x" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C7615BBDD2B46B16D67B489DD1F08E98AB9ABE96/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721789v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guex" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Spangenberg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schoene" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G. Taylor" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GC003807" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W4R52TZP-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721936v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kozai" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Perelis-Grossowicz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yamee" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sandoval" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552024v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beaumont" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilie Cl&#233;mence" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010GC003161" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552092v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Schaltegger" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Blackburn" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551324v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Clemence" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gardin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Paris" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Beaumont" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551320v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120333v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Donnadieu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2010.03.013" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5HCVZ6R-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548775v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Taylor" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Atudorei" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thelin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371295v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mailliot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pittet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2008.05.014" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FBDKN2W8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412007v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blair" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ovtcharova" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410642v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Keller" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Adatte" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411932v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. O'Dogherty" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aguado" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruchez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158305v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fiet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Blamart" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2006.07.010" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRJCHS6Z-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144288v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mas" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2006.06.193" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-84TXKN5C-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162975v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bill" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082121v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cecca" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Martin Garin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marchand" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2005.03.009" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RX5WQD3K-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021484v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Erba" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Larson" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069428v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274742v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Cecca" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berengere Savary" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juergen Remane" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cordey" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/172.5.647" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306437v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874195v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn R&#233;guer" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826957v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie B&#233;atrice Forel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907473v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Saint Martin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Belhadji" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcene Belkebir" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostefa Bessedik" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826991v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827096v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulfa Belhadj" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987846v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Buisson" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-8021" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589251v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587767v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arbia Jouini" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Caro" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538575v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre S. Simionovici" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Armando Sol&#233;" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Such&#233;ras-Marx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016365v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Collin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-04364-7_55" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016380v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tramoy" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cornuault" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Puc&#233;at" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-04364-7_163" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558796v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Humler" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Retailleau" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412480v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duchamp" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fiet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blamart" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414384v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04015399v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827033v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04015323v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827078v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03808104v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick de Wever" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c038" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03980350v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Baldanza" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bizzarri" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bertinelli" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Colacicchi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/2022.2557(15)" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03981190v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119882237.ch11" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03980835v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Rossignol" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahc&#232;ne Belkebir" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-47279-5_7" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03980871v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se V&#233;nec-Peyr&#233;" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Weber" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jere Lipps" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-47279-5_9" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246114v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#192;lex Oss&#243;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charbonnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Garassino" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafique Ahmed Lashari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2025.102887" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316455v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Hairie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-B&#233;atrice Forel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annachiara Bartolini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille M&#252;ller" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Steunou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/geodiversitas2025v47a16" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423844v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Del Manzo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Villemant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Friant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Alves" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2025.108447" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860123v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rouchon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Forel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581580v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Paulhac Buisson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Louvat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rollion-Bard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bassinot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2024.104460" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546550v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Thaler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paris" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dellinger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dissard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berland" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-5177-2023" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173473v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Moreno" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-37999-w" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03892633v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Argot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Herbin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2022.102557" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03710162v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Brandon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duchamp-Alphonse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Michel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Landais" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulay Isguder" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107556" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03671642v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Falzoni" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gsjfr.51.1.46" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03475720v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France de Lapparent de Broin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire M&#233;tais" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imdad Ali Brohi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafiq A. Lashari" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/geodiversitas2021v43a25" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884087v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Galbrun" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slah Boulila" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Krystyn" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richoz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gardin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103253" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867755v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lemelle" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Simionovici" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Tucoulou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wout de Nolf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-67481-w" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03981291v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis F . De Lena" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Taylor" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guex" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54593-1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329596v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Sadki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2019.02.005" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02293290v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gollain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Mattioli" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Kenjo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Reboulet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2019.03.012" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806705v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bonfardeci" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Caruso" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Blanc-Valleron" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2017.11.052" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ST25BS7W-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01785715v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boivin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Gretz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lathuili&#232;re" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Olivier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00015-018-0310-y" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453013v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pia Nardelli" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Malferrari" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferretti" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bartolini" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sabbatini" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2016.06.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402975v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Negri" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morigi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Boudouma" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gbi.12179" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SLSLQK27-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432775v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#250;&#353; Hy&#382;n&#253;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/g2016n3a2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342765v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2016.05.021" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078058v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duchamp-Alphonse" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Chiara Bartolini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2014.10.002" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FRH4TW1L-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01813332v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rage" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imdad Brohi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafiq Lashari" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geobios.2014.03.004" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910756v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Huret" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda A. Hinnov" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouget" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2013.10.047" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01813327v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Pacaud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.3826.1.3" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061435v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fortwengler" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marchand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thierry" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301484v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gretz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lathuili&#232;re" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2013.02.029" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4Z9WHJBZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01813442v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Pasini" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2012.12.003" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MQ5F3VHB-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436475v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1502-3931.2012.00311.x" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C7615BBDD2B46B16D67B489DD1F08E98AB9ABE96/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721789v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guex" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Spangenberg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schoene" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G. Taylor" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GC003807" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W4R52TZP-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721936v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kozai" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Perelis-Grossowicz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yamee" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sandoval" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120333v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Donnadieu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beaumont" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2010.03.013" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5HCVZ6R-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552092v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Schaltegger" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Blackburn" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552024v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilie Cl&#233;mence" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010GC003161" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551324v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Clemence" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gardin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Paris" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Beaumont" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551320v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548775v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Taylor" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Atudorei" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thelin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371295v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mailliot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pittet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2008.05.014" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FBDKN2W8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412007v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blair" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ovtcharova" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410642v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Keller" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Adatte" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411932v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. O'Dogherty" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aguado" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruchez" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158305v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fiet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Blamart" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2006.07.010" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRJCHS6Z-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162975v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bill" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144288v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mas" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2006.06.193" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-84TXKN5C-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082121v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cecca" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Martin Garin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marchand" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2005.03.009" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RX5WQD3K-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021484v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Erba" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Larson" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069428v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274742v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Cecca" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berengere Savary" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juergen Remane" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cordey" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/172.5.647" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306437v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874195v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn R&#233;guer" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987846v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Buisson" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-8021" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826957v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie B&#233;atrice Forel" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907473v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Saint Martin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Belhadji" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcene Belkebir" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostefa Bessedik" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826991v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827096v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulfa Belhadj" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589251v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587767v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arbia Jouini" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Caro" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538575v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre S. Simionovici" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Armando Sol&#233;" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Such&#233;ras-Marx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016380v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tramoy" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cornuault" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Puc&#233;at" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-04364-7_163" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016365v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Collin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-04364-7_55" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558796v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Humler" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Retailleau" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412480v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duchamp" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fiet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blamart" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414384v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04015323v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04015399v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827033v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827078v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03808104v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick de Wever" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c038" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03980350v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Baldanza" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bizzarri" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bertinelli" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Colacicchi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/2022.2557(15)" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03981190v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119882237.ch11" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03980871v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se V&#233;nec-Peyr&#233;" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Weber" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jere Lipps" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-47279-5_9" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03980835v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Rossignol" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahc&#232;ne Belkebir" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-47279-5_7" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>