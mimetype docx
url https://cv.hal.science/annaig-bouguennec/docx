--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -66,1763 +66,1763 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelles nouvelles polyploïdisations réaliser pour une meilleure adaptation du blé tendre aux contraintes à venir ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaig Bouguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Perronne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison R Bentley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keith Gardner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9ème rencontre scientifique du FSOV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04890457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TritiRB : Caractérisation de sources de résistance durables à la rouille brune chez le Triticale-FSOV-2018-K-TritiRB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaig Bouguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9ème rencontre scientifique du FSOV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An integrated wheat breeding programme for sustainable agriculture in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Charmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel E. Heumez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Reine M.-R. Perretant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Le Gouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaig A. Bouguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12. International Wheat Genetics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Yokohama, Japan. 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02811100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PolyBléD -Quelles nouvelles polyploïdisations réaliser pour une meilleure adaptation du blé tendre aux contraintes à venir ?-FSOV-2018-H-PolyBleD-Resultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème rencontre scientifique du FSOV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, semae-FSOV, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04916223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TritiRB : Caractérisation de sources de résistance durables à la rouille brune chez le Triticale-FSOV-2018-K-TritiRB</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henriette Goyeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Delestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9 ème Rencontre Scientifique du FSOV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, semae-FSOV, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04916342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PolyBléD : Quelles nouvelles polyploïdisations réaliser pour une meilleure adaptation du blé tendre aux contraintes à venir ?FSOV-2018-H-PolyBléD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Perronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison R Bentley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keith Gardner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème rencontre scientifique du FSOV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04901308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of intergeneric crosses in cereals and in particular for increasing the genetic diversity of triticale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lesage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Jahier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. International Triticale Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Szeged, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renforcer les résistances du triticale à la fusariose par l’intégration de leviers génétiques et agronomiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénolé Grignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Valade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du Comité Scientifique du CTPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Comité Technique Permanent de la Sélection (CTPS). FRA., Dec 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02315853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of wheat Pm genes efficient against triticale powdery mildew</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime M. Trottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Du Cheyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Triticale Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of French powdery mildew populations infecting triticale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sophie A. S. Walker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig A. Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann J. Confais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume G. Morgant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème conférence internationale sur les maladies des plantes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02751721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of european varieties of triticale with emphasis on plant phytase contributing to P availability to chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Nys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig A. Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Jondreville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Mediterranean Summit of WPSA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Porto Carras, Greece. pp.312-316</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00964215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation du triticale dans l'alimentation du poulet : estimation de l'efficacité de la phytase végétale pour améliorer la disponibilité du phosphore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jondreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Genthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Nys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01189364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing genetic diversity of hexaploid triticale adapted in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Lonnet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Nys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard B. Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Trottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Triticale Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 1998, Red Deer, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02767615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of chromosomes and detection of chromosome rearrangements in interspecific chromosome addition and intraspecific substitution lines in wheat by RFLP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Boeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Wheat Genetics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1993, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02776426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cereal genetic resources networks in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Koenig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Le Targa-Le Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Le Gouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUCARPIA/IBPGR Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 1990, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02773871v1</w:t>
-              </w:r>
-[...349 lines deleted...]
-                <w:t xml:space="preserve">hal-02811100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1987,90 +1987,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfer of recessive skr crossability trait into well-adapted French wheat cultivar Barok through marker-assisted backcrossing method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lesage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sourdille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Jahier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cereal Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 46 (4), pp.604-615. </w:t>
@@ -2134,77 +2134,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Tourvieille de Labrouhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénolé Grignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 50, pp.171-180. </w:t>
@@ -2255,90 +2255,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche de nouvelles variétés de triticale plus résistantes à l'oïdium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Trottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Du Cheyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Hourcade-Marcolla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 35, pp.97-106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2385,77 +2385,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Triticale powdery mildew: population characterization and wheat gene efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Trottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Du Cheyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications in Agricultural and Applied Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 79 (4), pp.106-121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2474,511 +2474,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viscosity of triticale varieties differs in its response to temperature after flowering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Amélioration des conditions de production et d'utilisation du triticale dans le cadre d'une agriculture durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaig A. Bouguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lilia Levy L. L. Häner</w:t>
+                <w:t xml:space="preserve">M. M. Vilariño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter P. Stamp</w:t>
+                <w:t xml:space="preserve">E. E. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael M. Kreuzer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Annaig A. Bouguennec</w:t>
+                <w:t xml:space="preserve">P. P. Du Cheyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier D. Pellet</w:t>
+                <w:t xml:space="preserve">P. P. Lonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Field Crops Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 149, pp.347-353. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 27, pp.89-109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fcr.2013.05.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17180/6ka8-sa98⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00964296v1</w:t>
+                <w:t xml:space="preserve">hal-00964415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Determination of Genetic and Environmental Influences on the Viscosity of Triticale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Viscosity of triticale varieties differs in its response to temperature after flowering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilia Levy L. L. Häner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Levy L. L. Haener</w:t>
+                <w:t xml:space="preserve">Peter P. Stamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. P. Stamp</w:t>
+                <w:t xml:space="preserve">Michael M. Kreuzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaig A. Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. M. Kreuzer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. D. Pellet</w:t>
+                <w:t xml:space="preserve">Didier D. Pellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cereal Research Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Field Crops Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 149, pp.347-353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fcr.2013.05.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1556/CRC.2013.0032⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00964228v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration des conditions de production et d'utilisation du triticale dans le cadre d'une agriculture durable</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Experimental Determination of Genetic and Environmental Influences on the Viscosity of Triticale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Levy L. L. Haener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. P. Stamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. M. Kreuzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig A. Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. P. Lonnet</w:t>
+                <w:t xml:space="preserve">D. D. Pellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 27, pp.89-109. </w:t>
+              <w:t xml:space="preserve">Cereal Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 41 (4), pp.613 - 625. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/6ka8-sa98⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1556/CRC.2013.0032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00964415v1</w:t>
+                <w:t xml:space="preserve">hal-00964228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of host-range expansion from new powdery mildew (Blumeria graminis) infections of triticale (xTriticosecale) in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sophie A. S. Walker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig A. Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann J. Confais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume G. Morgant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 60 (02), pp.207-220. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3012,90 +3012,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fitasa vegetal del triticale mejora la disponibilidad del fosforo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Jondreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. C. Genthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig A. Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Nys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Albéitar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 135, pp.50-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3120,103 +3120,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oïdium, le cas triticale est riche d'enseignements. Caractérisation des populations d'oïdium infestant le triticale : révélation d'une nouvelle entité à l'origine de cette maladie émergente, et ses conséquences pour la sélection variétale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sophie A. S. Walker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig A. Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann J. Confais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume G. Morgant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 629 (Décembre), pp.21-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3254,51 +3254,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fine Mapping and Marker Development for the Crossability Gene SKr on Chromosome 5BS of Hexaploid Wheat (Triticum aestivum L.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid W. Alfares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig A. Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Balfourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3746,51 +3746,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'amélioration du triticale: de nouvelles étapes à franchir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3880,51 +3880,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Billot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Bouguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Charmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saulnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4483,51 +4483,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04916223v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Bouguennec" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04916342v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Goyeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boixel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Picard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04901308v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Perronne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rolland" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison R Bentley" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Gardner" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603582v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lesage" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Jahier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lonnet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315853v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Serre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nol&#233; Grignon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Valade" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739833v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime M. Trottet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Du Cheyron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751721v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie A. S. Walker" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig A. Bouguennec" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann J. Confais" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G. Morgant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Leroux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964215v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Nys" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Jondreville" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189364v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jondreville" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Genthon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Nys" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767615v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lonnet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Carr&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Trottet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776426v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boeuf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bonhomme" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Martinez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773871v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Koenig" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Targa-Le Blanc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jestin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04916260v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890457v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811100v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charmet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel E. Heumez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Reine M.-R. Perretant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133631v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Banouh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Armisen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Huneau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia Sow" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09324-2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077527v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gateau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/0806.46.2018.043" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652914v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tourvieille de Labrouhe" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Masson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4721165034865454E12" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606982v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Hourcade-Marcolla" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/vm8h-zj77" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602083v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964296v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Levy L. L. H&#228;ner" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter P. Stamp" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael M. Kreuzer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Pellet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2013.05.020" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-48C8BVPV-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964228v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Levy L. L. Haener" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Stamp" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Kreuzer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Pellet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/CRC.2013.0032" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964415v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Vilari&#241;o" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. Masson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Du Cheyron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Lonnet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/6ka8-sa98" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000533v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2010.02379.x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964433v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Genthon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964428v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964381v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid W. Alfares" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Balfourier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges G. Gay" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Berges" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.109.107706" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673265v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Igrejas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Martinant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Villain" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Saulnier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964312v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. N. Amiour" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Bouguennec" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Marcoz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Bourgoin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964310v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Dardevet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Khelifi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard G. Branlard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189672v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouguennec" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Trottet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691701v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Billot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692763v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Nicolas" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Popineau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04928004v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Oury" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02843766v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890457v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Bouguennec" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Perronne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rolland" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison R Bentley" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Gardner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04916260v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811100v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charmet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel E. Heumez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Reine M.-R. Perretant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig A. Bouguennec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04916223v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04916342v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Goyeau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boixel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Picard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04901308v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603582v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lesage" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Jahier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lonnet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315853v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Serre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nol&#233; Grignon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Valade" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739833v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime M. Trottet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Du Cheyron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751721v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie A. S. Walker" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann J. Confais" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G. Morgant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Leroux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964215v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Nys" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Jondreville" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189364v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jondreville" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Genthon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Nys" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767615v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lonnet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Carr&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Trottet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776426v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boeuf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bonhomme" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Martinez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773871v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Koenig" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Targa-Le Blanc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jestin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133631v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Banouh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Armisen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Huneau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia Sow" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09324-2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077527v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gateau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/0806.46.2018.043" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652914v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tourvieille de Labrouhe" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Masson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4721165034865454E12" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606982v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Hourcade-Marcolla" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/vm8h-zj77" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602083v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964415v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Vilari&#241;o" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. Masson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Du Cheyron" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Lonnet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/6ka8-sa98" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964296v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Levy L. L. H&#228;ner" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter P. Stamp" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael M. Kreuzer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Pellet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2013.05.020" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-48C8BVPV-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964228v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Levy L. L. Haener" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Stamp" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Kreuzer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Pellet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/CRC.2013.0032" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000533v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2010.02379.x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964433v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Genthon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964428v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964381v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid W. Alfares" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Balfourier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges G. Gay" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Berges" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.109.107706" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673265v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Igrejas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Martinant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Villain" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Saulnier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964312v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. N. Amiour" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Bouguennec" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Marcoz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Bourgoin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964310v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Dardevet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Khelifi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard G. Branlard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189672v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouguennec" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Trottet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691701v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Billot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692763v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Nicolas" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Popineau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04928004v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Oury" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02843766v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>