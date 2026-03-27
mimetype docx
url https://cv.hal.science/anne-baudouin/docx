--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,429 +100,429 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gallium-catalyzed recycling of silicone waste with boron trichloride to yield key chlorosilanes</w:t>
+                <w:t xml:space="preserve">Caught in a bad romance: Microbiota increases glyphosate toxicity in the Asian tiger mosquito Aedes albopictus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nam Đức Vũ</w:t>
+                <w:t xml:space="preserve">Pierre Antonelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Boulegue-Mondière</w:t>
+                <w:t xml:space="preserve">Laurent Vallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Durand</w:t>
+                <w:t xml:space="preserve">Edwige Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joséphine Munsch</w:t>
+                <w:t xml:space="preserve">Séverine Balmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Boste</w:t>
+                <w:t xml:space="preserve">Sylvie Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 388 (6745), pp.392-400. </w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 381, pp.126651. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.adv0919⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2025.126651⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05396446v1</w:t>
+                <w:t xml:space="preserve">hal-05220925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable fluorimetric detection of histamine using o-phthaldialdehyde derivatizing agent and surfactants in water-acetonitrile mixed solvent</w:t>
+                <w:t xml:space="preserve">Gallium-catalyzed recycling of silicone waste with boron trichloride to yield key chlorosilanes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Merymene Boukadida</w:t>
+                <w:t xml:space="preserve">Nam Đức Vũ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amira Anene</w:t>
+                <w:t xml:space="preserve">Aurélie Boulegue-Mondière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Najeh Jaoued</w:t>
+                <w:t xml:space="preserve">Nicolas Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Baudouin</w:t>
+                <w:t xml:space="preserve">Joséphine Munsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Chevalier</w:t>
+                <w:t xml:space="preserve">Mickaël Boste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spectrochimica Acta Part A: Molecular and Biomolecular Spectroscopy [1994-..]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 329, pp.125488. </w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 388 (6745), pp.392-400. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.saa.2024.125488⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/science.adv0919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813655v1</w:t>
+                <w:t xml:space="preserve">hal-05396446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D bioprinting of bioproduction cell lines</w:t>
+                <w:t xml:space="preserve">Stable fluorimetric detection of histamine using o-phthaldialdehyde derivatizing agent and surfactants in water-acetonitrile mixed solvent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Chastagnier</w:t>
+                <w:t xml:space="preserve">Merymene Boukadida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Essayan</w:t>
+                <w:t xml:space="preserve">Amira Anene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Thomann</w:t>
+                <w:t xml:space="preserve">Najeh Jaoued</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Niemann</w:t>
+                <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Errazuriz-Cerda</w:t>
+                <w:t xml:space="preserve">Yves Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioprinting </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 50, pp.e00423. </w:t>
+              <w:t xml:space="preserve">Spectrochimica Acta Part A: Molecular and Biomolecular Spectroscopy [1994-..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 329, pp.125488. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bprint.2025.e00423⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.saa.2024.125488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05370413v1</w:t>
+                <w:t xml:space="preserve">hal-04813655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A scope of prebiotic neat reaction conditions and the mechanism of urea-assisted phosphorylations of alcohols</w:t>
               </w:r>
@@ -560,51 +560,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 16 (1), pp.8929. </w:t>
@@ -636,295 +636,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05380117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Bioprinting of Bioproduction Cell lines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">3D bioprinting of bioproduction cell lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chastagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Essayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Niemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Errazuriz-Cerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioprinting </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, pp.e00423. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+              <w:t xml:space="preserve">, 2025, 50, pp.e00423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bprint.2025.e00423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05136081v1</w:t>
+                <w:t xml:space="preserve">hal-05370413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caught in a bad romance: Microbiota increases glyphosate toxicity in the Asian tiger mosquito Aedes albopictus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D Bioprinting of Bioproduction Cell lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Chastagnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Antonelli</w:t>
+                <w:t xml:space="preserve">Lucie Essayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Vallon</w:t>
+                <w:t xml:space="preserve">Celine Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edwige Martin</w:t>
+                <w:t xml:space="preserve">Julia Niemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Balmand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Guibert</w:t>
+                <w:t xml:space="preserve">Elisabeth Errazuriz-Cerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bioprinting </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.e00423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bprint.2025.e00423⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2025.126651⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05220925v1</w:t>
+                <w:t xml:space="preserve">hal-05136081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical impact and cost-saving analysis of a comprehensive pharmaceutical care intervention in older patients with cancer</w:t>
               </w:r>
@@ -1096,51 +1096,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Forot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ducreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 146 (19), pp.13580-13587. </w:t>
@@ -1306,295 +1306,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03719638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-pot direct synthesis for multifunctional ultrasmall hybrid silica nanoparticles</w:t>
+                <w:t xml:space="preserve">The hydrolysis of epoxides catalyzed by inorganic ammonium salts in water: kinetic evidence for hydrogen bond catalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vu-Long Tran</w:t>
+                <w:t xml:space="preserve">B. Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivek Thakare</w:t>
+                <w:t xml:space="preserve">F. Fache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Rossetti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Baudouin</w:t>
+                <w:t xml:space="preserve">A. Maxut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Ramniceanu</w:t>
+                <w:t xml:space="preserve">B. Fenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6 (29), pp.4821 - 4834. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (3), pp.1583 - 1590. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c8tb00195b⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C7CP06790A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01861704v1</w:t>
+                <w:t xml:space="preserve">hal-01861705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The hydrolysis of epoxides catalyzed by inorganic ammonium salts in water: kinetic evidence for hydrogen bond catalysis</w:t>
+                <w:t xml:space="preserve">One-pot direct synthesis for multifunctional ultrasmall hybrid silica nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Noziere</w:t>
+                <w:t xml:space="preserve">Vu-Long Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Fache</w:t>
+                <w:t xml:space="preserve">Vivek Thakare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Maxut</w:t>
+                <w:t xml:space="preserve">Fabien Rossetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Fenet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Baudouin</w:t>
+                <w:t xml:space="preserve">Grégory Ramniceanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 20 (3), pp.1583 - 1590. </w:t>
+              <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (29), pp.4821 - 4834. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C7CP06790A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c8tb00195b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01861705v1</w:t>
+                <w:t xml:space="preserve">hal-01861704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-Demand Cyclophanes: Substituent-Directed Self-Assembling, Folding, and Binding</w:t>
               </w:r>
@@ -1740,51 +1740,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Trébosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iker Del rosal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1887,51 +1887,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Santini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Delbecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2034,51 +2034,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Taoufik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organometallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 30 (7), pp.1783 - 1793. </w:t>
@@ -2288,51 +2288,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Grinenval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rozanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Berrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2409,51 +2409,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdiffusion/reaction at the polymer/polymer interface in multilayer systems probed by linear viscoelasticity coupled to FTIR and NMR measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalid Lamnawar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahim Maazouz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2538,51 +2538,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Tosin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C Santini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2663,51 +2663,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Mazoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Trébosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2835,51 +2835,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Norsic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Taoufik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organometallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 28 (19), pp.5647 - 5655. </w:t>
@@ -2930,51 +2930,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mononuclear Ruthenium Hydride Species versus Ruthenium Nanoparticles: The Effect of Silane Functionalities on Silica Surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Berthoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Fenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3102,51 +3102,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Taoufik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morad Nayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3203,741 +3203,741 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01861695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well-Defined Surface Imido Amido Tantalum(V) Species from Ammonia and Silica-Supported Tantalum Hydrides</w:t>
+                <w:t xml:space="preserve">Synthesis and characterisation of O-6-alkylthio- and perfluoroalkylpropanethio-α-cyclodextrins and their O-2-, O-3-methylated analogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priscilla Avenier</w:t>
+                <w:t xml:space="preserve">Bernard Bertino Ghera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Lesage</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Florent Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Coleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Parrot-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ja0666809⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 31 (11), pp.1899-1906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b703894a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02195804v1</w:t>
+                <w:t xml:space="preserve">hal-01861688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silica-Alumina-Supported, Tungsten-Based Heterogeneous Alkane Metathesis Catalyst: Is it Closer to a Silica- or an Alumina-Supported System?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Taoufik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Copéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Thivolle-Cazat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 349 (1-2), pp.231 - 237. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adsc.200600436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01861687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactivity of Silica-Supported Hafnium Tris-neopentyl with Dihydrogen: Formation and Characterization of Silica Surface Hafnium Hydrides and Alkyl Hydride</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Well-Defined Surface Imido Amido Tantalum(V) Species from Ammonia and Silica-Supported Tantalum Hydrides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Avenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Taoufik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Steven Fiddy</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/om070214q⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 129 (1), pp.176-186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja0666809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861690v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dinitrogen Dissociation on an Isolated Surface Tantalum Atom</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reactivity of Silica-Supported Hafnium Tris-neopentyl with Dihydrogen: Formation and Characterization of Silica Surface Hafnium Hydrides and Alkyl Hydride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Solans-Monfort</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Baudouin</w:t>
+                <w:t xml:space="preserve">Géraldine Tosin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Santini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery de Mallman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Fiddy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.1143078⟩</w:t>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (17), pp.4118 - 4127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/om070214q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00171186v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and characterisation of O-6-alkylthio- and perfluoroalkylpropanethio-α-cyclodextrins and their O-2-, O-3-methylated analogues</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anthony Coleman</w:t>
+                <w:t xml:space="preserve">Dinitrogen Dissociation on an Isolated Surface Tantalum Atom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Avenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Parrot-Lopez</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Taoufik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Solans-Monfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/b703894a⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 317, pp.1056-1060. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1143078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01861688v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00171186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CH3ReO3 on γ-Al2O3: Understanding Its Structure, Initiation, and Reactivity in Olefin Metathesis</w:t>
               </w:r>
@@ -3949,51 +3949,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wayne A Lukens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4096,51 +4096,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Soignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Santini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Basset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4200,51 +4200,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tantalum hydrides supported on MCM-41 mesoporous silica: activation of methane and thermal evolution of the tantalum-methyl species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Soignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Taoufik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4359,51 +4359,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouchra Rhers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsje Alessandra Quadrelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Taoufik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4505,51 +4505,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouchra Rhers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsje Alessandra Quadrelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4665,51 +4665,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Chabanas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Alcor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organometallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 24 (17), pp.4274 - 4279. </w:t>
@@ -4753,363 +4753,363 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01861682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Understanding of the Formation of Surface Zirconium Hydrides upon Thermal Treatment under Hydrogen of [(⋮SiO)Zr(CH 2 t Bu) 3 ] by Using Advanced Solid-State NMR Techniques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Detailed Structural Investigation of the Grafting of [Ta(CH t Bu)(CH 2 t Bu) 3 ] and [Cp*TaMe 4 ] on Silica Partially Dehydroxylated at 700 °C and the Activity of the Grafted Complexes toward Alkane Metathesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Chabanas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Copéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 126 (39), pp.12541 - 12550. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ja038486h⟩</w:t>
+              <w:t xml:space="preserve">, 2004, 126 (41), pp.13391 - 13399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja046486r⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01702455v1</w:t>
+                <w:t xml:space="preserve">hal-01861681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed Structural Investigation of the Grafting of [Ta(CH t Bu)(CH 2 t Bu) 3 ] and [Cp*TaMe 4 ] on Silica Partially Dehydroxylated at 700 °C and the Activity of the Grafted Complexes toward Alkane Metathesis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Molecular Understanding of the Formation of Surface Zirconium Hydrides upon Thermal Treatment under Hydrogen of [(⋮SiO)Zr(CH 2 t Bu) 3 ] by Using Advanced Solid-State NMR Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Rataboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Thieuleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Veyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Copéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 126 (41), pp.13391 - 13399. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2004, 126 (39), pp.12541 - 12550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja038486h⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ja046486r⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01861681v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perhydrocarbyl Re VII Complexes: Comparison of Molecular and Surface Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Chabanas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Copéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5592,51 +5592,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation of Single Site Catalysts on Oxides and Metals Prepared via Surface Organometallic Chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franois Bayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5696,91 +5696,91 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02196015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of domain size in multiphasec copolymers by 1H spin diffusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernande Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5825,176 +5825,58 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00457729v1</w:t>
-              </w:r>
-[...116 lines deleted...]
-                <w:t xml:space="preserve">hal-00457793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId231"/>
+      <w:footerReference w:type="default" r:id="rId229"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6141,51 +6023,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396446v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam &#272;&#7913;c V&#361;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Boulegue-Mondi&#232;re" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Munsch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Boste" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adv0919" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813655v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merymene Boukadida" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Anene" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najeh Jaoued" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baudouin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chevalier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2024.125488" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370413v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chastagnier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Essayan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Thomann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Niemann" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Errazuriz-Cerda" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bprint.2025.e00423" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380117v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Shvetsova" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Merzoud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Lopez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fromentin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-63307-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136081v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220925v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antonelli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vallon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Martin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Balmand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guibert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.126651" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661065v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herledan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Falandry" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Huot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Poletto" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baudouin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jgs.18585" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739962v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Chetot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Marocco Stuardi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Forot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ducreux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c03400" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719638v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Barbier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Barbry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Magand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Badiou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Davy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12010131" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861704v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu-Long Tran" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Thakare" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rossetti" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Ramniceanu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8tb00195b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861705v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Noziere" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fache" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maxut" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fenet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP06790A" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861706v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Thomas Skowron" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dumartin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jeamet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Perret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gourlaouen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5b02605" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702437v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Merle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tr&#233;bosc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Del&#8197;rosal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja301085m" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861701v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Delgado" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Santini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Delbecq" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery de Mallmann" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp200111x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861702v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legagneux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jeanneau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Thomas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Taoufik" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om1003539" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702459v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Szeto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Norsic" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hardou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Roux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chakka" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cc00007h" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C3E06D024D361A14D429A413DD7F6816DA07D465/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861699v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Grinenval" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rozanska" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Berrier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp107317s" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534583v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Lamnawar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Maazouz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2010.03.019" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TLZ6VXR6-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662124v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tosin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C Santini" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bayard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702446v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mazoyer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyron" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Pelletier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201004310" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0BDA04890EF23529B776F3F045E27F81EBBEC83C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861698v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larabi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Norsic" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om900151a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861691v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Berthoud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fenet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne A Lukens" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Pelzer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200800174" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P513HH85-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861695v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Nayer" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Roux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2008.02.020" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4C26KF1V-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195804v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Avenier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lesage" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja0666809" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-SC2LH86F-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861687v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cop&#233;ret" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thivolle-Cazat" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200600436" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8DQC95X8-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861690v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Tosin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery de Mallman" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Fiddy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om070214q" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-Q375FGNG-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171186v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Taoufik" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Solans-Monfort" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1143078" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861688v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bertino Ghera" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Perret" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Coleman" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Parrot-Lopez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b703894a" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E06FF46D5DCCC082CBAE328A46D8000BAC360ACD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702460v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Salameh" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joubert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200700211" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702442v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Millot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Soignier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Basset" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja060420+" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305301v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soignier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Saggio" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dablemont" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om050609e" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-Z36K4ZP4-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861683v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Rhers" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsje Alessandra Quadrelli" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lefebvre" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2006.09.019" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N8GN7XPN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861684v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om060279d" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861682v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chabanas" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Alcor" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om050086a" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-DKXHCFMT-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702455v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rataboul" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Thieuleux" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veyre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja038486h" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-XVNJSC62-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861681v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja046486r" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702448v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja020136s" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-TSDMPBJ1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702451v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Saint-Arroman" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chabanas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coperet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702456v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702411v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Neyret" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Corpart" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Candau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02456711" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-90RHZSZ5-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196015v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franois Bayard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Candy" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Copret" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457729v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande Boisson" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie France Llauro" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M&#233;chin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pascault" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457793v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Regisser" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220925v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antonelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vallon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Balmand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guibert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.126651" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396446v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam &#272;&#7913;c V&#361;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Boulegue-Mondi&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Munsch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Boste" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adv0919" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813655v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merymene Boukadida" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Anene" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najeh Jaoued" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baudouin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chevalier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2024.125488" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380117v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Shvetsova" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Merzoud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Lopez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fromentin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-63307-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370413v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chastagnier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Essayan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Thomann" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Niemann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Errazuriz-Cerda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bprint.2025.e00423" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136081v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661065v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herledan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Falandry" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Huot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Poletto" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baudouin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jgs.18585" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739962v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Chetot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Marocco Stuardi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Forot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ducreux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c03400" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719638v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Barbier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Barbry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Magand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Badiou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Davy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12010131" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861705v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Noziere" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fache" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maxut" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fenet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP06790A" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861704v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu-Long Tran" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Thakare" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rossetti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Ramniceanu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8tb00195b" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861706v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Thomas Skowron" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dumartin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jeamet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Perret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gourlaouen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5b02605" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702437v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Merle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tr&#233;bosc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Del&#8197;rosal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja301085m" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861701v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Delgado" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Santini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Delbecq" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery de Mallmann" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp200111x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861702v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legagneux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jeanneau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Thomas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Taoufik" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om1003539" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702459v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Szeto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Norsic" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hardou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Roux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chakka" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cc00007h" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C3E06D024D361A14D429A413DD7F6816DA07D465/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861699v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Grinenval" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rozanska" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Berrier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp107317s" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534583v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Lamnawar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Maazouz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2010.03.019" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TLZ6VXR6-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662124v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tosin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C Santini" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bayard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702446v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mazoyer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyron" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Pelletier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201004310" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0BDA04890EF23529B776F3F045E27F81EBBEC83C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861698v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larabi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Norsic" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om900151a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861691v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Berthoud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fenet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne A Lukens" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Pelzer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200800174" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P513HH85-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861695v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Nayer" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Roux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2008.02.020" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4C26KF1V-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861688v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bertino Ghera" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Perret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Coleman" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Parrot-Lopez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b703894a" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E06FF46D5DCCC082CBAE328A46D8000BAC360ACD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861687v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cop&#233;ret" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thivolle-Cazat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200600436" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8DQC95X8-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195804v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Avenier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lesage" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja0666809" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-SC2LH86F-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861690v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Tosin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery de Mallman" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Fiddy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om070214q" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-Q375FGNG-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171186v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Taoufik" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Solans-Monfort" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1143078" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702460v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Salameh" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joubert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200700211" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702442v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Millot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Soignier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Basset" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja060420+" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305301v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soignier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Saggio" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dablemont" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om050609e" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-Z36K4ZP4-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861683v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Rhers" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsje Alessandra Quadrelli" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lefebvre" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2006.09.019" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N8GN7XPN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861684v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om060279d" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861682v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chabanas" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Alcor" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om050086a" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-DKXHCFMT-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861681v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja046486r" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702455v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rataboul" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Thieuleux" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veyre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja038486h" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-XVNJSC62-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702448v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja020136s" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-TSDMPBJ1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702451v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Saint-Arroman" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chabanas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coperet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702456v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702411v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Neyret" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Corpart" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Candau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02456711" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-90RHZSZ5-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196015v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franois Bayard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Candy" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Copret" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457729v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande Boisson" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie France Llauro" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise M&#233;chin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pascault" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>