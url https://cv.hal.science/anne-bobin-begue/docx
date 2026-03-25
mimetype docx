--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Bobin-Begue </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de Conférences</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anne-bobin-begue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6532-6074</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">24055082X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Tempo: performances and role in development</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My main research focus is on our ability to process (perceive, produce and synchronize) tempos (defined as an isochronous sequence of the same event). Tempos have interval duration ranging from 100 ms to 1s. Human beings, early in development, are able to produce tempos without temporal cues and the most common studied task is a spontaneous motor (tapping) tempo task. Spontaneous motor tempo is possibly a behavioral output of the internal tempo on the individual. It is thus specific to each individual and slows down with age. It is also under the hierarchical dependence of the circadian system (it varies during the day) and is modulated by exogenous or endogenous factors.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tempos processing performances are of particular interest because tempos range in the time scale of our actions and especially of our interactions with our physical and social environment. In addition, it relies on a mechanism that allows us to produce synchronized behaviors, meaning they occur at the same time as the target or even slightly in anticipation. If the intervals become longer, approximately 1 to 3 seconds, we are no longer able to do anything other than produce a reaction time response (it is no longer the same process, referring to intervals timing or estimated durations). Another striking point: animals, including great apes, do not demonstrate comparable performances ... nevertheless, birds capable of vocal learning demonstrate similar skills. It is therefore interesting to wonder why humans are able to process tempos so easily, and very early in development (music, rituals, military marches, kicking...).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Various studies suggest that this skill of dealing with tempos is involved in the development of other skills, such as language, social development, attention, etc. ... During the first years of life, the infant could support its development on the basis of this skill, and particularly through movement and the vestibular system. Finally, it also appears that certain disorders such as autism and attention disorders.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In this context, the research questions that motivate me are:</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">► How does our capacity to process tempos develop and how does this capacity relate to that of estimated durations?► What are the factors that modulate this skill?► What roles does tempos play in development?► Do movements involving or not the vestibular system modulate the internal tempo and therefore our relation to time? (ongoing project)► What link is there between rhythms and attentional abilities? (ongoing project)► Can autistic disorders and attention disorders be linked to impaired tempo processing capabilities? (ongoing project)► Can we observe in animals spontaneous motor tempo similar as those observed in humans? (ongoing project)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">► Interpretation of the type of attention (external or internal) conveyed by gaze in human and non-human primates. (ongoing project)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Perinatality, development and early interactionsThe quality of early interactions are fundamental to promote child development. The clinical practice of the professionals of the early childhood care raises many research questions. In collaboration with professionals, in particular those of PPUMMA (Mobile Perinatal Emergency Liaison and Intervention Unit), we conduct researches on different questions, with the aim of improving the care of toddlers of mothers in situations of psychological vulnerability, in particular in its interactive dimension.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">► Infant sleep, parental belief, bedtime routines and the use of a sleep diary. (ongoing project)► Assessment of development of infant in parental center. (ongoing project)► Bayley IV french adaptation process.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Responsibilities► Expert for the Research Executive Agency (REA) (2009- )► Open science referent for the laboratory► Head of the Test Library of the Department of Psychological and Educational Sciences► Head of the developmental psychology teaching team (2017-2023)► RIPSYDEVE Referent (Interuniversity Network of Psychology of Development and Education)► Ethics committee of the Psychology department of the Paris Nanterre university► Member of the Administrative Board of the International Panel on Behavior Change </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.ipbc.science/about-us/board/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professional career► Laboratoire Ethologie, Cognition, Développement (2013- )► Unité de Recherche en Psychologie et Psychopathologie Périnatale de l'EPS Erasme (RePPEr) - Antony, 92 (2011-2019).► Laboratoire de perception et contrôle du mouvement en environnement virtuel (UMR CNRS - Renault) (2005-2007)► IED Université Paris 8 - Saint Denis (2004-2013)► Laboratoire de Psychobiologie du Développement (1999-2005)► Université Paris 5 - Institut de Psychologie (2003-2004)► Laboratoire Ethologie et Cognition Comparée (Université Paris 10-Nanterre) (1998-1999)► Laboratoire de Physiologie Sensorielle (INRA Jouy-en-Josas) (1997-1998)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education► PhD in Devepmental Psychology (Ecole Pratique des Hautes Etudes - 2002)► Msc in Psychology (Saint Denis university - 2012)► Msc in Ethology (Villetaneuse university - 1999)► Msc in Animal Physiology (Rennes university - 1998)► Engineer in Agronomy (Ecole Nationale Supérieure Agronomique de Rennes - 1998)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Contributions► Documentaire &amp;quot;Il était une fois le sommeil&amp;quot; (réalisation Préparons demain, Anne Jochum, 2022), à destination des professionnels. Lien : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://filmspreparonsdemain.com/produit/il-etait-une-fois-le-sommeil-2/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spontaneous tempo production in cockatiels (Nymphicus hollandicus) and jungle crows (Corvus macrorhyncos)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Le Covec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalila Bovet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shigeru Watanabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ei-Ichi Izawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.105007. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.beproc.2024.105007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04484251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mécanismes mis en jeu dans les bercements des tout-petits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins Pédiatrie/Puériculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spp.2022.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performing spontaneous motor tempo improves children's attentional performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Developmental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 83, pp.101467. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.appdev.2022.101467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel développement psychomoteur et social des bébés en Maison d’Accompagnement Parents Enfants (MAPE) ? Une question partagée des MAPE et de la pédopsychiatrie périnatale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-C. Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Héroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurenf.2021.04.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tempo, fondement des compétences musicales et support du développement sociocognitif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, N°5 (1), pp.109-129. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/enf2.201.0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02952596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Update on Mental Health of Infants and Children of Parents Affected With Mental Health Issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Apter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Begue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Camille Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Devouche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychiatry Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11920-017-0820-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01586927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tempo de notre quotidien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Et si nous prenions le temps ?, 9, pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La liaison en « Périnatalogie » : des soins entre réseau, liaison et prise en charge mobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Garez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matylda Alecian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Minjollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.encep.2017.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soutenir l’élaboration de la relation parent-enfant en cas de prématurité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Buil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Camille Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Begue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Apter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins Pédiatrie/Puériculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 38 (299), pp.15-19. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spp.2017.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01643578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langage adressé au bébé et exploration visuelle chez le bébé de 4,5mois : mise en évidence d’un effet de genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Morange-Majoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 63 (1), pp.23-29. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurenf.2014.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04246761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young children's difficulties in switching from rhythm production to temporal interval production (&gt;1 s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Droit-Volet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2014.01346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Familiarity and Attentiveness of Partner on 6-Month-Old Infants' Social Engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Apter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infant Behavior &amp; Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 35 (4), pp.737-741. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.infbeh.2012.07.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régulation rythmique avant 4 ans : effet d'un tempo auditif sur le tempo moteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 108 (04), pp.631. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4074/S000350330800403X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of auditory tempo on the endogenous rhythm of non-nutritive sucking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Provasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Marks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Pouthas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 56 (4), pp.239 - 245. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2005.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tempo Discrimination in 3- and 4-year-old children: performances and threshold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology Letters - Behaviour, Brain and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tempo Discrimination in 3-and 4-year-old children: performances and threshold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 16 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spontaneous motor tempo and rhythmical synchronisation in 2½-and 4-year-old children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Behavioral Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 27 (3), pp.220 - 231. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01650250244000290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modifications of Retinal Afferent Activity Induce Changes in Astroglial Plasticity in the Hamster Circadian Clock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Papillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Vilaplana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convergence entre les centres maternels et la pédopsychiatrie périnatale – vers une nécessaire adaptation des prises en charge pédopsychiatriques mère-bébé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Camille Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Goudet-Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Garez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Poinso, Michel Dugnat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soigner ensemble en psypérinatalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.537-549, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhythms in early development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Apter; Emmanuel Devouche; Maya Gratier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Early Interaction and Developmental Psychopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluer le développement du nourrisson : principes et pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Devouche; Joëlle Provasi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le développement du bébé : de la vie fœtale à la marche. Sensoriel - Psychomoteur - Cognitif - Affectif - Social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.21-40, 2019, 9782294764844</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cognition incarnée : corps, communication et culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rana Esseily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Milkovich, Raphaëlle; Morange-Majoux, Françoise. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traité de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier Masson, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une approche intégrative du développement précoce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rana Esseily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bahia Guellaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Milkovich, Raphaëlle; Morange-Majoux, Françoise. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traité de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier Masson, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The perception of intention and emotion in non-cry pre-babbling infant vocalizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lacheret-Dujour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Poznań, Poland. pp.129-132, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2018-26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01974915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronisation motrice à un tempo auditif chez le nourrisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place du parent dans l'accompagnement psychologique de l'enfant et de l'adolescent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Soulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Univers Psy, 9782100857616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les avancées dans l'autisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexcia Raymand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Plumet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum pour la journée mondiale de la sensibilisation à l’autisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Lésigny, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do you see in the great apes' eyes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Calmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Piette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalila Bovet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Behavioural Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Zurich (CH), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tempo interne & capacités de synchronisation chez les enfants avec TSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Begue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Actualité de la Recherche en Autisme et Perspectives d'Avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Toulouse, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01643616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronie vestibulaire et situation sociale chez les enfants avec TSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Tribillac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Begue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Actualité de la Recherche en Autisme et Perspectives d'Avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Toulouse, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judgments of Emotion and Communicative Intent in Infant Vocalization at 1 and 5 Months</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lacheret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Apter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Infant Studies (ICIS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, New-Orleans, United States. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01479341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visually Induced Illusory Self-Motion Alters Time Perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Mertz-Josse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofana Hamidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Israel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium Vision, action and concepts: Behavioural and neural basis of embodied perception and cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Lille, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01479377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId110"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Bobin-Begue </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de Conférences</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anne-bobin-begue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6532-6074</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">24055082X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Tempo: performances and role in development</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My main research focus is on our ability to process (perceive, produce and synchronize) tempos (defined as an isochronous sequence of the same event). Tempos have interval duration ranging from 100 ms to 1s. Human beings, early in development, are able to produce tempos without temporal cues and the most common studied task is a spontaneous motor (tapping) tempo task. Spontaneous motor tempo is possibly a behavioral output of the internal tempo on the individual. It is thus specific to each individual and slows down with age. It is also under the hierarchical dependence of the circadian system (it varies during the day) and is modulated by exogenous or endogenous factors.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tempos processing performances are of particular interest because tempos range in the time scale of our actions and especially of our interactions with our physical and social environment. In addition, it relies on a mechanism that allows us to produce synchronized behaviors, meaning they occur at the same time as the target or even slightly in anticipation. If the intervals become longer, approximately 1 to 3 seconds, we are no longer able to do anything other than produce a reaction time response (it is no longer the same process, referring to intervals timing or estimated durations). Another striking point: animals, including great apes, do not demonstrate comparable performances ... nevertheless, birds capable of vocal learning demonstrate similar skills. It is therefore interesting to wonder why humans are able to process tempos so easily, and very early in development (music, rituals, military marches, kicking...).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Various studies suggest that this skill of dealing with tempos is involved in the development of other skills, such as language, social development, attention, etc. ... During the first years of life, the infant could support its development on the basis of this skill, and particularly through movement and the vestibular system. Finally, it also appears that certain disorders such as autism and attention disorders.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In this context, the research questions that motivate me are:</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">► How does our capacity to process tempos develop and how does this capacity relate to that of estimated durations?► What are the factors that modulate this skill?► What roles does tempos play in development?► Do movements involving or not the vestibular system modulate the internal tempo and therefore our relation to time? (ongoing project)► What link is there between rhythms and attentional abilities? (ongoing project)► Can autistic disorders and attention disorders be linked to impaired tempo processing capabilities? (ongoing project)► Can we observe in animals spontaneous motor tempo similar as those observed in humans? (ongoing project)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">► Interpretation of the type of attention (external or internal) conveyed by gaze in human and non-human primates. (ongoing project)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Perinatality, development and early interactionsThe quality of early interactions are fundamental to promote child development. The clinical practice of the professionals of the early childhood care raises many research questions. In collaboration with professionals, in particular those of PPUMMA (Mobile Perinatal Emergency Liaison and Intervention Unit), we conduct researches on different questions, with the aim of improving the care of toddlers of mothers in situations of psychological vulnerability, in particular in its interactive dimension.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">► Infant sleep, parental belief, bedtime routines and the use of a sleep diary. (ongoing project)► Assessment of development of infant in parental center. (ongoing project)► Bayley IV french adaptation process.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Responsibilities► Expert for the Research Executive Agency (REA) (2009- )► Open science referent for the laboratory► Head of the Test Library of the Department of Psychological and Educational Sciences► Head of the developmental psychology teaching team (2017-2023)► RIPSYDEVE Referent (Interuniversity Network of Psychology of Development and Education)► Ethics committee of the Psychology department of the Paris Nanterre university► Member of the Administrative Board of the International Panel on Behavior Change </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.ipbc.science/about-us/board/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professional career► Laboratoire Ethologie, Cognition, Développement (2013- )► Unité de Recherche en Psychologie et Psychopathologie Périnatale de l'EPS Erasme (RePPEr) - Antony, 92 (2011-2019).► Laboratoire de perception et contrôle du mouvement en environnement virtuel (UMR CNRS - Renault) (2005-2007)► IED Université Paris 8 - Saint Denis (2004-2013)► Laboratoire de Psychobiologie du Développement (1999-2005)► Université Paris 5 - Institut de Psychologie (2003-2004)► Laboratoire Ethologie et Cognition Comparée (Université Paris 10-Nanterre) (1998-1999)► Laboratoire de Physiologie Sensorielle (INRA Jouy-en-Josas) (1997-1998)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education► PhD in Devepmental Psychology (Ecole Pratique des Hautes Etudes - 2002)► Msc in Psychology (Saint Denis university - 2012)► Msc in Ethology (Villetaneuse university - 1999)► Msc in Animal Physiology (Rennes university - 1998)► Engineer in Agronomy (Ecole Nationale Supérieure Agronomique de Rennes - 1998)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Contributions► Documentaire &amp;quot;Il était une fois le sommeil&amp;quot; (réalisation Préparons demain, Anne Jochum, 2022), à destination des professionnels. Lien : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://filmspreparonsdemain.com/produit/il-etait-une-fois-le-sommeil-2/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spontaneous tempo production in cockatiels (Nymphicus hollandicus) and jungle crows (Corvus macrorhyncos)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Le Covec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalila Bovet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shigeru Watanabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ei-Ichi Izawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.105007. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.beproc.2024.105007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04484251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performing spontaneous motor tempo improves children's attentional performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Developmental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 83, pp.101467. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.appdev.2022.101467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mécanismes mis en jeu dans les bercements des tout-petits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins Pédiatrie/Puériculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spp.2022.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel développement psychomoteur et social des bébés en Maison d’Accompagnement Parents Enfants (MAPE) ? Une question partagée des MAPE et de la pédopsychiatrie périnatale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-C. Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Héroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurenf.2021.04.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tempo, fondement des compétences musicales et support du développement sociocognitif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, N°5 (1), pp.109-129. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/enf2.201.0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02952596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Update on Mental Health of Infants and Children of Parents Affected With Mental Health Issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Apter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Begue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Camille Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Devouche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychiatry Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11920-017-0820-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01586927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La liaison en « Périnatalogie » : des soins entre réseau, liaison et prise en charge mobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Garez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matylda Alecian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Minjollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.encep.2017.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tempo de notre quotidien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Et si nous prenions le temps ?, 9, pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soutenir l’élaboration de la relation parent-enfant en cas de prématurité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Buil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Camille Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Begue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Apter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins Pédiatrie/Puériculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 38 (299), pp.15-19. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spp.2017.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01643578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langage adressé au bébé et exploration visuelle chez le bébé de 4,5mois : mise en évidence d’un effet de genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Morange-Majoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 63 (1), pp.23-29. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurenf.2014.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04246761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young children's difficulties in switching from rhythm production to temporal interval production (&gt;1 s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Droit-Volet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2014.01346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Familiarity and Attentiveness of Partner on 6-Month-Old Infants' Social Engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Apter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infant Behavior &amp; Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 35 (4), pp.737-741. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.infbeh.2012.07.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régulation rythmique avant 4 ans : effet d'un tempo auditif sur le tempo moteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 108 (04), pp.631. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4074/S000350330800403X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of auditory tempo on the endogenous rhythm of non-nutritive sucking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Provasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Marks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Pouthas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 56 (4), pp.239 - 245. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2005.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tempo Discrimination in 3- and 4-year-old children: performances and threshold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology Letters - Behaviour, Brain and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tempo Discrimination in 3-and 4-year-old children: performances and threshold</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 16 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spontaneous motor tempo and rhythmical synchronisation in 2½-and 4-year-old children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Behavioral Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 27 (3), pp.220 - 231. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01650250244000290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modifications of Retinal Afferent Activity Induce Changes in Astroglial Plasticity in the Hamster Circadian Clock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Papillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Vilaplana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convergence entre les centres maternels et la pédopsychiatrie périnatale – vers une nécessaire adaptation des prises en charge pédopsychiatriques mère-bébé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Camille Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Goudet-Lafont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Garez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Poinso, Michel Dugnat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soigner ensemble en psypérinatalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.537-549, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhythms in early development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Apter; Emmanuel Devouche; Maya Gratier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Early Interaction and Developmental Psychopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluer le développement du nourrisson : principes et pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Devouche; Joëlle Provasi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le développement du bébé : de la vie fœtale à la marche. Sensoriel - Psychomoteur - Cognitif - Affectif - Social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.21-40, 2019, 9782294764844</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cognition incarnée : corps, communication et culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rana Esseily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Milkovich, Raphaëlle; Morange-Majoux, Françoise. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traité de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier Masson, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une approche intégrative du développement précoce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rana Esseily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bahia Guellaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Milkovich, Raphaëlle; Morange-Majoux, Françoise. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traité de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier Masson, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The perception of intention and emotion in non-cry pre-babbling infant vocalizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lacheret-Dujour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Speech Prosody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Poznań, Poland. pp.129-132, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/SpeechProsody.2018-26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01974915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronisation motrice à un tempo auditif chez le nourrisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Provasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place du parent dans l'accompagnement psychologique de l'enfant et de l'adolescent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Soulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Univers Psy, 9782100857616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les avancées dans l'autisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexcia Raymand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Plumet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum pour la journée mondiale de la sensibilisation à l’autisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Lésigny, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do you see in the great apes' eyes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Calmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Piette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalila Bovet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Behavioural Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Zurich (CH), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tempo interne & capacités de synchronisation chez les enfants avec TSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Begue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Actualité de la Recherche en Autisme et Perspectives d'Avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Toulouse, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01643616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronie vestibulaire et situation sociale chez les enfants avec TSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Tribillac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Begue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Actualité de la Recherche en Autisme et Perspectives d'Avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Toulouse, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judgments of Emotion and Communicative Intent in Infant Vocalization at 1 and 5 Months</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Gratier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lacheret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Devouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Apter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Infant Studies (ICIS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, New-Orleans, United States. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01479341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visually Induced Illusory Self-Motion Alters Time Perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Mertz-Josse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofana Hamidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bobin-Bègue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Israel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium Vision, action and concepts: Behavioural and neural basis of embodied perception and cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Lille, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01479377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId110"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5A80F132"/>
+    <w:nsid w:val="8827E992"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-bobin-begue" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6532-6074" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/24055082X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipbc.science/about-us/board/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://filmspreparonsdemain.com/produit/il-etait-une-fois-le-sommeil-2/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484251v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Le Covec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Bovet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeru Watanabe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ei-Ichi Izawa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bobin-B&#232;gue" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2024.105007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799696v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Provasi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spp.2022.09.008" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970690v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appdev.2022.101467" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235566v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Genet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. H&#233;roux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Le Roux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devouche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2021.04.008" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952596v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.201.0109" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01586927v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Apter" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bobin-Begue" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Camille Genet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gratier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Devouche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11920-017-0820-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01726429v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01645039v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Garez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matylda Alecian" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Minjollet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2017.03.003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01643578v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Buil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spp.2017.09.003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-04246761v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morange-Majoux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2014.04.003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5M6C8C3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687928v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Droit-Volet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.01346" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480097v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Dominguez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infbeh.2012.07.021" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PN253DVB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887838v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S000350330800403X" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01644067v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Provasi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marks" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pouthas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2005.09.006" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZ5HG81B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01645042v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887830v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01645056v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01650250244000290" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4A690DC4C3AF35CFDD83AD38D14DF41D93B0216E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01645069v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Lavialle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Papillon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Vilaplana" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02536956v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Roux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Goudet-Lafont" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178079v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421683v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier-masson.fr/le-developpement-du-bebe-de-la-vie-ftale-a-la-marche-9782294764844.html?utm_campaign=FR_DS_CS_W19L572_Psy_Devouche_476484_FL_Relance&amp;amp;utm_campaignPK=1633599475&amp;amp;utm_term=W19L572&amp;amp;utm_content=1633599477&amp;amp;utm_source=83&amp;amp;BID=738748318&amp;amp;utm_medium=email&amp;amp;SIS_ID=-1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478736v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Esseily" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478735v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Guella&#239;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974915v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacheret-Dujour" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2018-26" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01645074v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808725v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Soulet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-humaines-et-sociales/place-du-parent-dans-accompagnement-psychologique-enfant-et-adolescent" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299123v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexcia Raymand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Plumet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819405v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Calmon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Fleury" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Piette" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01643616v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01645060v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tribillac" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479341v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacheret" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479377v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mertz-Josse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofana Hamidi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jouen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Israel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-bobin-begue" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6532-6074" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/24055082X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipbc.science/about-us/board/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://filmspreparonsdemain.com/produit/il-etait-une-fois-le-sommeil-2/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484251v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Le Covec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Bovet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeru Watanabe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ei-Ichi Izawa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bobin-B&#232;gue" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2024.105007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970690v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appdev.2022.101467" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799696v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Provasi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spp.2022.09.008" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235566v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Genet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. H&#233;roux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Le Roux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devouche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2021.04.008" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952596v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.201.0109" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01586927v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Apter" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bobin-Begue" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Camille Genet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gratier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Devouche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11920-017-0820-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01645039v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Garez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matylda Alecian" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Minjollet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2017.03.003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01726429v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01643578v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Buil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spp.2017.09.003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-04246761v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morange-Majoux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2014.04.003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5M6C8C3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687928v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Droit-Volet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.01346" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01480097v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Dominguez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infbeh.2012.07.021" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PN253DVB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887838v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S000350330800403X" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01644067v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Provasi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marks" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pouthas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2005.09.006" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZ5HG81B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01645042v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887830v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01645056v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01650250244000290" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4A690DC4C3AF35CFDD83AD38D14DF41D93B0216E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01645069v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Lavialle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Papillon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Vilaplana" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02536956v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Roux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Goudet-Lafont" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178079v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421683v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier-masson.fr/le-developpement-du-bebe-de-la-vie-ftale-a-la-marche-9782294764844.html?utm_campaign=FR_DS_CS_W19L572_Psy_Devouche_476484_FL_Relance&amp;amp;utm_campaignPK=1633599475&amp;amp;utm_term=W19L572&amp;amp;utm_content=1633599477&amp;amp;utm_source=83&amp;amp;BID=738748318&amp;amp;utm_medium=email&amp;amp;SIS_ID=-1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478736v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Esseily" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478735v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Guella&#239;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974915v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacheret-Dujour" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2018-26" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01645074v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808725v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Soulet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-humaines-et-sociales/place-du-parent-dans-accompagnement-psychologique-enfant-et-adolescent" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299123v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexcia Raymand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Plumet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819405v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Calmon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Fleury" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Piette" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01643616v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01645060v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tribillac" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479341v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lacheret" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479377v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mertz-Josse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofana Hamidi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jouen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Israel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>