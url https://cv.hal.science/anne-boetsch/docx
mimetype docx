--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -207,833 +207,967 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrological and temperature controls on CO2 and CH4 exchange between a mid-altitude mountain peatland and the atmosphere</w:t>
+                <w:t xml:space="preserve">Monitoring Heat Transfer and Recharge Mechanisms in a Karst System Using Fiber Optic Distributed Temperature Sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
+                <w:t xml:space="preserve">Anthony Abi Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Julie Albaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐philippe Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Calisti</w:t>
+                <w:t xml:space="preserve">Kusnahadi Susanto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mires and Peat </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 32 (14), </w:t>
+              <w:t xml:space="preserve">Groundwater</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.19189/001c.143644⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gwat.70060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-05295444v1</w:t>
+                <w:t xml:space="preserve">hal-05561162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What a peaty contribution to global warming! An interdisciplinary study of atmospheric and hydrologic carbon fluxes in a temperate peatland in the Jura Mountains, eastern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Poteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Jacotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARPHA Conference Abstracts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 8, pp.e155498. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3897/aca.8.e155498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05095536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine learning prediction of groundwater heights from passive seismic wavefield</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hydrological and temperature controls on CO2 and CH4 exchange between a mid-altitude mountain peatland and the atmosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Jacotot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Abi Nader</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Steinmann</w:t>
+                <w:t xml:space="preserve">Philippe Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Hibert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J-P Malet</w:t>
+                <w:t xml:space="preserve">Robin Calisti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggad160⟩</w:t>
+              <w:t xml:space="preserve">Mires and Peat </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (14), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19189/001c.143644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04100453v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05295444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin and fate of dissolved inorganic carbon in a karst groundwater fed peatland using δ13CDIC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Sébastien Moquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 616, pp.121254. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2022.121254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03892868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The origin and transfer of water and solutes in peatlands: A multi tracer assessment in the carbonated Jura Mountains</w:t>
+                <w:t xml:space="preserve">Machine learning prediction of groundwater heights from passive seismic wavefield</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
+                <w:t xml:space="preserve">Anthony Abi Nader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Albaric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Bouchez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Steinmann</w:t>
+                <w:t xml:space="preserve">M. Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Lavastre</w:t>
+                <w:t xml:space="preserve">C. Hibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bichet</w:t>
+                <w:t xml:space="preserve">J-P Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrological Processes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 36 (12), </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 234 (3), pp.1807-1818. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/hyp.14781⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggad160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04282342v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The origin and transfer of water and solutes in peatlands: A multi tracer assessment in the carbonated Jura Mountains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lavastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hydrological Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hyp.14781⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">An undergraduate experiment to illustrate spatial transfer function concepts in Fourier optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Salvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gil Fanjoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boetsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remo Giust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 88 (8), pp.617 - 624</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03360765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1043,1115 +1177,1240 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The OMIV service: acquiring and sharing long-period instrumental time series for documenting landslide activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Hibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Radiguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lebourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU fall meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Vienna (AUSTRIA), France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-14542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04622633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peatlands methane origin and fluxes to the atmosphere: towards an integrative conceptual model of a temperate French peatland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Sébastien Moquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Jacotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU23</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienne (AUT), Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-13093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04182733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The paradox of karstic peatlands: a combined hydrological and geochemical study in the Frasne peatland, French Jura Mountains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Stefani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurokarst</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Malaga, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04844480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From water rock-interaction to methanogenesis: How climate induced raise of groundwater inputs might favor CH4 fluxes in the mid latitude/altitude Frasne peatland, Jura Mountains, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sébastien Moquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advancing Critical Zone science First OZCAR TERENO International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Strasbourg, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/RG.2.2.13812.48009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03526712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of nested water supplies in a mid latitude/altitude peatland using long-term monitoring data before and after restoration. The case study of the Frasne peatland (Jura Mountains, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Magnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, virtual, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-1302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03526384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peatlands as patchworks of water-rock and water-peat interactions: The case study of the Frasne peatland, Jura Mountains, France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Sébastien Moquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Virtual, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7185/gold2021.7112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03526336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From microbiological to ecosystemic scale evaluation of carbon-based (CO2, CH4) greenhouse gas sources, production, and transfers in temperate peatlands: a pluridisciplinary week at the playground for Critical Zonists in Frasne, Jura Mountains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Hydro-ecological controls on dissolved organic matter production, mineralization into greenhouse gases, and export in a temperate peatland: the Frasne case study, Jura mountains, France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Poteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Jacotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sarah Coffinet</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion des Sciences de la Terre (RST 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conférences OZCAR-Tereno 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04282653v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">From microbiological to ecosystemic scale evaluation of carbon-based (CO2, CH4) greenhouse gas sources, production, and transfers in temperate peatlands: a pluridisciplinary week at the playground for Critical Zonists in Frasne, Jura Mountains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Jacotot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliot Chatton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Coffinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion des Sciences de la Terre (RST 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Rennes, France. Unpublished, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.36360.60165⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Seismic and hydro-geophysical monitoring in the Jura mountains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Abi Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Albaric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pohl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Rencontres Scientifiques et Techniques Résif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Obernai, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03442422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2161,147 +2420,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring hydro-géophysique des réservoirs d'eau souterraine dans le Jura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Albaric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Abi Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, pp.5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03662207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2311,229 +2570,229 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GNSS antenna of the station BLVR of Rénag located in Belvoir (Doubs)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boetsch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Belvoir (25430), France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04195298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GNSS antenna of the station BLVR of Rénag located in Belvoir (Doubs)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boetsch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Belvoir (25430), France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04195314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GNSS antenna of the station BLVR of Rénag located in Belvoir (Doubs)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boetsch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Belvoir (25430), France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04195292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId74"/>
+      <w:footerReference w:type="default" r:id="rId79"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2601,51 +2860,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E8DD81D9"/>
+    <w:nsid w:val="2DC23525"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2749,51 +3008,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="ACDC5543"/>
+    <w:nsid w:val="5B4FE5CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2983,51 +3242,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-boetsch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5003-9822" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05295444v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lhosmot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Steinmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jacotot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Binet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Calisti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19189/001c.143644" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095536v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Poteaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e155498" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04100453v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Abi Nader" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Albaric" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Steinmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hibert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Malet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad160" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892868v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gandois" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Moquet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2022.121254" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282342v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lavastre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.14781" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360765v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salvi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Fanjoux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boetsch" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remo Giust" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04622633v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Radiguet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lebourg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-14542" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182733v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13093" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844480v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Stefani" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526712v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean S&#233;bastien Moquet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.13812.48009" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526384v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Collin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Magnon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1302" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526336v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2021.7112" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282653v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bouchez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Chatton" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Coffinet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.36360.60165" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442422v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pohl" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662207v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fores" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195298v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195314v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195292v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-boetsch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5003-9822" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561162v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Abi Nader" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Malet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Steinmann" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kusnahadi Susanto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwat.70060" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095536v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Poteaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lhosmot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jacotot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Binet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e155498" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05295444v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Calisti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19189/001c.143644" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892868v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gandois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Moquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2022.121254" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04100453v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Albaric" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Steinmann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hibert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Malet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad160" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282342v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lavastre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.14781" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360765v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salvi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Fanjoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boetsch" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remo Giust" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04622633v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Radiguet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lebourg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-14542" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182733v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13093" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844480v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Stefani" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526712v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean S&#233;bastien Moquet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.13812.48009" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526384v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Collin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Magnon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1302" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526336v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2021.7112" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559991v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282653v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bouchez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Chatton" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Coffinet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.36360.60165" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442422v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pohl" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662207v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fores" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195298v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195314v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195292v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>