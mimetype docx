--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Bonis </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de recherche, CNRS, UMR GEOLAB</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anne-bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5034-9575</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">111869463</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating adaptation pathways and Ostrom's framework for sustainable governance of social-ecological systems in a changing world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Pichancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASC 2025 regenerating The Commons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IASC: International Association for the Study of the Commons, Jun 2025, Amherst, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05398850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de l’histoire environnementale 3 maars (Lac du Bouchet, Lac Pavin et Gour de Tazenat) avec l’étude des diatomées fossiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42e ADLAF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How environmental variables shape wetland food webs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Crabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bergerot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress in Ecology &amp; Evolution - SFE²</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04954480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire environnementale comparée de trois maars du Massif central français à partir des diatomées fossiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Quaternaire dans tous ses états: terre, mer, glace (Q14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État écologique de 4 maars du Massif central français : ce que disent les diatomées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42e ADLAF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution des diatomées fossiles à la reconstruction de l’histoire paléo-environnementale du Gour de Tazenat (63)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41e ADLAF 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets du régime hydrique sur les communautés végétales des prairies humides =&gt; quels enseignements pour la gestion de ces habitats ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Crabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Paillisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECOVEG 16</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, université Aix Marseille, IMEP, Apr 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Land-use and cover changes in the Massif Central region of France. Extent of afforestation and its consequences on ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Weissgerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laine Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UGI-IGU Paris 2022 Le temps des géographes - Time for geographers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Geographical Union, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional trait-based numerical modelling of feedbacks between river morphodynamics and riparian vegetation for river research and sustainable management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Garófano-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Arrignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Vautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tabacchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Jun 2022, Granada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between plant community structure and forage quantity and nutritive quality in semi-natural grasslands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cian Blaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chabrerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Alard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuella Catterou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Diquelou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology &amp; Evolution: new perspectives and societal challenges. 21-25 novembre 2022, Metz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does hydrology influence fish communities in canals of reclaimed marshes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Crabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bergerot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology &amp; Evolution: new perspectives and societal challenges. 21-25 novembre 2022, Metz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFE² &amp; GFO, Nov 2022, Metz (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations of ecosystem services during vegetation succession following agricultural abandonment in the Massif central region (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Weissgerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laine Chanteloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution: New perspectives and societal challenges. Joint Meeting, International Conference on Ecological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFE2 GfÖ EEF, Nov 2022, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POLLIFLOR : Functional diversity of grassland communities for pollinators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Michelot-Antalik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Baliteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Baude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méghan Boulembert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR POLLINECO 3ème réunion annuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03614590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecosystem services and land use changes: a case study of forest expansion in a peri-urban area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Weissgerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laine Chanteloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third Ecosystem Services Science, Policy and Practice (ESP) Europe Conference, Tartu (Estonia) &amp; Virtual</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Tartu, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to organize and adapt a complex social-ecological landscape where global change pressures the sustainability of multiple ecosystem services: case study in a French rurban area.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. B. Pichancourt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference sur les Systèmes Complexes (CCS2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de biodiversité et de services écosystémiques : quelles évolutions liées au changement d'usage des sols ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Weissgerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laine Chanteloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Réinventer les territoires ? » Journées doctorales Association de Science Régionale De Langue Française Fédération de recherche Territoires (ASRDLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de Science Régionale De Langue Française, Feb 2021, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POLLIFLOR : Caractérisation fonctionnelle des habitats agropastoraux pour les communautés d’insectes pollinisateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Michelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Baude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Burst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chabrerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR POLLINECO 2e session</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How and how much does vegetation in drainage ditches depend on current environmental conditions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Paillisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bergerot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologie2018 - International Conference on Ecological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFE, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01992466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using landscape metrics on satellite imagery to assess conservation status of Natura 2000 habitats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Rapinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international « Prodrome et cartographie des végétations de France »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Saint Mandé, France. pp.395-411</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement des données du prodrome des végétations de France via la base de données nationale VegFrance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bioret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international « Prodrome et cartographie des végétations de France »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Saint Mandé, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Describing vegetation at the landscape level: « synphyto », a database designed for series and geoseries dataset within the Vegfrance project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Hennekens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Workshop of European Vegetation Survey “Typology and process as two complementary facets of vegetation survey and mapping”, “Vegetation in coastal and inland dunes and cliffs”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR CNRS 6553 ECOBIO; LETG Rennes, May 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01155480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la télédétection satellitaire pour la cartographie géosymphytosociologique des végétations des marais littoraux atlantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rapinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Oszwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International « 1973-2014 : la Phytosociologie paysagère, des concepts aux applications »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale mapping of marshland vegetation: Contributions of remote sensing and symphytosociology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rapinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Oszwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire conjoint GdR MAGIS-ZA Alpes-IEEE GRSS « Télédétection de la biodiversité : Etat des lieux et perspectives »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapinel S, Bonis, A., Oszwald J & Bouzillé JB: .</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rapinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Oszwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International « 1973-2014 : la Phytosociologie paysagère, des concepts aux applications »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competition importance and direct effect of stress on plant performances in wetlands: When water shortage appears even more important than flooding pattern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Damgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mesléard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bristish Ecological Society-Société Française d’Ecologie Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping functions and services of wetlands: A prerequisite for their management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rapinel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du Réseau thématique Pluridisciplinaire BIODISCEE (Biodiversité, Droit et Services Ecosystémiques)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water regime drivers and patterns in the ‘Marais Poitevin’ wet grasslands and its importance for vegetation structure, diversity and productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Jambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Multidisciplinary Conference Eco-Hydro 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OSUR, May 2013, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01102775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why and how setting up a national vegetation dataset in France? The project VegFrance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Ichter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Societa Ialiana di Scienza Vegetazione (SIV) Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Societa Ialiana di Scienza Vegetazione (SIV), Sep 2012, Perrugia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A national system of the french vegetations (PVF2): A key tool for setting up a national vegetation dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bioret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Workshop EVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Vegetation Survey, May 2012, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grazing controls net N mineralization rate through litter quantity in a wet grassland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Symposium of the IAVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Vegetation Survey, Jun 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional structure and impact on biomass production (wet grassland)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Jambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Symposium of the IAVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Vegetation Survey, Jun 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grasslands communities structure varies with flooding regime and management: Example form the low Loire valley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Lafarge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Workshop IAVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Vegetation Survey, Apr 2010, Pecs, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pâturage favorise la mise en place de réserves dans la base des tiges de graminées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Benot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morvan Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Sulmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ECOVEG 6 (Ecologie des Communautés Végétales)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species competitive response along flooding gradient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Workshop IAVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Vegetation Survey, Apr 2010, Pecs, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure fonctionnelle et intéractions biotiques le long d’un gradient de pâturage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne‐kristel Bittebière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ECOVEG 6</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérimentation de restauration de roselières en marais dulcaquicole : Quelles réponses aux attentes socio-économiques et écologiques ciblées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Paillisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Marquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque REVER2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau d’Echanges et de Valorisation en Ecologie de la Restauration, Jan 2010, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant traits predict species diversity along an environmental gradient.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Violle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Plantegenest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cudennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Damgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Milwaukee, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the importance of structural constraints in clonal response to defoliation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Benot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Clonal Plant Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hétérogénéité de la pression de pâturage et réponse fonctionnelle de la végétation dans une prairie humide.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Loucougaray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ECOVEG 4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques agricoles, biodiversité végétale et capacités de production.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Biodiversité et Zones Humides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse fonctionnelle de communautés végétales soumises à un pâturage hétérogène.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Loucougaray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Ecologie Fonctionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l'hétérogénéité de la défoliation sur les formes de croissance clonale en prairies pâturées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Benot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ECOVEG 4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude et proposition de gestion de l'habitat lagunaire à Scirpe maritime.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Membrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque «La phytosociologie face aux défis de la connaissance et de la gestion durable des espaces naturels»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations et successions des associations végétales : des clés pour une gestion raisonnée des habitats naturels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Aidoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque «La phytosociologie face aux défis de la connaissance et de la gestion durable des espaces naturels».</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response of clonal growth to defoliation. A key of plant success in grazed meadows?.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Benot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51th symposium of the International Association for Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Stellenbosch, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape approach for conservation-oriented management of Atlantic lagoons.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Membrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th European vegetation survey meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie(s) de recherche sur les prairies permanentes inondables, habitat support de multi-fonctionnalité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2èmes Journées Francophones des Sciences de la Conservation et de la Biodiversité « le réveil du Dodo »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00096615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêts d'une approche expérimentale contrôlée dans la perspective de la gestion hydrique des prairies humides du marais poitevin.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2èmes Journées Francophones des Sciences de la Conservation et de la Biodiversité « le réveil du Dodo »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00096004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La clonalité : une stratégie de réponse à des stress ou perturbations hétérogènes? Premiers résultats et pistes de recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Benot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Puijalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Symposium " Ecologie des Communautés végétales " ECOVEG2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00096010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indirect assessment of flooding duration as a driving factor of plant diversity in wet grasslands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Violle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cudennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Plantegenest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Damgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Le Coeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium "Predictions in Ungauged Basins: Promise and Progress" during the VIIth International Association for Hydrological Sciences Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Foz do Ignaçu, Brazil. pp.334-341</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00015294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of a grazing intensity gradient on primary production and soil nitrogen mineralisation in a humid grassland of western France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, p 72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00015291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of a grazing intensity gradient on primary production and soil nitrogen mineralisation in a humid grassland of western France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XX International Grassland Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00015332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation and viability of a complex social-ecological landscape with multiple ecosystem services: case study in a French peri-urban area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Pichancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Complex Systems (CCS2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Palma de Majorca, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the viability of social-ecological system : modeling approach for multiple ecosystem services related to hedgerows in rural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Pichancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE² GfÖ-EEF Joint meeting International conference on Ecological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NUMRIP : modèle numérique basé sur les rétroactions entre végétation et morphodynamique fluviale pour la gestion des rivières dans un contexte de changement global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Mazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Garófano-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Arrignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Vautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tabacchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La biodiversité alluviale du bassin versant de la Loire 2022: fonctionnement, dynamique et suivis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03640509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception of vegetation succession following agricultural abandonment determined by stakeholders' expertise and landscape context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Weissgerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laine Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Across Borders 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does flooding affect biodiversity and forage value in Atlantic French marshlands ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wetton Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th EGF Symposium 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Alghero, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VegFrance: A French database for a better knowledge of the national vegetation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloé Levointurier-Vajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Workshop of European Vegetation Survey “Typology and process as two complementary facets of vegetation survey and mapping”, “Vegetation in coastal and inland dunes and cliffs”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01155487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of multispectral satellite images for plant communities mapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Rapinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Oszwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Vegetation Survey 24th workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écologie des communautés au service de l’ingénierie écologique en prairies de marais : consequences agro-floristique de l’allongement de la durée d’inondation au printemps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire “Des ingénieries par et pour le vivant, écologiques et agro-écologiques”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vegetation heterogeneity and functional structure drive forage production of grazed wet grassland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Jambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th Symposium of the European Grassland Federation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Akureyri, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l’assec et de la remise en eau sur les compartiments biologiques (végétaux et cyanobactéries)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Thiébaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Brient</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lebas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes Journées d’ateliers REVER du Réseau d’Echanges et de Valorisation en Ecologie de la Restauration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01103371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of clonal traits in the response of clonal fragments to constrasted patterns of defoliation: A modeling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Benot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Garbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malek Smaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Symposium IAVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie d’échantillonnage et protocoles d’acquisition des données permettant de caractériser les conditions stationnelles et les communautés végétales, d’acquérir des indicateurs fonctionnels et d’habitat d’espèces pour évaluer l’état de conservation de prairies et pelouses semi-naturelles de huit régions métropolitaines mises en oeuvre dans le cadre du projet SurPas (2018-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Alard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Amiaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chabrerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dutoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UMR 6042 GEOLAB CNRS Université Clermont Auvergne. 2025, pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId159"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Bonis </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de recherche, CNRS, UMR GEOLAB</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anne-bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5034-9575</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">111869463</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating adaptation pathways and Ostrom's framework for sustainable governance of social-ecological systems in a changing world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Pichancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASC 2025 regenerating The Commons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IASC: International Association for the Study of the Commons, Jun 2025, Amherst, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05398850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de l’histoire environnementale 3 maars (Lac du Bouchet, Lac Pavin et Gour de Tazenat) avec l’étude des diatomées fossiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42e ADLAF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How environmental variables shape wetland food webs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Crabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bergerot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress in Ecology &amp; Evolution - SFE²</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04954480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire environnementale comparée de trois maars du Massif central français à partir des diatomées fossiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Quaternaire dans tous ses états: terre, mer, glace (Q14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État écologique de 4 maars du Massif central français : ce que disent les diatomées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42e ADLAF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution des diatomées fossiles à la reconstruction de l’histoire paléo-environnementale du Gour de Tazenat (63)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41e ADLAF 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets du régime hydrique sur les communautés végétales des prairies humides =&gt; quels enseignements pour la gestion de ces habitats ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Crabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Paillisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECOVEG 16</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, université Aix Marseille, IMEP, Apr 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Land-use and cover changes in the Massif Central region of France. Extent of afforestation and its consequences on ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Weissgerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laine Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UGI-IGU Paris 2022 Le temps des géographes - Time for geographers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Geographical Union, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional trait-based numerical modelling of feedbacks between river morphodynamics and riparian vegetation for river research and sustainable management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Garófano-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Arrignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Vautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tabacchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Jun 2022, Granada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between plant community structure and forage quantity and nutritive quality in semi-natural grasslands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cian Blaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chabrerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Alard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuella Catterou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Diquelou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology &amp; Evolution: new perspectives and societal challenges. 21-25 novembre 2022, Metz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does hydrology influence fish communities in canals of reclaimed marshes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Crabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bergerot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology &amp; Evolution: new perspectives and societal challenges. 21-25 novembre 2022, Metz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFE² &amp; GFO, Nov 2022, Metz (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations of ecosystem services during vegetation succession following agricultural abandonment in the Massif central region (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Weissgerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laine Chanteloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution: New perspectives and societal challenges. Joint Meeting, International Conference on Ecological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFE2 GfÖ EEF, Nov 2022, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecosystem services and land use changes: a case study of forest expansion in a peri-urban area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Weissgerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laine Chanteloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third Ecosystem Services Science, Policy and Practice (ESP) Europe Conference, Tartu (Estonia) &amp; Virtual</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Tartu, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POLLIFLOR : Functional diversity of grassland communities for pollinators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Michelot-Antalik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Baliteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Baude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méghan Boulembert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR POLLINECO 3ème réunion annuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03614590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to organize and adapt a complex social-ecological landscape where global change pressures the sustainability of multiple ecosystem services: case study in a French rurban area.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. B. Pichancourt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference sur les Systèmes Complexes (CCS2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de biodiversité et de services écosystémiques : quelles évolutions liées au changement d'usage des sols ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Weissgerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laine Chanteloup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Réinventer les territoires ? » Journées doctorales Association de Science Régionale De Langue Française Fédération de recherche Territoires (ASRDLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de Science Régionale De Langue Française, Feb 2021, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POLLIFLOR : Caractérisation fonctionnelle des habitats agropastoraux pour les communautés d’insectes pollinisateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Michelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Baude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Burst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chabrerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR POLLINECO 2e session</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How and how much does vegetation in drainage ditches depend on current environmental conditions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Paillisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bergerot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologie2018 - International Conference on Ecological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFE, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01992466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using landscape metrics on satellite imagery to assess conservation status of Natura 2000 habitats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Lafage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Rapinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international « Prodrome et cartographie des végétations de France »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Saint Mandé, France. pp.395-411</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement des données du prodrome des végétations de France via la base de données nationale VegFrance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bioret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international « Prodrome et cartographie des végétations de France »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Saint Mandé, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Describing vegetation at the landscape level: « synphyto », a database designed for series and geoseries dataset within the Vegfrance project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Hennekens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Workshop of European Vegetation Survey “Typology and process as two complementary facets of vegetation survey and mapping”, “Vegetation in coastal and inland dunes and cliffs”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR CNRS 6553 ECOBIO; LETG Rennes, May 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01155480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale mapping of marshland vegetation: Contributions of remote sensing and symphytosociology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rapinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Oszwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire conjoint GdR MAGIS-ZA Alpes-IEEE GRSS « Télédétection de la biodiversité : Etat des lieux et perspectives »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la télédétection satellitaire pour la cartographie géosymphytosociologique des végétations des marais littoraux atlantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rapinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Oszwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International « 1973-2014 : la Phytosociologie paysagère, des concepts aux applications »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapinel S, Bonis, A., Oszwald J & Bouzillé JB: .</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rapinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Oszwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International « 1973-2014 : la Phytosociologie paysagère, des concepts aux applications »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competition importance and direct effect of stress on plant performances in wetlands: When water shortage appears even more important than flooding pattern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Damgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mesléard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bristish Ecological Society-Société Française d’Ecologie Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping functions and services of wetlands: A prerequisite for their management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rapinel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du Réseau thématique Pluridisciplinaire BIODISCEE (Biodiversité, Droit et Services Ecosystémiques)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water regime drivers and patterns in the ‘Marais Poitevin’ wet grasslands and its importance for vegetation structure, diversity and productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Jambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Multidisciplinary Conference Eco-Hydro 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OSUR, May 2013, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01102775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why and how setting up a national vegetation dataset in France? The project VegFrance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Ichter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Societa Ialiana di Scienza Vegetazione (SIV) Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Societa Ialiana di Scienza Vegetazione (SIV), Sep 2012, Perrugia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A national system of the french vegetations (PVF2): A key tool for setting up a national vegetation dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bioret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Workshop EVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Vegetation Survey, May 2012, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grazing controls net N mineralization rate through litter quantity in a wet grassland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Symposium of the IAVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Vegetation Survey, Jun 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional structure and impact on biomass production (wet grassland)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Jambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Symposium of the IAVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Vegetation Survey, Jun 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pâturage favorise la mise en place de réserves dans la base des tiges de graminées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Benot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morvan Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Sulmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ECOVEG 6 (Ecologie des Communautés Végétales)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure fonctionnelle et intéractions biotiques le long d’un gradient de pâturage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne‐kristel Bittebière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ECOVEG 6</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species competitive response along flooding gradient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Workshop IAVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Vegetation Survey, Apr 2010, Pecs, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérimentation de restauration de roselières en marais dulcaquicole : Quelles réponses aux attentes socio-économiques et écologiques ciblées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Paillisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Marquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque REVER2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau d’Echanges et de Valorisation en Ecologie de la Restauration, Jan 2010, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant traits predict species diversity along an environmental gradient.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Violle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Plantegenest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cudennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Damgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Milwaukee, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grasslands communities structure varies with flooding regime and management: Example form the low Loire valley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Lafarge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Workshop IAVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Vegetation Survey, Apr 2010, Pecs, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the importance of structural constraints in clonal response to defoliation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Benot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Clonal Plant Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse fonctionnelle de communautés végétales soumises à un pâturage hétérogène.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Loucougaray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Ecologie Fonctionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hétérogénéité de la pression de pâturage et réponse fonctionnelle de la végétation dans une prairie humide.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Loucougaray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ECOVEG 4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques agricoles, biodiversité végétale et capacités de production.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Biodiversité et Zones Humides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response of clonal growth to defoliation. A key of plant success in grazed meadows?.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Benot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51th symposium of the International Association for Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Stellenbosch, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations et successions des associations végétales : des clés pour une gestion raisonnée des habitats naturels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Aidoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque «La phytosociologie face aux défis de la connaissance et de la gestion durable des espaces naturels».</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l'hétérogénéité de la défoliation sur les formes de croissance clonale en prairies pâturées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Benot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ECOVEG 4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude et proposition de gestion de l'habitat lagunaire à Scirpe maritime.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Membrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque «La phytosociologie face aux défis de la connaissance et de la gestion durable des espaces naturels»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape approach for conservation-oriented management of Atlantic lagoons.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Membrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th European vegetation survey meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00448259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie(s) de recherche sur les prairies permanentes inondables, habitat support de multi-fonctionnalité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2èmes Journées Francophones des Sciences de la Conservation et de la Biodiversité « le réveil du Dodo »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00096615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêts d'une approche expérimentale contrôlée dans la perspective de la gestion hydrique des prairies humides du marais poitevin.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2èmes Journées Francophones des Sciences de la Conservation et de la Biodiversité « le réveil du Dodo »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00096004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La clonalité : une stratégie de réponse à des stress ou perturbations hétérogènes? Premiers résultats et pistes de recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Benot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Puijalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Symposium " Ecologie des Communautés végétales " ECOVEG2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00096010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of a grazing intensity gradient on primary production and soil nitrogen mineralisation in a humid grassland of western France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, p 72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00015291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indirect assessment of flooding duration as a driving factor of plant diversity in wet grasslands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Violle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cudennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Plantegenest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Damgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Le Coeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium "Predictions in Ungauged Basins: Promise and Progress" during the VIIth International Association for Hydrological Sciences Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Foz do Ignaçu, Brazil. pp.334-341</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00015294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of a grazing intensity gradient on primary production and soil nitrogen mineralisation in a humid grassland of western France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XX International Grassland Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00015332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NUMRIP : modèle numérique basé sur les rétroactions entre végétation et morphodynamique fluviale pour la gestion des rivières dans un contexte de changement global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Mazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Garófano-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Arrignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Vautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tabacchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La biodiversité alluviale du bassin versant de la Loire 2022: fonctionnement, dynamique et suivis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03640509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the viability of social-ecological system : modeling approach for multiple ecosystem services related to hedgerows in rural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Pichancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE² GfÖ-EEF Joint meeting International conference on Ecological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation and viability of a complex social-ecological landscape with multiple ecosystem services: case study in a French peri-urban area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Brias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Pichancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Complex Systems (CCS2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Palma de Majorca, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception of vegetation succession following agricultural abandonment determined by stakeholders' expertise and landscape context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Weissgerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laine Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Across Borders 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does flooding affect biodiversity and forage value in Atlantic French marshlands ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wetton Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th EGF Symposium 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Alghero, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of multispectral satellite images for plant communities mapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Rapinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Oszwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Vegetation Survey 24th workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VegFrance: A French database for a better knowledge of the national vegetation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloé Levointurier-Vajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Workshop of European Vegetation Survey “Typology and process as two complementary facets of vegetation survey and mapping”, “Vegetation in coastal and inland dunes and cliffs”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01155487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écologie des communautés au service de l’ingénierie écologique en prairies de marais : consequences agro-floristique de l’allongement de la durée d’inondation au printemps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire “Des ingénieries par et pour le vivant, écologiques et agro-écologiques”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vegetation heterogeneity and functional structure drive forage production of grazed wet grassland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Jambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Bernard Bouzillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th Symposium of the European Grassland Federation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Akureyri, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l’assec et de la remise en eau sur les compartiments biologiques (végétaux et cyanobactéries)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Thiébaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Brient</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lebas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes Journées d’ateliers REVER du Réseau d’Echanges et de Valorisation en Ecologie de la Restauration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01103371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of clonal traits in the response of clonal fragments to constrasted patterns of defoliation: A modeling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Benot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Mony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Garbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malek Smaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Symposium IAVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie d’échantillonnage et protocoles d’acquisition des données permettant de caractériser les conditions stationnelles et les communautés végétales, d’acquérir des indicateurs fonctionnels et d’habitat d’espèces pour évaluer l’état de conservation de prairies et pelouses semi-naturelles de huit régions métropolitaines mises en oeuvre dans le cadre du projet SurPas (2018-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Alard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Amiaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chabrerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dutoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UMR 6042 GEOLAB CNRS Université Clermont Auvergne. 2025, pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId159"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3B007F11"/>
+    <w:nsid w:val="4B65233C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-bonis" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5034-9575" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/111869463" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398850v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pichancourt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brias" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862645v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tahri" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Defive" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Voldoire" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954480v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leclerc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Crabot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bergerot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gore" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862673v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862653v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Allain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862628v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234460v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mauchamp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Paillisson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162642v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Weissgerber" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laine Chanteloup" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963595v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Gar&#243;fano-G&#243;mez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arrignon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Vautier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tabacchi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234430v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cian Blaix" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chabrerie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Alard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Catterou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Diquelou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234411v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mauchamp" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162644v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03614590v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michelot-Antalik" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Baliteau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Baude" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ghan Boulembert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727530v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727520v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Pichancourt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162637v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968290v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michelot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Michel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Burst" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992466v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01877905v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lafage" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rapinel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Bernard Bouzill&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01877928v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Th&#233;baud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bioret" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01155480v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Hennekens" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130991v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rapinel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Oszwald" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130987v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rossignol" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989096v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Bernard Bouzille" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130424v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Merlin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Damgaard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mesl&#233;ard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130372v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01102775v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouger" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chanteloup" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Dupont" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jambon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01096554v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ichter" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101780v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Millet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101739v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101701v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomann" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01098312v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lafarge" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01098260v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Benot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morvan Bertrand" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Huet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mony" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sulmon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101474v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01098306v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;kristel Bittebi&#232;re" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Marion" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101692v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Marquet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448229v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Plantegenest" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cudennec" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448225v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448207v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Loucougaray" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448253v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448214v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448208v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448256v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Membrey" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448246v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Aidoud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448221v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448259v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096615v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096004v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mercier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096010v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Puijalon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015294v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Coeur" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015291v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015332v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025434v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025483v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640509v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Mazal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Vautier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162638v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989137v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wetton Jean" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01155487v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Levointurier-Vajda" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989125v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01131495v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01131491v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103371v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Thi&#233;baut" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Brient" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lebas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01090528v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Garbey" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Smaoui" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322777v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amiaud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-bonis" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5034-9575" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/111869463" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398850v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pichancourt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brias" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862645v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tahri" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Defive" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Voldoire" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954480v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leclerc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Crabot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bergerot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gore" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862673v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862653v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Allain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862628v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234460v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mauchamp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Paillisson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162642v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Weissgerber" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laine Chanteloup" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963595v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Gar&#243;fano-G&#243;mez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arrignon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Vautier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tabacchi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234430v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cian Blaix" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chabrerie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Alard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Catterou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Diquelou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234411v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mauchamp" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162644v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727530v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03614590v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michelot-Antalik" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Baliteau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Baude" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ghan Boulembert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727520v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Pichancourt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162637v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968290v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michelot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Michel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Burst" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992466v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01877905v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lafage" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rapinel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Bernard Bouzill&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01877928v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Th&#233;baud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bioret" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01155480v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Hennekens" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130987v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rapinel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rossignol" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Oszwald" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130991v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989096v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Bernard Bouzille" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130424v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Merlin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Damgaard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mesl&#233;ard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130372v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01102775v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouger" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chanteloup" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Dupont" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jambon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01096554v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ichter" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101780v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Millet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101739v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101701v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomann" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01098260v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Benot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morvan Bertrand" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Huet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mony" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sulmon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01098306v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;kristel Bittebi&#232;re" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Marion" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101474v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101692v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Marquet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448229v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Plantegenest" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cudennec" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01098312v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lafarge" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448225v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448214v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Loucougaray" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448207v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448253v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448221v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448246v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Aidoud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448208v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448256v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Membrey" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448259v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096615v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096004v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mercier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096010v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Puijalon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015291v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015294v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Coeur" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015332v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640509v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Mazal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Vautier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025483v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025434v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162638v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989137v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wetton Jean" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989125v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01155487v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Levointurier-Vajda" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01131495v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01131491v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01103371v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Thi&#233;baut" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Brient" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lebas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01090528v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Garbey" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Smaoui" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322777v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amiaud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>