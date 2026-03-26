--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1365,242 +1365,242 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discussion H-France Forum autour de La Paix au village (Champ Vallon, 2022).</w:t>
+                <w:t xml:space="preserve">La douceur de mon office&amp;quot;. Les doyens ruraux du diocèse de Beauvais au XVIIe siècle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonzon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Beaulande; Grégory Combalbert. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">H-France forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 19, 2024</w:t>
+              <w:t xml:space="preserve">Doyens de chrétienté et archiprêtres des temps carolingiens à l'époque moderne.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, p. 147-159, 2024, Ecclesia militans</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04793539v1</w:t>
+                <w:t xml:space="preserve">hal-04884933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La douceur de mon office&amp;quot;. Les doyens ruraux du diocèse de Beauvais au XVIIe siècle.</w:t>
+                <w:t xml:space="preserve">Les &amp;quot;journaux&amp;quot; de curés, témoins et supports de la formation au temps de la Réforme catholique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonzon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Véronique Beaulande; Grégory Combalbert. </w:t>
+              <w:t xml:space="preserve">Marion Deschamp; Julien Léonard; Stefano Simiz. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Doyens de chrétienté et archiprêtres des temps carolingiens à l'époque moderne.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Brepols, p. 147-159, 2024, Ecclesia militans</w:t>
+              <w:t xml:space="preserve">La fabrique du clerc. Formation, vocation, profession dans les christianismes (XIIIe-XVIIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, 2024, 978-2-7574-4136-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884933v1</w:t>
+                <w:t xml:space="preserve">hal-04629362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les &amp;quot;journaux&amp;quot; de curés, témoins et supports de la formation au temps de la Réforme catholique.</w:t>
+                <w:t xml:space="preserve">Discussion H-France Forum autour de La Paix au village (Champ Vallon, 2022).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonzon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La fabrique du clerc. Formation, vocation, profession dans les christianismes (XIIIe-XVIIIe siècles)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires du Septentrion, 2024, 978-2-7574-4136-7</w:t>
+              <w:t xml:space="preserve">H-France forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 19, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04629362v1</w:t>
+                <w:t xml:space="preserve">hal-04793539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Introduction »</w:t>
               </w:r>
@@ -1740,431 +1740,431 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03247986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseaux dévots et diffusion de l'Arbitre charitable dans les années 1660-1670</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonzon</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Serge Brunet; Éric Suire. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Tallon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Bonzon; Isabelle Poutrin; Alain Tallon; Catherine Vincent. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les dévots de France, de la sainte Ligue aux Lumières. Militance et réseaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Bordeaux, 2019</w:t>
+              <w:t xml:space="preserve">Marc Venard, historien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, p. 7-18, 2019, 978-2-7535-7750-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04161787v1</w:t>
+                <w:t xml:space="preserve">hal-04196201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">Réseaux dévots et diffusion de l'Arbitre charitable dans les années 1660-1670</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonzon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Anne Bonzon; Isabelle Poutrin; Alain Tallon; Catherine Vincent. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Serge Brunet; Éric Suire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marc Venard, historien</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, p. 7-18, 2019, 978-2-7535-7750-3</w:t>
+              <w:t xml:space="preserve">Les dévots de France, de la sainte Ligue aux Lumières. Militance et réseaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Bordeaux, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04196201v1</w:t>
+                <w:t xml:space="preserve">hal-04161787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De Rome au royaume de France : patronages, inscriptions spatiales et médiations sociales (XVIe-XVIIIe s). Introduction au dossier &amp;quot;France</w:t>
+                <w:t xml:space="preserve">Autour de Montpellier : reliques romaines et reconquête catholique aux XVIIe et XVIIIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonzon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Baciocchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Baciocchi Stéphane; Duhamelle Christophe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reliques romaines. Invention et circulation des corps saints des catacombes à l'époque moderne.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, École française de Rome, p. 413-458., 2016</w:t>
+              <w:t xml:space="preserve">Reliques romaines. Invention et circulation des corps saints des catacombes à l’époque moderne </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École française de Rome, p. 459-484, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01465610v1</w:t>
+                <w:t xml:space="preserve">hal-01465613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La relique des faubourgs : les augustins déchaussés de Rouen et le corps de sainte Colombe</w:t>
+                <w:t xml:space="preserve">De Rome au royaume de France : patronages, inscriptions spatiales et médiations sociales (XVIe-XVIIIe s). Introduction au dossier &amp;quot;France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Julia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Baciocchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Baciocchi Stéphane; Duhamelle Christophe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reliques romaines. Invention et circulation des corps saints des catacombes à l’époque moderne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, École française de Rome, p. 501-517, 2016</w:t>
+              <w:t xml:space="preserve">Reliques romaines. Invention et circulation des corps saints des catacombes à l'époque moderne.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École française de Rome, p. 413-458., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01465615v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01465610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autour de Montpellier : reliques romaines et reconquête catholique aux XVIIe et XVIIIe siècles</w:t>
+                <w:t xml:space="preserve">« La relique des faubourgs : les augustins déchaussés de Rouen et le corps de sainte Colombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonzon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Baciocchi Stéphane; Duhamelle Christophe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reliques romaines. Invention et circulation des corps saints des catacombes à l’époque moderne </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, École française de Rome, p. 459-484, 2016</w:t>
+              <w:t xml:space="preserve">Reliques romaines. Invention et circulation des corps saints des catacombes à l’époque moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École française de Rome, p. 501-517, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01465613v1</w:t>
+                <w:t xml:space="preserve">hal-01465615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justice personnelle, justice institutionnelle et pacification : l'action des lazaristes aux XVIIe et XVIIIe siècles</w:t>
               </w:r>
@@ -2428,173 +2428,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00664087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les 'régentes' du diocèse de Châlons et leur formation religieuse (XVIIe-XVIIIe siècles)</w:t>
+                <w:t xml:space="preserve">Sociologie religieuse et histoire sociale : la paroisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonzon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean-François Condette. </w:t>
+              <w:t xml:space="preserve">Philippe Buttgen, Christophe Duhamelle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation, religion, laïcité. Continuités, tensions et ruptures dans la formation des élèves et des enseignants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CEGES, pp.57-72, 2010</w:t>
+              <w:t xml:space="preserve">Religion ou confession : un bilan franco-allemand sur l'époque moderne (XVIe-XVIIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions de la MSH, pp.373-392, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00664110v1</w:t>
+                <w:t xml:space="preserve">halshs-00664109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociologie religieuse et histoire sociale : la paroisse</w:t>
+                <w:t xml:space="preserve">Les 'régentes' du diocèse de Châlons et leur formation religieuse (XVIIe-XVIIIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonzon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Philippe Buttgen, Christophe Duhamelle. </w:t>
+              <w:t xml:space="preserve">Jean-François Condette. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Religion ou confession : un bilan franco-allemand sur l'époque moderne (XVIe-XVIIIe siècles)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, éditions de la MSH, pp.373-392, 2010</w:t>
+              <w:t xml:space="preserve">Éducation, religion, laïcité. Continuités, tensions et ruptures dans la formation des élèves et des enseignants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEGES, pp.57-72, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00664109v1</w:t>
+                <w:t xml:space="preserve">halshs-00664110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le miracle de Marseille-en-Beauvaisis (XVIe siècle) et sa fonction dans l'histoire locale</w:t>
               </w:r>
@@ -3743,51 +3743,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="688499DA"/>
+    <w:nsid w:val="CC1AAD7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3974,51 +3974,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-bonzon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-5839-7105" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015891v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonzon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03247898v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Galland" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02151739v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poutrin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tallon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vincent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371022v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guignet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Venard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629373v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Roussel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wcr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629371v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wcq" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01651419v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465607v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barbiche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371026v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664085v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/j.rhef.5.100002" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NDQ-86N3LN1N-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01103864v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664084v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dupont" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664078v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/j.rhef.2.305010" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NDQ-P26V3SM2-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098164v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793539v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884933v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629362v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856485v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03247986v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.larhra.8008" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04161787v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196201v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465610v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Julia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baciocchi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465615v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465613v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371044v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371037v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371030v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664087v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664110v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664109v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664111v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098160v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163218v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles D&#233;sir&#233; Dit Gosset" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280585v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04161773v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161333v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161326v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01470993v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01470995v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371051v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371048v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664112v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188569v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629370v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wcz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-bonzon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-5839-7105" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015891v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonzon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03247898v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Galland" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02151739v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poutrin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tallon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vincent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371022v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guignet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Venard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629373v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Roussel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wcr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629371v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wcq" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01651419v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465607v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barbiche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371026v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664085v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/j.rhef.5.100002" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NDQ-86N3LN1N-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01103864v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664084v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dupont" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664078v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/j.rhef.2.305010" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NDQ-P26V3SM2-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098164v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884933v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629362v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793539v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856485v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03247986v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.larhra.8008" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196201v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04161787v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465613v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465610v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Julia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baciocchi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465615v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371044v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371037v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371030v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664087v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664109v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664110v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664111v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098160v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163218v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles D&#233;sir&#233; Dit Gosset" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280585v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04161773v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161333v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161326v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01470993v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01470995v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371051v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371048v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664112v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188569v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629370v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wcz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>