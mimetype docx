--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -418,196 +418,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03670526v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivre les morts: ressorts et portée d’une expérience d’enquête multi-située</w:t>
+                <w:t xml:space="preserve">L’emprise des techniques ? Penser l’expérience urbaine conditionnée à partir du cinéma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Fort-Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Approches multisituées, 178, pp.89-101. </w:t>
+              <w:t xml:space="preserve">Les Cahiers de la recherche architecturale, urbaine et paysagère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/esp.178.0089⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/craup.2966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02506597v1</w:t>
+                <w:t xml:space="preserve">hal-02439177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’emprise des techniques ? Penser l’expérience urbaine conditionnée à partir du cinéma</w:t>
+                <w:t xml:space="preserve">Suivre les morts: ressorts et portée d’une expérience d’enquête multi-située</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Théo Fort-Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de la recherche architecturale, urbaine et paysagère</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 6, </w:t>
+              <w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Approches multisituées, 178, pp.89-101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/craup.2966⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/esp.178.0089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02439177v1</w:t>
+                <w:t xml:space="preserve">hal-02506597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiculturalité et architecture</w:t>
               </w:r>
@@ -958,320 +958,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01358226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lecture Teissonnières Gilles, La Tour Eiffel. Une ethnologie d’un espace touristique, Paris : CTHS, 2010, 368 p.</w:t>
+                <w:t xml:space="preserve">Espaces témoins : édito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lieux Communs - Les Cahiers du LAUA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, pp.206-209</w:t>
+              <w:t xml:space="preserve">, 2012, 13, pp.8-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02872273v1</w:t>
+                <w:t xml:space="preserve">hal-02506583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Espaces témoins : édito</w:t>
+                <w:t xml:space="preserve">La science en train de se faire : les chercheurs racontent.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lieux Communs - Les Cahiers du LAUA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 13, pp.8-15</w:t>
+              <w:t xml:space="preserve">EspacesTemps.net</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02506583v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01356354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La science en train de se faire : les chercheurs racontent.</w:t>
+                <w:t xml:space="preserve">La visite, une approche microspatiologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EspacesTemps.net</w:t>
+              <w:t xml:space="preserve">Les Cahiers de la recherche architecturale / Les Cahiers de la recherche architecturale et urbaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01356354v1</w:t>
+                <w:t xml:space="preserve">hal-01357766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La visite, une approche microspatiologique.</w:t>
+                <w:t xml:space="preserve">Lecture Teissonnières Gilles, La Tour Eiffel. Une ethnologie d’un espace touristique, Paris : CTHS, 2010, 368 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de la recherche architecturale / Les Cahiers de la recherche architecturale et urbaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012</w:t>
+              <w:t xml:space="preserve">Lieux Communs - Les Cahiers du LAUA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.206-209</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01357766v1</w:t>
+                <w:t xml:space="preserve">hal-02872273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agrestic, ton univers impitoyable</w:t>
               </w:r>
@@ -2128,191 +2128,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04727991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Respirer l’urbain. Expérience ordinaire de l’air et enjeux de représentation</w:t>
+                <w:t xml:space="preserve">Retours sur une expérience d’écriture pour le théâtre, Suivre les morts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Magdalena Romay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Respire. Esthétique de la respiration et culture de la qualité de l'air</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DMLAD; ENSAD, Sep 2022, Nancy, France</w:t>
+              <w:t xml:space="preserve">Journées d’étude "Ecritures alternatives de la recherche en SHS : nouvelles stratégies, nouvelles pratiques, nouveaux formats"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR AAU CRENAU; MSH Ange Guepin, Nov 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03797120v1</w:t>
+                <w:t xml:space="preserve">hal-04728004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retours sur une expérience d’écriture pour le théâtre, Suivre les morts</w:t>
+                <w:t xml:space="preserve">Respirer l’urbain. Expérience ordinaire de l’air et enjeux de représentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Fort-Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Romay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’étude "Ecritures alternatives de la recherche en SHS : nouvelles stratégies, nouvelles pratiques, nouveaux formats"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR AAU CRENAU; MSH Ange Guepin, Nov 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">Respire. Esthétique de la respiration et culture de la qualité de l'air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DMLAD; ENSAD, Sep 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04728004v1</w:t>
+                <w:t xml:space="preserve">hal-03797120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles trajectoires des terres excavées des projets urbains, le cas de l’île de Nantes</w:t>
               </w:r>
@@ -2430,191 +2430,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01404441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Espace public, dignité, hospitalité : évitement et/ou mise à l’épreuve de l’islam</w:t>
+                <w:t xml:space="preserve">Le religieux, dynamique de la coproduction urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Pasquier-Merlet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel de l’Association Française des Sciences Sociales des Religions : Le religieux dans les sciences sociales en France, une légitimité problématique ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Les compétences : un atout pour la fabrique démocratique de la ville</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Architecture Ville Urbanisme Environnement (LAVUE), Nov 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03684686v1</w:t>
+                <w:t xml:space="preserve">hal-03684681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le religieux, dynamique de la coproduction urbaine</w:t>
+                <w:t xml:space="preserve">Espace public, dignité, hospitalité : évitement et/ou mise à l’épreuve de l’islam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Pasquier-Merlet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les compétences : un atout pour la fabrique démocratique de la ville</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire Architecture Ville Urbanisme Environnement (LAVUE), Nov 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque annuel de l’Association Française des Sciences Sociales des Religions : Le religieux dans les sciences sociales en France, une légitimité problématique ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03684681v1</w:t>
+                <w:t xml:space="preserve">hal-03684686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire voir / faire croire la ville : l'exemple des visites citadines.</w:t>
               </w:r>
@@ -3963,217 +3963,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02506655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penser depuis la frontière. Introduction</w:t>
+                <w:t xml:space="preserve">Suivre les morts dans leurs migrations. Enquêter depuis le transnational</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Pasquier-Merlet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Chérel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser depuis la frontière. Expérimentations méthodologiques et épistémologiques entre art et sciences humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.7-23, 2018, 978-2-914563-88-8</w:t>
+              <w:t xml:space="preserve">, Dis Voir, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01961113v1</w:t>
+                <w:t xml:space="preserve">hal-01961097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivre les morts dans leurs migrations. Enquêter depuis le transnational</w:t>
+                <w:t xml:space="preserve">Penser depuis la frontière. Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Pasquier-Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chérel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser depuis la frontière. Expérimentations méthodologiques et épistémologiques entre art et sciences humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dis Voir, 2018</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dis Voir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.7-23, 2018, 978-2-914563-88-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01961097v1</w:t>
+                <w:t xml:space="preserve">hal-01961113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'usager dans la construction métropolitaine nantaise</w:t>
               </w:r>
@@ -5558,51 +5558,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mondes de l'architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lieux Communs - Les Cahiers du LAUA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 17, pp.10-22, 2015</w:t>
@@ -5644,51 +5644,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espaces témoins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lieux Communs - Les Cahiers du LAUA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 13, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6103,51 +6103,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523740v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mosconi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Boyer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lewandowski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boss&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15ped" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190525v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Fort-Jacques" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Romay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.39895" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03670526v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Didelon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.039-40.13" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506597v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.178.0089" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439177v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/craup.2966" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684737v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356246v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364087v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ambiances.682" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877900v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358226v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pasquier-Merlet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872273v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506583v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Roy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356354v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357766v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356286v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Devisme" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869023v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202103v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358231v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356347v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356262v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumont" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03150400v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866191v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357180v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506951v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727991v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797120v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728004v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682620v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404441v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684686v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684681v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872132v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04728058v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dangy Constance" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li&#232;vre Laura" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Champlois Garance" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alacriee.org/le-catalogue/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120890v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam H&#233;aulm&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Chevrier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961144v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jocaseria.fr/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873662v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364094v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Guennoc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-creaphis.com/fr/catalogue/view/1206/villagexpo/?of=0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00193290v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenon Lucie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Dodier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumont Marc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372341v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madgalena Romay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=11723&amp;amp;menu=0" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371612v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/edit/10.4324/9781032655307/ambiances-didier-tallagrand-jean-paul-thibaud-nicolas-tixier-david-zerbib" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682667v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Wilson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415553v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cafedelasciudades.mitiendanube.com/productos/la-ciudad-patrimonial/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023816v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cerisy-colloques.fr/ambiances-pub2021/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.talla.2021.01.0159" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506687v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=7265" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506655v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ch&#233;rel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lespressesdureel.com/sommaire.php?id=6277&amp;amp;menu=2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961113v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961097v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358228v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boutique.lemoniteur.fr/faire-metropole-de-nouvelles-regles-du-jeu.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359001v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372326v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189935v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mador&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hervouet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371636v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915555v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pasquier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920818v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ouvrard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920908v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#232;bre C&#233;lia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205932v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Augustin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia D&#232;bre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delile" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189920v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01588294v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04115896v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593861v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ambiances.4778" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590961v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507783v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372399v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/oy0f" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657099v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzel Balez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonicco-Donato" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Brayer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien de Pertat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523740v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mosconi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Boyer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lewandowski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boss&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15ped" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190525v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Fort-Jacques" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Romay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.39895" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03670526v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Didelon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.039-40.13" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439177v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/craup.2966" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506597v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.178.0089" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684737v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356246v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364087v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ambiances.682" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877900v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358226v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pasquier-Merlet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506583v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Roy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356354v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357766v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872273v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356286v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Devisme" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869023v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202103v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358231v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356347v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356262v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumont" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03150400v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866191v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357180v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506951v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727991v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728004v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797120v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682620v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404441v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684681v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684686v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872132v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04728058v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dangy Constance" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li&#232;vre Laura" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Champlois Garance" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alacriee.org/le-catalogue/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120890v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam H&#233;aulm&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Chevrier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961144v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jocaseria.fr/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873662v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364094v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Guennoc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-creaphis.com/fr/catalogue/view/1206/villagexpo/?of=0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00193290v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenon Lucie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Dodier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumont Marc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372341v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madgalena Romay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=11723&amp;amp;menu=0" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371612v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/edit/10.4324/9781032655307/ambiances-didier-tallagrand-jean-paul-thibaud-nicolas-tixier-david-zerbib" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682667v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Wilson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415553v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cafedelasciudades.mitiendanube.com/productos/la-ciudad-patrimonial/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023816v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cerisy-colloques.fr/ambiances-pub2021/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.talla.2021.01.0159" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506687v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=7265" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506655v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ch&#233;rel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lespressesdureel.com/sommaire.php?id=6277&amp;amp;menu=2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961097v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961113v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358228v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boutique.lemoniteur.fr/faire-metropole-de-nouvelles-regles-du-jeu.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359001v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372326v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189935v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mador&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hervouet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371636v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915555v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pasquier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920818v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ouvrard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920908v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#232;bre C&#233;lia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205932v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Augustin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia D&#232;bre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delile" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189920v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01588294v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04115896v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593861v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ambiances.4778" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590961v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507783v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372399v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/oy0f" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657099v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzel Balez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonicco-Donato" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Brayer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien de Pertat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>